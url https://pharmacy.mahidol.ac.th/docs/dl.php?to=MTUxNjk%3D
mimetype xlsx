--- v0 (2026-01-15)
+++ v1 (2026-02-20)
@@ -1,102 +1,104 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/metadata" ContentType="application/binary"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="20417"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="27932"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\Suchanya\Work Mind suchan\ลงทะเบียนเรียน\ลงทะเบียน2-2568\รายชื่อลงทะเบียนเรียน-2-2568\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\My Work\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{DAB8D0D0-82C8-4E29-B544-B7A6BC904A55}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3EA874F3-D61A-4363-AEAB-030F194E055B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" firstSheet="10" activeTab="13" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" firstSheet="5" activeTab="14" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="5-68" sheetId="17" r:id="rId1"/>
     <sheet name="รายชื่อ+อีเมล์" sheetId="16" r:id="rId2"/>
     <sheet name="Care" sheetId="19" r:id="rId3"/>
     <sheet name="Sci." sheetId="20" r:id="rId4"/>
-    <sheet name="PYDD501-130" sheetId="21" r:id="rId5"/>
+    <sheet name="PYDD501-132" sheetId="21" r:id="rId5"/>
     <sheet name="PYCI501-69" sheetId="22" r:id="rId6"/>
     <sheet name="PYCI502-70" sheetId="23" r:id="rId7"/>
     <sheet name="PYCZ501-69" sheetId="24" r:id="rId8"/>
     <sheet name="PYCE501-69" sheetId="25" r:id="rId9"/>
     <sheet name="PYDC502-62" sheetId="26" r:id="rId10"/>
     <sheet name="PYDI502-63" sheetId="27" r:id="rId11"/>
     <sheet name="PYDI512-62" sheetId="28" r:id="rId12"/>
     <sheet name="PYDI503-62" sheetId="29" r:id="rId13"/>
     <sheet name="PYDZ504-62" sheetId="30" r:id="rId14"/>
+    <sheet name="PYSZ591-131" sheetId="43" r:id="rId15"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
     <ext uri="GoogleSheetsCustomDataVersion1">
-      <go:sheetsCustomData xmlns:go="http://customooxmlschemas.google.com/" r:id="rId15" roundtripDataSignature="AMtx7mi48NPKftDa4m16xDBH2YwlTStKRA=="/>
+      <go:sheetsCustomData xmlns:go="http://customooxmlschemas.google.com/" r:id="rId16" roundtripDataSignature="AMtx7mi48NPKftDa4m16xDBH2YwlTStKRA=="/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3434" uniqueCount="434">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3855" uniqueCount="443">
   <si>
     <t>คณะเภสัชศาสตร์ มหาวิทยาลัยมหิดล</t>
   </si>
   <si>
     <t>ลำดับ</t>
   </si>
   <si>
     <t>รหัส</t>
   </si>
   <si>
     <t>ชื่อ - นามสกุล</t>
   </si>
   <si>
     <t>จางคกูล</t>
   </si>
   <si>
     <t>อภิชนสุข</t>
   </si>
   <si>
     <t>ชินาพันธุ์</t>
   </si>
   <si>
     <t>พรรัตนรักษา</t>
   </si>
   <si>
@@ -1341,63 +1343,90 @@
   <si>
     <t xml:space="preserve"> สิงหาคม 2568</t>
   </si>
   <si>
     <t>ตามแผน+CZ403</t>
   </si>
   <si>
     <t>CZ403,DI502,SZ591</t>
   </si>
   <si>
     <t>รายชื่อ นศ. ชั้นปี 5 ลงวิชา PYDD501 Biological Products   (2 หน่วยกิต)</t>
   </si>
   <si>
     <t>รายชื่อ นศ.ชั้นปี 5 ลงวิชา PYCI501 Intro. to Pharm. Care Clerkship   (2 หน่วยกิต)</t>
   </si>
   <si>
     <t>รายชื่อ นศ.ชั้นปี 5 ลงวิชา PYCI502 Clinical Pharmacokinetics   (3 หน่วยกิต)</t>
   </si>
   <si>
     <t>รายชื่อ นศ.ชั้นปี 5 ลงวิชา PYCZ501 Drug Product Quality Assessment in Practice   (2 หน่วยกิต)</t>
   </si>
   <si>
     <t>รายชื่อ นศ.ชั้นปี 5 ลงวิชา PYCE501 Evidence-Based Phytotherapy   (3 หน่วยกิต)</t>
   </si>
   <si>
+    <t>รายชื่อ นศ.ชั้นปี 5 ลงวิชา PYDC502 Principle in Pharmaceutical Engineering   (2 หน่วยกิต)</t>
+  </si>
+  <si>
     <t>รายชื่อ นศ.ชั้นปี 5 ลงวิชา PYDI502 Pharmaceutical Product Development   (2 หน่วยกิต)</t>
   </si>
   <si>
-    <t>รายชื่อ นศ.ชั้นปี 5 ลงวิชา PYDC502 Principle in Pharmaceutical Engineering   (2 หน่วยกิต)</t>
-[...1 lines deleted...]
-  <si>
     <t>รายชื่อ นศ.ชั้นปี 5 ลงวิชา PYDI512 Pharmaceutical Product Development Lab.   (1 หน่วยกิต)</t>
   </si>
   <si>
     <t>รายชื่อ นศ.ชั้นปี 5 ลงวิชา PYDI503 Controlled-Release Drug Delivery System   (2 หน่วยกิต)</t>
   </si>
   <si>
     <t>รายชื่อ นศ.ชั้นปี 5 ลงวิชา PYDZ504 Pharmaceutical Quality Assurance   (2 หน่วยกิต)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">นางสาว ณิชนันทน์ </t>
+  </si>
+  <si>
+    <t>สดเสมอ</t>
+  </si>
+  <si>
+    <t>nichanun.sod@student.mahidol.ac.th</t>
+  </si>
+  <si>
+    <t xml:space="preserve">นางสาว ธรรยชนก </t>
+  </si>
+  <si>
+    <t>จารุเพ็ง</t>
+  </si>
+  <si>
+    <t>Thanyachanok.jar@student.mahidol.ac.th</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> มกราคม 2569</t>
+  </si>
+  <si>
+    <t>CI502</t>
+  </si>
+  <si>
+    <t>รายชื่อ นศ.ชั้นปี 5 ลงวิชา PYSZ591 Special Project   (3 หน่วยกิต)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="9" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <u/>
       <sz val="10"/>
       <color theme="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="14"/>
       <name val="TH Sarabun New"/>
       <family val="2"/>
     </font>
     <font>
@@ -1619,51 +1648,51 @@
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="123">
+  <cellXfs count="116">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
@@ -1862,159 +1891,132 @@
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...17 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...9 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://customschemas.google.com/relationships/workbookmetadata" Target="metadata"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://customschemas.google.com/relationships/workbookmetadata" Target="metadata"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet15.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Sheets">
   <a:themeElements>
     <a:clrScheme name="Sheets">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="FFFFFF"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4285F4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="EA4335"/>
       </a:accent2>
       <a:accent3>
@@ -2193,138 +2195,142 @@
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jiraya.kla@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:thachapol.wee@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:taksaporn.tha@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pawaris.chi@student.Mahidol.ac.th" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:panisa.chg@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nathanon.sri@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:atsadang.nat@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:wichayada.sae@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Issariya.sri@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:purida.see@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:onnalin.jun@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:boonyanath.soo@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kiartrachan.yar@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:panthong.pin@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nuttakamol.lua@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:archaraporn.jas@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:buranee.cha@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:parinda.see@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:patumporn.api@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aunchanok.san@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nuttanicha.jai@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kannika.fac@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:natchaya.nop@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nitchanan.suh@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chintaporn.tho@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nititchayapa.por@student.mahidol.ac.th&#8203;" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:monthakarn.vis@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aunchisa.suk@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sirisopha.kao@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kornchicha.vaj@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:thitirat.sit@student.mahidol.ac.th" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jiraya.kla@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:thachapol.wee@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:taksaporn.tha@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pawaris.chi@student.Mahidol.ac.th" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:panisa.chg@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nathanon.sri@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:atsadang.nat@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:wichayada.sae@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Issariya.sri@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:purida.see@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:onnalin.jun@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:boonyanath.soo@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kiartrachan.yar@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:panthong.pin@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nuttakamol.lua@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:archaraporn.jas@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:buranee.cha@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:parinda.see@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings9.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:patumporn.api@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aunchanok.san@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nuttanicha.jai@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kannika.fac@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:natchaya.nop@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nitchanan.suh@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chintaporn.tho@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nititchayapa.por@student.mahidol.ac.th&#8203;" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:monthakarn.vis@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aunchisa.suk@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sirisopha.kao@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kornchicha.vaj@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:thitirat.sit@student.mahidol.ac.th" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jiraya.kla@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:thachapol.wee@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:taksaporn.tha@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pawaris.chi@student.Mahidol.ac.th" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:panisa.chg@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nathanon.sri@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:atsadang.nat@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:wichayada.sae@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Issariya.sri@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:purida.see@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:onnalin.jun@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:boonyanath.soo@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kiartrachan.yar@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:panthong.pin@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nuttakamol.lua@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:archaraporn.jas@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:buranee.cha@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:parinda.see@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:patumporn.api@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aunchanok.san@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nuttanicha.jai@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kannika.fac@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:natchaya.nop@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nitchanan.suh@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chintaporn.tho@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nititchayapa.por@student.mahidol.ac.th&#8203;" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:monthakarn.vis@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aunchisa.suk@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sirisopha.kao@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kornchicha.vaj@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:thitirat.sit@student.mahidol.ac.th" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jiraya.kla@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:thachapol.wee@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:taksaporn.tha@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pawaris.chi@student.Mahidol.ac.th" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:panisa.chg@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nathanon.sri@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:atsadang.nat@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:wichayada.sae@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Issariya.sri@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:purida.see@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:onnalin.jun@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:boonyanath.soo@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kiartrachan.yar@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:panthong.pin@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nuttakamol.lua@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:archaraporn.jas@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:buranee.cha@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:parinda.see@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:patumporn.api@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aunchanok.san@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nuttanicha.jai@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kannika.fac@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:natchaya.nop@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nitchanan.suh@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chintaporn.tho@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nititchayapa.por@student.mahidol.ac.th&#8203;" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:monthakarn.vis@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aunchisa.suk@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sirisopha.kao@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kornchicha.vaj@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:thitirat.sit@student.mahidol.ac.th" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jiraya.kla@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:thachapol.wee@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:taksaporn.tha@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pawaris.chi@student.Mahidol.ac.th" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:panisa.chg@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nathanon.sri@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:atsadang.nat@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:wichayada.sae@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Issariya.sri@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:purida.see@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:onnalin.jun@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:boonyanath.soo@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kiartrachan.yar@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:panthong.pin@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nuttakamol.lua@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:archaraporn.jas@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:buranee.cha@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:parinda.see@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings10.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:patumporn.api@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aunchanok.san@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nuttanicha.jai@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kannika.fac@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:natchaya.nop@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nitchanan.suh@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chintaporn.tho@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nititchayapa.por@student.mahidol.ac.th&#8203;" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:monthakarn.vis@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aunchisa.suk@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sirisopha.kao@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kornchicha.vaj@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:thitirat.sit@student.mahidol.ac.th" TargetMode="External"/></Relationships>
 </file>
 
+<file path=xl/worksheets/_rels/sheet15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:atsadang.nat@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:monthakarn.vis@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:puri.san@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Issariya.sri@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:natchaya.nop@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aunchisa.suk@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:thanachok.suk@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pichamol.kon@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:monnapa.let@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kacha.suk@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings11.bin"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sundhira.por@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chisanupong.rim@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nicharee.pum@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kunyakorn.sum@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kornchicha.vaj@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nanicha.jin@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pawaris.chi@student.Mahidol.ac.th" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:piyada.suw@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:taksaporn.tha@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Supitsara.kha@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kirada.dam@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nuttanicha.jai@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:natee.wut@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:parinda.see@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:runchida.suk@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jiraya.kla@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:buranee.cha@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:wannida.jui@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:siripong.chr@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aunchanok.san@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tanaporn.poo@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kiartrachan.yar@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:watcharis.pum@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jullada.kit@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sirisopha.kao@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:worapon.jan@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:archaraporn.jas@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Punnapa.ple@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:panyada.sii@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:thachapol.wee@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:boonyanath.soo@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:thanakorn.sam@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:phannaphat.sah@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:thitirat.sit@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:siyapat.pon@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:panfa.sir@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:purida.see@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nuttakamol.lua@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:panisa.chg@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chayapa.kap@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:wichayada.sae@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kannika.fac@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:panthong.pin@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nathanon.sri@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chintaporn.tho@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:patumporn.api@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sathima.ubo@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nitchanan.suh@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:wannaporn.khn@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:supitcha.nil@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sivakorn.bua@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nititchayapa.por@student.mahidol.ac.th&#8203;" TargetMode="External"/></Relationships>
+</file>
+
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:panyada.sii@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:thitirat.sit@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:thachapol.wee@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:siyapat.pon@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:thanakorn.sam@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nathanon.sri@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:panfa.sir@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:purida.see@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:panisa.chg@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:onnalin.jun@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chayapa.kap@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kannika.fac@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:patumporn.api@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:wichayada.sae@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sathima.ubo@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:panthong.pin@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Issariya.sri@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nitchanan.suh@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:wannaporn.khn@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chintaporn.tho@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sivakorn.bua@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:supitcha.nil@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:monthakarn.vis@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:atsadang.nat@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:natchaya.nop@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:puri.san@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kunyakorn.sum@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aunchisa.suk@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:thanachok.suk@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pichamol.kon@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kacha.suk@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sarawut.bua@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sundhira.por@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:monnapa.let@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chisanupong.rim@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kornchicha.vaj@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nicharee.pum@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nanicha.jin@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pawaris.chi@student.Mahidol.ac.th" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:piyada.suw@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Supitsara.kha@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nuttanicha.jai@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:runchida.suk@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:taksaporn.tha@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kirada.dam@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:parinda.see@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nuttakamol.lua@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:natee.wut@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jiraya.kla@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:buranee.cha@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:wannida.jui@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aunchanok.san@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kiartrachan.yar@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:watcharis.pum@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nititchayapa.por@student.mahidol.ac.th&#8203;" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:siripong.chr@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tanaporn.poo@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sirisopha.kao@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:phannaphat.sah@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:worapon.jan@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jullada.kit@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:archaraporn.jas@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Punnapa.ple@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:boonyanath.soo@student.mahidol.ac.th" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kunyakorn.sum@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tanaporn.poo@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:watcharis.pum@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sivakorn.bua@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pichamol.kon@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Punnapa.ple@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:wannida.jui@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:thanachok.suk@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kacha.suk@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:worapon.jan@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:piyada.suw@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:thanakorn.sam@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chayapa.kap@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chisanupong.rim@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nicharee.pum@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:puri.san@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:panfa.sir@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:natee.wut@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jullada.kit@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sathima.ubo@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kirada.dam@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:supitcha.nil@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:panyada.sii@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Supitsara.kha@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:siyapat.pon@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sundhira.por@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nanicha.jin@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:siripong.chr@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:wannaporn.khn@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:phannaphat.sah@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:monnapa.let@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:runchida.suk@student.mahidol.ac.th" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:thachapol.wee@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:taksaporn.tha@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sarawut.bua@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:panisa.chg@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nathanon.sri@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:atsadang.nat@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:wichayada.sae@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Issariya.sri@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:purida.see@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:onnalin.jun@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:boonyanath.soo@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kiartrachan.yar@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kannika.fac@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nuttakamol.lua@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:archaraporn.jas@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:buranee.cha@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:parinda.see@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chintaporn.tho@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:patumporn.api@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aunchanok.san@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nuttanicha.jai@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kornchicha.vaj@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:natchaya.nop@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nitchanan.suh@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:thitirat.sit@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nititchayapa.por@student.mahidol.ac.th&#8203;" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:monthakarn.vis@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aunchisa.suk@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sirisopha.kao@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pawaris.chi@student.Mahidol.ac.th" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:panthong.pin@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jiraya.kla@student.mahidol.ac.th" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:atsadang.nat@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:monthakarn.vis@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:puri.san@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Issariya.sri@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:natchaya.nop@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aunchisa.suk@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:thanachok.suk@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pichamol.kon@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:monnapa.let@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kacha.suk@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sundhira.por@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chisanupong.rim@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nicharee.pum@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kunyakorn.sum@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kornchicha.vaj@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nanicha.jin@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pawaris.chi@student.Mahidol.ac.th" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:piyada.suw@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:taksaporn.tha@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Supitsara.kha@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kirada.dam@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nuttanicha.jai@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:natee.wut@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:parinda.see@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:runchida.suk@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jiraya.kla@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:buranee.cha@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:wannida.jui@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:siripong.chr@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aunchanok.san@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tanaporn.poo@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kiartrachan.yar@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:watcharis.pum@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jullada.kit@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sirisopha.kao@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:worapon.jan@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:archaraporn.jas@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Punnapa.ple@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:panyada.sii@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:thachapol.wee@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:boonyanath.soo@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:thanakorn.sam@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:phannaphat.sah@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:thitirat.sit@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:siyapat.pon@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:panfa.sir@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:purida.see@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nuttakamol.lua@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:panisa.chg@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chayapa.kap@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:wichayada.sae@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kannika.fac@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:panthong.pin@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nathanon.sri@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chintaporn.tho@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:patumporn.api@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sathima.ubo@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nitchanan.suh@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:wannaporn.khn@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:supitcha.nil@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sivakorn.bua@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nititchayapa.por@student.mahidol.ac.th&#8203;" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kunyakorn.sum@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tanaporn.poo@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:watcharis.pum@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sivakorn.bua@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pichamol.kon@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Punnapa.ple@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:wannida.jui@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:thanachok.suk@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kacha.suk@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:worapon.jan@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:piyada.suw@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:thanakorn.sam@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chayapa.kap@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chisanupong.rim@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nicharee.pum@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:puri.san@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:panfa.sir@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:natee.wut@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jullada.kit@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sathima.ubo@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kirada.dam@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:supitcha.nil@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:panyada.sii@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Supitsara.kha@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:siyapat.pon@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sundhira.por@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nanicha.jin@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:siripong.chr@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:wannaporn.khn@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:phannaphat.sah@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:monnapa.let@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:runchida.suk@student.mahidol.ac.th" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kunyakorn.sum@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tanaporn.poo@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:watcharis.pum@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sivakorn.bua@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pichamol.kon@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Punnapa.ple@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:wannida.jui@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:thanachok.suk@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kacha.suk@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:worapon.jan@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:piyada.suw@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:thanakorn.sam@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chayapa.kap@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chisanupong.rim@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nicharee.pum@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:puri.san@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:panfa.sir@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:natee.wut@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jullada.kit@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sathima.ubo@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kirada.dam@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:supitcha.nil@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:panyada.sii@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Supitsara.kha@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:siyapat.pon@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sundhira.por@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nanicha.jin@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:siripong.chr@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:wannaporn.khn@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:phannaphat.sah@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:monnapa.let@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:runchida.suk@student.mahidol.ac.th" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kunyakorn.sum@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tanaporn.poo@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:watcharis.pum@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sivakorn.bua@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pichamol.kon@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Punnapa.ple@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:wannida.jui@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:thanachok.suk@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kacha.suk@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings8.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:worapon.jan@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:piyada.suw@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:thanakorn.sam@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chayapa.kap@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chisanupong.rim@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nicharee.pum@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:puri.san@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:panfa.sir@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:natee.wut@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jullada.kit@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sathima.ubo@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kirada.dam@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:supitcha.nil@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:panyada.sii@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Supitsara.kha@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:siyapat.pon@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sundhira.por@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nanicha.jin@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:siripong.chr@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:wannaporn.khn@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:phannaphat.sah@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:monnapa.let@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:runchida.suk@student.mahidol.ac.th" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:runchida.suk@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kunyakorn.sum@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tanaporn.poo@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:watcharis.pum@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sivakorn.bua@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pichamol.kon@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Punnapa.ple@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:wannida.jui@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:thanachok.suk@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kacha.suk@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:worapon.jan@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:piyada.suw@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:thanakorn.sam@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chayapa.kap@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chisanupong.rim@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nicharee.pum@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:puri.san@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:panfa.sir@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:natee.wut@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jullada.kit@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sathima.ubo@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kirada.dam@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:supitcha.nil@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:panyada.sii@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Supitsara.kha@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:siyapat.pon@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sundhira.por@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nanicha.jin@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:siripong.chr@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:wannaporn.khn@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:phannaphat.sah@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:monnapa.let@student.mahidol.ac.th" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E6F8E0F6-F787-4190-91D4-1743A8493F9A}">
   <dimension ref="A1:W174"/>
   <sheetViews>
-    <sheetView topLeftCell="A147" zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
-      <selection activeCell="I38" sqref="I38"/>
+    <sheetView topLeftCell="A15" zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
+      <selection activeCell="M15" sqref="M15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="21.75" x14ac:dyDescent="0.5"/>
   <cols>
     <col min="1" max="1" width="6.85546875" style="41" customWidth="1"/>
     <col min="2" max="2" width="9" style="41" customWidth="1"/>
     <col min="3" max="3" width="20.28515625" style="41" customWidth="1"/>
     <col min="4" max="4" width="13.5703125" style="41" customWidth="1"/>
     <col min="5" max="5" width="38.85546875" style="41" customWidth="1"/>
     <col min="6" max="16384" width="9.140625" style="41"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A1" s="121" t="s">
+      <c r="A1" s="112" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="122"/>
-[...2 lines deleted...]
-      <c r="E1" s="122"/>
+      <c r="B1" s="113"/>
+      <c r="C1" s="113"/>
+      <c r="D1" s="113"/>
+      <c r="E1" s="113"/>
     </row>
     <row r="2" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A2" s="121" t="s">
+      <c r="A2" s="112" t="s">
         <v>411</v>
       </c>
-      <c r="B2" s="122"/>
-[...2 lines deleted...]
-      <c r="E2" s="122"/>
+      <c r="B2" s="113"/>
+      <c r="C2" s="113"/>
+      <c r="D2" s="113"/>
+      <c r="E2" s="113"/>
     </row>
     <row r="3" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="39" t="s">
         <v>2</v>
       </c>
-      <c r="C3" s="118" t="s">
+      <c r="C3" s="110" t="s">
         <v>3</v>
       </c>
-      <c r="D3" s="119"/>
+      <c r="D3" s="111"/>
       <c r="E3" s="2"/>
     </row>
     <row r="4" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A4" s="4"/>
       <c r="B4" s="5"/>
-      <c r="C4" s="118" t="s">
+      <c r="C4" s="110" t="s">
         <v>142</v>
       </c>
-      <c r="D4" s="120"/>
+      <c r="D4" s="114"/>
       <c r="E4" s="40"/>
     </row>
     <row r="5" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A5" s="6">
         <v>1</v>
       </c>
       <c r="B5" s="38">
         <v>6403002</v>
       </c>
       <c r="C5" s="8" t="s">
         <v>130</v>
       </c>
       <c r="D5" s="9" t="s">
         <v>4</v>
       </c>
       <c r="E5" s="10"/>
     </row>
     <row r="6" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A6" s="6">
         <v>2</v>
       </c>
       <c r="B6" s="38">
         <v>6403003</v>
       </c>
       <c r="C6" s="8" t="s">
@@ -2521,51 +2527,51 @@
       </c>
       <c r="B19" s="38">
         <v>6403019</v>
       </c>
       <c r="C19" s="8" t="s">
         <v>270</v>
       </c>
       <c r="D19" s="9" t="s">
         <v>18</v>
       </c>
       <c r="E19" s="10"/>
     </row>
     <row r="20" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A20" s="6">
         <v>16</v>
       </c>
       <c r="B20" s="38">
         <v>6403020</v>
       </c>
       <c r="C20" s="8" t="s">
         <v>271</v>
       </c>
       <c r="D20" s="9" t="s">
         <v>19</v>
       </c>
-      <c r="E20" s="100" t="s">
+      <c r="E20" s="102" t="s">
         <v>422</v>
       </c>
     </row>
     <row r="21" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A21" s="6">
         <v>17</v>
       </c>
       <c r="B21" s="38">
         <v>6403021</v>
       </c>
       <c r="C21" s="8" t="s">
         <v>277</v>
       </c>
       <c r="D21" s="9" t="s">
         <v>20</v>
       </c>
       <c r="E21" s="10"/>
     </row>
     <row r="22" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A22" s="6">
         <v>18</v>
       </c>
       <c r="B22" s="38">
         <v>6403022</v>
       </c>
@@ -2874,69 +2880,69 @@
       <c r="L41" s="11"/>
       <c r="M41" s="11"/>
       <c r="N41" s="11"/>
       <c r="O41" s="11"/>
       <c r="P41" s="11"/>
     </row>
     <row r="42" spans="1:16" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A42" s="11"/>
       <c r="B42" s="11"/>
       <c r="C42" s="12"/>
       <c r="D42" s="11"/>
       <c r="E42" s="11"/>
       <c r="F42" s="11"/>
       <c r="G42" s="11"/>
       <c r="H42" s="11"/>
       <c r="I42" s="11"/>
       <c r="J42" s="11"/>
       <c r="K42" s="11"/>
       <c r="L42" s="11"/>
       <c r="M42" s="11"/>
       <c r="N42" s="11"/>
       <c r="O42" s="11"/>
       <c r="P42" s="11"/>
     </row>
     <row r="43" spans="1:16" ht="18" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A43" s="117" t="s">
+      <c r="A43" s="115" t="s">
         <v>412</v>
       </c>
-      <c r="B43" s="117"/>
-[...2 lines deleted...]
-      <c r="E43" s="117"/>
+      <c r="B43" s="115"/>
+      <c r="C43" s="115"/>
+      <c r="D43" s="115"/>
+      <c r="E43" s="115"/>
     </row>
     <row r="44" spans="1:16" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A44" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B44" s="39" t="s">
         <v>2</v>
       </c>
-      <c r="C44" s="118" t="s">
+      <c r="C44" s="110" t="s">
         <v>3</v>
       </c>
-      <c r="D44" s="119"/>
+      <c r="D44" s="111"/>
       <c r="E44" s="2"/>
     </row>
     <row r="45" spans="1:16" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A45" s="6">
         <v>33</v>
       </c>
       <c r="B45" s="38">
         <v>6403043</v>
       </c>
       <c r="C45" s="8" t="s">
         <v>291</v>
       </c>
       <c r="D45" s="9" t="s">
         <v>36</v>
       </c>
       <c r="E45" s="10"/>
     </row>
     <row r="46" spans="1:16" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A46" s="6">
         <v>34</v>
       </c>
       <c r="B46" s="38">
         <v>6403045</v>
       </c>
       <c r="C46" s="13" t="s">
@@ -3523,78 +3529,78 @@
       <c r="L83" s="11"/>
       <c r="M83" s="11"/>
       <c r="N83" s="11"/>
       <c r="O83" s="11"/>
       <c r="P83" s="11"/>
     </row>
     <row r="84" spans="1:16" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A84" s="11"/>
       <c r="B84" s="11"/>
       <c r="C84" s="12"/>
       <c r="D84" s="11"/>
       <c r="E84" s="11"/>
       <c r="F84" s="11"/>
       <c r="G84" s="11"/>
       <c r="H84" s="11"/>
       <c r="I84" s="11"/>
       <c r="J84" s="11"/>
       <c r="K84" s="11"/>
       <c r="L84" s="11"/>
       <c r="M84" s="11"/>
       <c r="N84" s="11"/>
       <c r="O84" s="11"/>
       <c r="P84" s="11"/>
     </row>
     <row r="85" spans="1:16" ht="18" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A85" s="117" t="s">
+      <c r="A85" s="115" t="s">
         <v>413</v>
       </c>
-      <c r="B85" s="117"/>
-[...2 lines deleted...]
-      <c r="E85" s="117"/>
+      <c r="B85" s="115"/>
+      <c r="C85" s="115"/>
+      <c r="D85" s="115"/>
+      <c r="E85" s="115"/>
     </row>
     <row r="86" spans="1:16" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A86" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B86" s="39" t="s">
         <v>2</v>
       </c>
-      <c r="C86" s="118" t="s">
+      <c r="C86" s="110" t="s">
         <v>3</v>
       </c>
-      <c r="D86" s="119"/>
+      <c r="D86" s="111"/>
       <c r="E86" s="2"/>
     </row>
     <row r="87" spans="1:16" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A87" s="4"/>
       <c r="B87" s="5"/>
-      <c r="C87" s="118" t="s">
+      <c r="C87" s="110" t="s">
         <v>143</v>
       </c>
-      <c r="D87" s="120"/>
+      <c r="D87" s="114"/>
       <c r="E87" s="40"/>
     </row>
     <row r="88" spans="1:16" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A88" s="6">
         <v>64</v>
       </c>
       <c r="B88" s="38">
         <v>6403081</v>
       </c>
       <c r="C88" s="8" t="s">
         <v>322</v>
       </c>
       <c r="D88" s="9" t="s">
         <v>67</v>
       </c>
       <c r="E88" s="10"/>
     </row>
     <row r="89" spans="1:16" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A89" s="6">
         <v>65</v>
       </c>
       <c r="B89" s="38">
         <v>6403082</v>
       </c>
       <c r="C89" s="8" t="s">
@@ -4115,69 +4121,69 @@
       <c r="L124" s="11"/>
       <c r="M124" s="11"/>
       <c r="N124" s="11"/>
       <c r="O124" s="11"/>
       <c r="P124" s="11"/>
     </row>
     <row r="125" spans="1:16" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A125" s="11"/>
       <c r="B125" s="11"/>
       <c r="C125" s="12"/>
       <c r="D125" s="11"/>
       <c r="E125" s="11"/>
       <c r="F125" s="11"/>
       <c r="G125" s="11"/>
       <c r="H125" s="11"/>
       <c r="I125" s="11"/>
       <c r="J125" s="11"/>
       <c r="K125" s="11"/>
       <c r="L125" s="11"/>
       <c r="M125" s="11"/>
       <c r="N125" s="11"/>
       <c r="O125" s="11"/>
       <c r="P125" s="11"/>
     </row>
     <row r="126" spans="1:16" ht="18" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A126" s="117" t="s">
+      <c r="A126" s="115" t="s">
         <v>414</v>
       </c>
-      <c r="B126" s="117"/>
-[...2 lines deleted...]
-      <c r="E126" s="117"/>
+      <c r="B126" s="115"/>
+      <c r="C126" s="115"/>
+      <c r="D126" s="115"/>
+      <c r="E126" s="115"/>
     </row>
     <row r="127" spans="1:16" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A127" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B127" s="39" t="s">
         <v>2</v>
       </c>
-      <c r="C127" s="118" t="s">
+      <c r="C127" s="110" t="s">
         <v>3</v>
       </c>
-      <c r="D127" s="119"/>
+      <c r="D127" s="111"/>
       <c r="E127" s="2"/>
     </row>
     <row r="128" spans="1:16" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A128" s="6">
         <v>99</v>
       </c>
       <c r="B128" s="38">
         <v>6403123</v>
       </c>
       <c r="C128" s="8" t="s">
         <v>356</v>
       </c>
       <c r="D128" s="9" t="s">
         <v>101</v>
       </c>
       <c r="E128" s="10"/>
     </row>
     <row r="129" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A129" s="6">
         <v>100</v>
       </c>
       <c r="B129" s="38">
         <v>6403124</v>
       </c>
       <c r="C129" s="8" t="s">
@@ -4524,83 +4530,83 @@
       </c>
       <c r="B152" s="38">
         <v>6403152</v>
       </c>
       <c r="C152" s="8" t="s">
         <v>380</v>
       </c>
       <c r="D152" s="9" t="s">
         <v>125</v>
       </c>
       <c r="E152" s="10"/>
     </row>
     <row r="153" spans="1:23" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A153" s="6">
         <v>124</v>
       </c>
       <c r="B153" s="38">
         <v>6403153</v>
       </c>
       <c r="C153" s="8" t="s">
         <v>381</v>
       </c>
       <c r="D153" s="9" t="s">
         <v>126</v>
       </c>
-      <c r="E153" s="100" t="s">
+      <c r="E153" s="102" t="s">
         <v>422</v>
       </c>
     </row>
     <row r="154" spans="1:23" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A154" s="6">
         <v>125</v>
       </c>
       <c r="B154" s="38">
         <v>6403154</v>
       </c>
       <c r="C154" s="8" t="s">
         <v>382</v>
       </c>
       <c r="D154" s="9" t="s">
         <v>127</v>
       </c>
       <c r="E154" s="10"/>
     </row>
     <row r="155" spans="1:23" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A155" s="6">
         <v>126</v>
       </c>
       <c r="B155" s="38">
         <v>6403155</v>
       </c>
       <c r="C155" s="8" t="s">
         <v>383</v>
       </c>
       <c r="D155" s="9" t="s">
         <v>128</v>
       </c>
-      <c r="E155" s="100" t="s">
+      <c r="E155" s="102" t="s">
         <v>422</v>
       </c>
     </row>
     <row r="156" spans="1:23" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A156" s="6">
         <v>127</v>
       </c>
       <c r="B156" s="14">
         <v>6403156</v>
       </c>
       <c r="C156" s="15" t="s">
         <v>384</v>
       </c>
       <c r="D156" s="16" t="s">
         <v>129</v>
       </c>
       <c r="E156" s="46"/>
     </row>
     <row r="157" spans="1:23" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A157" s="6">
         <v>128</v>
       </c>
       <c r="B157" s="17">
         <v>6303081</v>
       </c>
@@ -4666,84 +4672,86 @@
       <c r="M160" s="73"/>
       <c r="N160" s="73"/>
       <c r="O160" s="73"/>
       <c r="P160" s="73"/>
       <c r="Q160" s="73"/>
       <c r="R160" s="73"/>
       <c r="S160" s="73"/>
       <c r="T160" s="73"/>
       <c r="U160" s="73"/>
       <c r="V160" s="73"/>
       <c r="W160" s="73"/>
     </row>
     <row r="161" spans="1:23" s="74" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A161" s="6">
         <v>132</v>
       </c>
       <c r="B161" s="55">
         <v>6203035</v>
       </c>
       <c r="C161" s="71" t="s">
         <v>405</v>
       </c>
       <c r="D161" s="72" t="s">
         <v>406</v>
       </c>
-      <c r="E161" s="56"/>
+      <c r="E161" s="109" t="s">
+        <v>441</v>
+      </c>
       <c r="F161" s="73"/>
       <c r="G161" s="73"/>
       <c r="H161" s="73"/>
       <c r="I161" s="73"/>
       <c r="J161" s="73"/>
       <c r="K161" s="73"/>
       <c r="L161" s="73"/>
       <c r="M161" s="73"/>
       <c r="N161" s="73"/>
       <c r="O161" s="73"/>
       <c r="P161" s="73"/>
       <c r="Q161" s="73"/>
       <c r="R161" s="73"/>
       <c r="S161" s="73"/>
       <c r="T161" s="73"/>
       <c r="U161" s="73"/>
       <c r="V161" s="73"/>
       <c r="W161" s="73"/>
     </row>
     <row r="162" spans="1:23" s="74" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A162" s="6">
         <v>133</v>
       </c>
       <c r="B162" s="75">
         <v>6003029</v>
       </c>
       <c r="C162" s="76" t="s">
         <v>408</v>
       </c>
       <c r="D162" s="77" t="s">
         <v>409</v>
       </c>
-      <c r="E162" s="99" t="s">
+      <c r="E162" s="101" t="s">
         <v>423</v>
       </c>
       <c r="F162" s="73"/>
       <c r="G162" s="73"/>
       <c r="H162" s="73"/>
       <c r="I162" s="73"/>
       <c r="J162" s="73"/>
       <c r="K162" s="73"/>
       <c r="L162" s="73"/>
       <c r="M162" s="73"/>
       <c r="N162" s="73"/>
       <c r="O162" s="73"/>
       <c r="P162" s="73"/>
       <c r="Q162" s="73"/>
       <c r="R162" s="73"/>
       <c r="S162" s="73"/>
       <c r="T162" s="73"/>
       <c r="U162" s="73"/>
       <c r="V162" s="73"/>
       <c r="W162" s="73"/>
     </row>
     <row r="163" spans="1:23" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A163" s="6">
         <v>134</v>
       </c>
@@ -4773,769 +4781,766 @@
       </c>
       <c r="E164" s="49"/>
     </row>
     <row r="165" spans="1:23" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A165" s="11"/>
       <c r="C165" s="12" t="s">
         <v>416</v>
       </c>
       <c r="D165" s="11"/>
     </row>
     <row r="166" spans="1:23" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A166" s="11"/>
       <c r="C166" s="12" t="s">
         <v>415</v>
       </c>
       <c r="D166" s="11"/>
     </row>
     <row r="167" spans="1:23" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A167" s="11"/>
       <c r="B167" s="11"/>
       <c r="C167" s="12" t="s">
         <v>417</v>
       </c>
       <c r="D167" s="11"/>
       <c r="E167" s="50" t="s">
-        <v>421</v>
+        <v>440</v>
       </c>
     </row>
     <row r="168" spans="1:23" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A168" s="11"/>
       <c r="B168" s="11"/>
       <c r="C168" s="12"/>
       <c r="D168" s="11"/>
       <c r="E168" s="11"/>
     </row>
     <row r="169" spans="1:23" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A169" s="11"/>
       <c r="B169" s="11"/>
       <c r="C169" s="12"/>
       <c r="D169" s="11"/>
       <c r="E169" s="11"/>
     </row>
     <row r="170" spans="1:23" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A170" s="11"/>
       <c r="B170" s="11"/>
       <c r="C170" s="12"/>
       <c r="D170" s="11"/>
       <c r="E170" s="11"/>
     </row>
     <row r="171" spans="1:23" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A171" s="11"/>
       <c r="B171" s="11"/>
       <c r="C171" s="12"/>
       <c r="D171" s="11"/>
       <c r="E171" s="11"/>
     </row>
     <row r="172" spans="1:23" s="53" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A172" s="54"/>
       <c r="B172" s="54"/>
       <c r="C172" s="63"/>
       <c r="D172" s="54"/>
       <c r="E172" s="64"/>
     </row>
     <row r="173" spans="1:23" s="53" customFormat="1" x14ac:dyDescent="0.5">
       <c r="E173" s="65"/>
     </row>
     <row r="174" spans="1:23" s="53" customFormat="1" x14ac:dyDescent="0.5">
       <c r="E174" s="65"/>
     </row>
   </sheetData>
   <mergeCells count="11">
+    <mergeCell ref="A85:E85"/>
+    <mergeCell ref="C86:D86"/>
+    <mergeCell ref="C87:D87"/>
+    <mergeCell ref="A126:E126"/>
+    <mergeCell ref="C127:D127"/>
     <mergeCell ref="C44:D44"/>
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A2:E2"/>
     <mergeCell ref="C3:D3"/>
     <mergeCell ref="C4:D4"/>
     <mergeCell ref="A43:E43"/>
-    <mergeCell ref="A85:E85"/>
-[...3 lines deleted...]
-    <mergeCell ref="C127:D127"/>
   </mergeCells>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{06E948C4-AFB5-46DB-8C59-CCECF08721E0}">
-  <sheetPr>
-[...2 lines deleted...]
-  <dimension ref="A1:Z73"/>
+  <dimension ref="A1:S73"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
-      <selection activeCell="A3" sqref="A3"/>
+      <selection activeCell="I14" sqref="I14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="21.75" x14ac:dyDescent="0.5"/>
   <cols>
     <col min="1" max="1" width="6.85546875" style="53" customWidth="1"/>
-    <col min="2" max="2" width="9" style="97" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="4" max="4" width="13.5703125" style="97" customWidth="1"/>
+    <col min="2" max="2" width="9" style="99" customWidth="1"/>
+    <col min="3" max="3" width="20.28515625" style="99" customWidth="1"/>
+    <col min="4" max="4" width="13.5703125" style="99" customWidth="1"/>
     <col min="5" max="5" width="38.85546875" style="36" customWidth="1"/>
-    <col min="6" max="6" width="9.140625" style="97"/>
-[...1 lines deleted...]
-    <col min="8" max="16384" width="9.140625" style="97"/>
+    <col min="6" max="6" width="9.140625" style="99"/>
+    <col min="7" max="7" width="17.140625" style="99" customWidth="1"/>
+    <col min="8" max="16384" width="9.140625" style="99"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A1" s="121" t="s">
+      <c r="A1" s="112" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="122"/>
-[...2 lines deleted...]
-      <c r="E1" s="122"/>
+      <c r="B1" s="113"/>
+      <c r="C1" s="113"/>
+      <c r="D1" s="113"/>
+      <c r="E1" s="113"/>
     </row>
     <row r="2" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A2" s="121" t="s">
-[...5 lines deleted...]
-      <c r="E2" s="122"/>
+      <c r="A2" s="112" t="s">
+        <v>429</v>
+      </c>
+      <c r="B2" s="113"/>
+      <c r="C2" s="113"/>
+      <c r="D2" s="113"/>
+      <c r="E2" s="113"/>
     </row>
     <row r="3" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A3" s="55" t="s">
         <v>1</v>
       </c>
-      <c r="B3" s="96" t="s">
+      <c r="B3" s="98" t="s">
         <v>2</v>
       </c>
-      <c r="C3" s="118" t="s">
+      <c r="C3" s="110" t="s">
         <v>3</v>
       </c>
-      <c r="D3" s="119"/>
+      <c r="D3" s="111"/>
       <c r="E3" s="27" t="s">
         <v>395</v>
       </c>
     </row>
     <row r="4" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A4" s="85">
         <v>1</v>
       </c>
-      <c r="B4" s="98">
+      <c r="B4" s="100">
         <v>6403003</v>
       </c>
       <c r="C4" s="8" t="s">
         <v>131</v>
       </c>
       <c r="D4" s="9" t="s">
         <v>5</v>
       </c>
       <c r="E4" s="26" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="5" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A5" s="85">
         <v>2</v>
       </c>
-      <c r="B5" s="98">
+      <c r="B5" s="100">
         <v>6403004</v>
       </c>
       <c r="C5" s="8" t="s">
         <v>274</v>
       </c>
       <c r="D5" s="9" t="s">
         <v>6</v>
       </c>
       <c r="E5" s="26" t="s">
         <v>146</v>
       </c>
     </row>
     <row r="6" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A6" s="85">
         <v>3</v>
       </c>
-      <c r="B6" s="98">
+      <c r="B6" s="100">
         <v>6403006</v>
       </c>
       <c r="C6" s="8" t="s">
         <v>133</v>
       </c>
       <c r="D6" s="9" t="s">
         <v>8</v>
       </c>
       <c r="E6" s="26" t="s">
         <v>148</v>
       </c>
     </row>
     <row r="7" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A7" s="85">
         <v>4</v>
       </c>
-      <c r="B7" s="98">
+      <c r="B7" s="100">
         <v>6403007</v>
       </c>
       <c r="C7" s="8" t="s">
         <v>134</v>
       </c>
       <c r="D7" s="9" t="s">
         <v>9</v>
       </c>
       <c r="E7" s="26" t="s">
         <v>149</v>
       </c>
     </row>
     <row r="8" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A8" s="85">
         <v>5</v>
       </c>
-      <c r="B8" s="98">
+      <c r="B8" s="100">
         <v>6403016</v>
       </c>
       <c r="C8" s="8" t="s">
         <v>275</v>
       </c>
       <c r="D8" s="9" t="s">
         <v>15</v>
       </c>
       <c r="E8" s="26" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="9" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A9" s="85">
         <v>6</v>
       </c>
-      <c r="B9" s="98">
+      <c r="B9" s="100">
         <v>6403019</v>
       </c>
       <c r="C9" s="8" t="s">
         <v>270</v>
       </c>
       <c r="D9" s="9" t="s">
         <v>18</v>
       </c>
       <c r="E9" s="26" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="10" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A10" s="85">
         <v>7</v>
       </c>
-      <c r="B10" s="98">
+      <c r="B10" s="100">
         <v>6403020</v>
       </c>
       <c r="C10" s="8" t="s">
         <v>271</v>
       </c>
       <c r="D10" s="9" t="s">
         <v>19</v>
       </c>
       <c r="E10" s="26" t="s">
         <v>159</v>
       </c>
     </row>
     <row r="11" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A11" s="85">
         <v>8</v>
       </c>
-      <c r="B11" s="98">
+      <c r="B11" s="100">
         <v>6403021</v>
       </c>
       <c r="C11" s="8" t="s">
         <v>277</v>
       </c>
       <c r="D11" s="9" t="s">
         <v>20</v>
       </c>
       <c r="E11" s="29" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="12" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A12" s="85">
         <v>9</v>
       </c>
-      <c r="B12" s="98">
+      <c r="B12" s="100">
         <v>6403022</v>
       </c>
       <c r="C12" s="8" t="s">
         <v>278</v>
       </c>
       <c r="D12" s="9" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="29" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="13" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A13" s="85">
         <v>10</v>
       </c>
-      <c r="B13" s="98">
+      <c r="B13" s="100">
         <v>6403026</v>
       </c>
       <c r="C13" s="8" t="s">
         <v>279</v>
       </c>
       <c r="D13" s="9" t="s">
         <v>24</v>
       </c>
       <c r="E13" s="29" t="s">
         <v>164</v>
       </c>
     </row>
     <row r="14" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A14" s="85">
         <v>11</v>
       </c>
-      <c r="B14" s="98">
+      <c r="B14" s="100">
         <v>6403035</v>
       </c>
       <c r="C14" s="8" t="s">
         <v>286</v>
       </c>
       <c r="D14" s="9" t="s">
         <v>31</v>
       </c>
       <c r="E14" s="26" t="s">
         <v>171</v>
       </c>
     </row>
     <row r="15" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A15" s="85">
         <v>12</v>
       </c>
-      <c r="B15" s="98">
+      <c r="B15" s="100">
         <v>6403036</v>
       </c>
       <c r="C15" s="8" t="s">
         <v>287</v>
       </c>
       <c r="D15" s="9" t="s">
         <v>32</v>
       </c>
       <c r="E15" s="26" t="s">
         <v>172</v>
       </c>
     </row>
     <row r="16" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A16" s="85">
         <v>13</v>
       </c>
-      <c r="B16" s="98">
+      <c r="B16" s="100">
         <v>6403040</v>
       </c>
       <c r="C16" s="8" t="s">
         <v>289</v>
       </c>
       <c r="D16" s="9" t="s">
         <v>34</v>
       </c>
       <c r="E16" s="26" t="s">
         <v>174</v>
       </c>
     </row>
     <row r="17" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A17" s="85">
         <v>14</v>
       </c>
-      <c r="B17" s="98">
+      <c r="B17" s="100">
         <v>6403042</v>
       </c>
       <c r="C17" s="8" t="s">
         <v>290</v>
       </c>
       <c r="D17" s="9" t="s">
         <v>35</v>
       </c>
       <c r="E17" s="26" t="s">
         <v>386</v>
       </c>
     </row>
     <row r="18" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A18" s="85">
         <v>15</v>
       </c>
-      <c r="B18" s="98">
+      <c r="B18" s="100">
         <v>6403043</v>
       </c>
       <c r="C18" s="8" t="s">
         <v>291</v>
       </c>
       <c r="D18" s="9" t="s">
         <v>36</v>
       </c>
       <c r="E18" s="26" t="s">
         <v>175</v>
       </c>
     </row>
     <row r="19" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A19" s="85">
         <v>16</v>
       </c>
-      <c r="B19" s="98">
+      <c r="B19" s="100">
         <v>6403046</v>
       </c>
       <c r="C19" s="8" t="s">
         <v>293</v>
       </c>
       <c r="D19" s="9" t="s">
         <v>38</v>
       </c>
       <c r="E19" s="29" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="20" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A20" s="85">
         <v>17</v>
       </c>
-      <c r="B20" s="98">
+      <c r="B20" s="100">
         <v>6403048</v>
       </c>
       <c r="C20" s="8" t="s">
         <v>294</v>
       </c>
       <c r="D20" s="9" t="s">
         <v>39</v>
       </c>
       <c r="E20" s="26" t="s">
         <v>178</v>
       </c>
     </row>
     <row r="21" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A21" s="85">
         <v>18</v>
       </c>
-      <c r="B21" s="98">
+      <c r="B21" s="100">
         <v>6403050</v>
       </c>
       <c r="C21" s="8" t="s">
         <v>301</v>
       </c>
       <c r="D21" s="9" t="s">
         <v>41</v>
       </c>
       <c r="E21" s="29" t="s">
         <v>180</v>
       </c>
     </row>
     <row r="22" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A22" s="85">
         <v>19</v>
       </c>
-      <c r="B22" s="98">
+      <c r="B22" s="100">
         <v>6403051</v>
       </c>
       <c r="C22" s="8" t="s">
         <v>302</v>
       </c>
       <c r="D22" s="9" t="s">
         <v>42</v>
       </c>
       <c r="E22" s="29" t="s">
         <v>181</v>
       </c>
     </row>
     <row r="23" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A23" s="85">
         <v>20</v>
       </c>
-      <c r="B23" s="98">
+      <c r="B23" s="100">
         <v>6403052</v>
       </c>
       <c r="C23" s="8" t="s">
         <v>303</v>
       </c>
       <c r="D23" s="9" t="s">
         <v>43</v>
       </c>
       <c r="E23" s="29" t="s">
         <v>182</v>
       </c>
     </row>
     <row r="24" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A24" s="85">
         <v>21</v>
       </c>
-      <c r="B24" s="98">
+      <c r="B24" s="100">
         <v>6403053</v>
       </c>
       <c r="C24" s="8" t="s">
         <v>295</v>
       </c>
       <c r="D24" s="9" t="s">
         <v>44</v>
       </c>
       <c r="E24" s="26" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="25" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A25" s="85">
         <v>22</v>
       </c>
-      <c r="B25" s="98">
+      <c r="B25" s="100">
         <v>6403058</v>
       </c>
       <c r="C25" s="8" t="s">
         <v>304</v>
       </c>
       <c r="D25" s="9" t="s">
         <v>49</v>
       </c>
       <c r="E25" s="31" t="s">
         <v>188</v>
       </c>
     </row>
     <row r="26" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A26" s="85">
         <v>23</v>
       </c>
-      <c r="B26" s="98">
+      <c r="B26" s="100">
         <v>6403061</v>
       </c>
       <c r="C26" s="8" t="s">
         <v>306</v>
       </c>
       <c r="D26" s="9" t="s">
         <v>51</v>
       </c>
       <c r="E26" s="26" t="s">
         <v>190</v>
       </c>
     </row>
     <row r="27" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A27" s="85">
         <v>24</v>
       </c>
-      <c r="B27" s="98">
+      <c r="B27" s="100">
         <v>6403062</v>
       </c>
       <c r="C27" s="8" t="s">
         <v>307</v>
       </c>
       <c r="D27" s="9" t="s">
         <v>52</v>
       </c>
       <c r="E27" s="29" t="s">
         <v>191</v>
       </c>
     </row>
     <row r="28" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A28" s="85">
         <v>25</v>
       </c>
-      <c r="B28" s="98">
+      <c r="B28" s="100">
         <v>6403064</v>
       </c>
       <c r="C28" s="8" t="s">
         <v>309</v>
       </c>
       <c r="D28" s="9" t="s">
         <v>54</v>
       </c>
       <c r="E28" s="29" t="s">
         <v>193</v>
       </c>
     </row>
     <row r="29" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A29" s="85">
         <v>26</v>
       </c>
-      <c r="B29" s="98">
+      <c r="B29" s="100">
         <v>6403067</v>
       </c>
       <c r="C29" s="8" t="s">
         <v>312</v>
       </c>
       <c r="D29" s="9" t="s">
         <v>57</v>
       </c>
       <c r="E29" s="29" t="s">
         <v>196</v>
       </c>
     </row>
     <row r="30" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A30" s="85">
         <v>27</v>
       </c>
-      <c r="B30" s="98">
+      <c r="B30" s="100">
         <v>6403069</v>
       </c>
       <c r="C30" s="8" t="s">
         <v>314</v>
       </c>
       <c r="D30" s="9" t="s">
         <v>59</v>
       </c>
       <c r="E30" s="29" t="s">
         <v>198</v>
       </c>
     </row>
     <row r="31" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A31" s="85">
         <v>28</v>
       </c>
-      <c r="B31" s="98">
+      <c r="B31" s="100">
         <v>6403072</v>
       </c>
       <c r="C31" s="8" t="s">
         <v>316</v>
       </c>
       <c r="D31" s="9" t="s">
         <v>61</v>
       </c>
       <c r="E31" s="26" t="s">
         <v>200</v>
       </c>
     </row>
     <row r="32" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A32" s="85">
         <v>29</v>
       </c>
-      <c r="B32" s="98">
+      <c r="B32" s="100">
         <v>6403076</v>
       </c>
       <c r="C32" s="8" t="s">
         <v>317</v>
       </c>
       <c r="D32" s="9" t="s">
         <v>62</v>
       </c>
       <c r="E32" s="51" t="s">
         <v>387</v>
       </c>
     </row>
     <row r="33" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A33" s="85">
         <v>30</v>
       </c>
-      <c r="B33" s="98">
+      <c r="B33" s="100">
         <v>6403077</v>
       </c>
       <c r="C33" s="8" t="s">
         <v>318</v>
       </c>
       <c r="D33" s="9" t="s">
         <v>63</v>
       </c>
       <c r="E33" s="29" t="s">
         <v>201</v>
       </c>
     </row>
     <row r="34" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A34" s="85">
         <v>31</v>
       </c>
-      <c r="B34" s="98">
+      <c r="B34" s="100">
         <v>6403078</v>
       </c>
       <c r="C34" s="8" t="s">
         <v>319</v>
       </c>
       <c r="D34" s="9" t="s">
         <v>64</v>
       </c>
       <c r="E34" s="26" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="35" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A35" s="85">
         <v>32</v>
       </c>
-      <c r="B35" s="98">
+      <c r="B35" s="100">
         <v>6403080</v>
       </c>
       <c r="C35" s="8" t="s">
         <v>321</v>
       </c>
       <c r="D35" s="9" t="s">
         <v>66</v>
       </c>
       <c r="E35" s="26" t="s">
         <v>204</v>
       </c>
     </row>
     <row r="36" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A36" s="85">
         <v>33</v>
       </c>
-      <c r="B36" s="98">
+      <c r="B36" s="100">
         <v>6403081</v>
       </c>
       <c r="C36" s="8" t="s">
         <v>322</v>
       </c>
       <c r="D36" s="9" t="s">
         <v>67</v>
       </c>
       <c r="E36" s="29" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="37" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A37" s="85">
         <v>34</v>
       </c>
-      <c r="B37" s="98">
+      <c r="B37" s="100">
         <v>6403083</v>
       </c>
       <c r="C37" s="8" t="s">
         <v>324</v>
       </c>
       <c r="D37" s="9" t="s">
         <v>69</v>
       </c>
       <c r="E37" s="26" t="s">
         <v>207</v>
       </c>
     </row>
     <row r="38" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A38" s="85">
         <v>35</v>
       </c>
-      <c r="B38" s="98">
+      <c r="B38" s="100">
         <v>6403086</v>
       </c>
       <c r="C38" s="8" t="s">
         <v>327</v>
       </c>
       <c r="D38" s="9" t="s">
         <v>72</v>
       </c>
       <c r="E38" s="29" t="s">
         <v>210</v>
       </c>
     </row>
     <row r="39" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A39" s="85">
         <v>36</v>
       </c>
-      <c r="B39" s="98">
+      <c r="B39" s="100">
         <v>6403087</v>
       </c>
       <c r="C39" s="8" t="s">
         <v>328</v>
       </c>
       <c r="D39" s="9" t="s">
         <v>66</v>
       </c>
       <c r="E39" s="26" t="s">
         <v>211</v>
       </c>
     </row>
     <row r="40" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A40" s="54"/>
       <c r="B40" s="11"/>
       <c r="C40" s="12"/>
       <c r="D40" s="11"/>
       <c r="E40" s="30"/>
       <c r="F40" s="11"/>
       <c r="G40" s="11"/>
       <c r="H40" s="11"/>
       <c r="I40" s="11"/>
       <c r="J40" s="11"/>
       <c r="K40" s="11"/>
       <c r="L40" s="11"/>
@@ -5568,1254 +5573,1230 @@
       <c r="R41" s="11"/>
       <c r="S41" s="11"/>
     </row>
     <row r="42" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A42" s="54"/>
       <c r="B42" s="11"/>
       <c r="C42" s="12"/>
       <c r="D42" s="11"/>
       <c r="E42" s="30"/>
       <c r="F42" s="11"/>
       <c r="G42" s="11"/>
       <c r="H42" s="11"/>
       <c r="I42" s="11"/>
       <c r="J42" s="11"/>
       <c r="K42" s="11"/>
       <c r="L42" s="11"/>
       <c r="M42" s="11"/>
       <c r="N42" s="11"/>
       <c r="O42" s="11"/>
       <c r="P42" s="11"/>
       <c r="Q42" s="11"/>
       <c r="R42" s="11"/>
       <c r="S42" s="11"/>
     </row>
     <row r="43" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A43" s="117" t="s">
+      <c r="A43" s="115" t="s">
         <v>419</v>
       </c>
-      <c r="B43" s="117"/>
-[...2 lines deleted...]
-      <c r="E43" s="117"/>
+      <c r="B43" s="115"/>
+      <c r="C43" s="115"/>
+      <c r="D43" s="115"/>
+      <c r="E43" s="115"/>
     </row>
     <row r="44" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A44" s="55" t="s">
         <v>1</v>
       </c>
-      <c r="B44" s="96" t="s">
+      <c r="B44" s="98" t="s">
         <v>2</v>
       </c>
-      <c r="C44" s="118" t="s">
+      <c r="C44" s="110" t="s">
         <v>3</v>
       </c>
-      <c r="D44" s="119"/>
+      <c r="D44" s="111"/>
       <c r="E44" s="27" t="s">
         <v>395</v>
       </c>
     </row>
     <row r="45" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A45" s="85">
         <v>37</v>
       </c>
-      <c r="B45" s="98">
+      <c r="B45" s="100">
         <v>6403093</v>
       </c>
       <c r="C45" s="8" t="s">
         <v>330</v>
       </c>
       <c r="D45" s="9" t="s">
         <v>75</v>
       </c>
       <c r="E45" s="26" t="s">
         <v>214</v>
       </c>
     </row>
     <row r="46" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A46" s="85">
         <v>38</v>
       </c>
-      <c r="B46" s="98">
+      <c r="B46" s="100">
         <v>6403096</v>
       </c>
       <c r="C46" s="8" t="s">
         <v>333</v>
       </c>
       <c r="D46" s="9" t="s">
         <v>78</v>
       </c>
       <c r="E46" s="29" t="s">
         <v>217</v>
       </c>
     </row>
     <row r="47" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A47" s="85">
         <v>39</v>
       </c>
-      <c r="B47" s="98">
+      <c r="B47" s="100">
         <v>6403106</v>
       </c>
       <c r="C47" s="8" t="s">
         <v>341</v>
       </c>
       <c r="D47" s="9" t="s">
         <v>86</v>
       </c>
       <c r="E47" s="26" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="48" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A48" s="85">
         <v>40</v>
       </c>
-      <c r="B48" s="98">
+      <c r="B48" s="100">
         <v>6403108</v>
       </c>
       <c r="C48" s="8" t="s">
         <v>342</v>
       </c>
       <c r="D48" s="9" t="s">
         <v>87</v>
       </c>
       <c r="E48" s="29" t="s">
         <v>226</v>
       </c>
     </row>
-    <row r="49" spans="1:5" s="53" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+    <row r="49" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A49" s="85">
         <v>41</v>
       </c>
-      <c r="B49" s="105">
+      <c r="B49" s="100">
         <v>6403115</v>
       </c>
-      <c r="C49" s="106" t="s">
+      <c r="C49" s="8" t="s">
         <v>348</v>
       </c>
-      <c r="D49" s="107" t="s">
+      <c r="D49" s="9" t="s">
         <v>93</v>
       </c>
-      <c r="E49" s="108" t="s">
+      <c r="E49" s="29" t="s">
         <v>232</v>
       </c>
     </row>
     <row r="50" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A50" s="85">
         <v>42</v>
       </c>
-      <c r="B50" s="98">
+      <c r="B50" s="100">
         <v>6403119</v>
       </c>
       <c r="C50" s="8" t="s">
         <v>352</v>
       </c>
       <c r="D50" s="9" t="s">
         <v>97</v>
       </c>
       <c r="E50" s="29" t="s">
         <v>236</v>
       </c>
     </row>
     <row r="51" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A51" s="85">
         <v>43</v>
       </c>
-      <c r="B51" s="98">
+      <c r="B51" s="100">
         <v>6403120</v>
       </c>
       <c r="C51" s="8" t="s">
         <v>353</v>
       </c>
       <c r="D51" s="9" t="s">
         <v>98</v>
       </c>
       <c r="E51" s="29" t="s">
         <v>237</v>
       </c>
     </row>
     <row r="52" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A52" s="85">
         <v>44</v>
       </c>
-      <c r="B52" s="98">
+      <c r="B52" s="100">
         <v>6403123</v>
       </c>
       <c r="C52" s="8" t="s">
         <v>356</v>
       </c>
       <c r="D52" s="9" t="s">
         <v>101</v>
       </c>
       <c r="E52" s="26" t="s">
         <v>240</v>
       </c>
     </row>
     <row r="53" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A53" s="85">
         <v>45</v>
       </c>
-      <c r="B53" s="98">
+      <c r="B53" s="100">
         <v>6403124</v>
       </c>
       <c r="C53" s="8" t="s">
         <v>357</v>
       </c>
       <c r="D53" s="9" t="s">
         <v>102</v>
       </c>
       <c r="E53" s="29" t="s">
         <v>241</v>
       </c>
     </row>
     <row r="54" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A54" s="85">
         <v>46</v>
       </c>
-      <c r="B54" s="98">
+      <c r="B54" s="100">
         <v>6403130</v>
       </c>
       <c r="C54" s="8" t="s">
         <v>361</v>
       </c>
       <c r="D54" s="9" t="s">
         <v>106</v>
       </c>
       <c r="E54" s="29" t="s">
         <v>245</v>
       </c>
     </row>
     <row r="55" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A55" s="85">
         <v>47</v>
       </c>
-      <c r="B55" s="98">
+      <c r="B55" s="100">
         <v>6403137</v>
       </c>
       <c r="C55" s="8" t="s">
         <v>366</v>
       </c>
       <c r="D55" s="9" t="s">
         <v>111</v>
       </c>
       <c r="E55" s="29" t="s">
         <v>250</v>
       </c>
     </row>
     <row r="56" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A56" s="85">
         <v>48</v>
       </c>
-      <c r="B56" s="98">
+      <c r="B56" s="100">
         <v>6403139</v>
       </c>
       <c r="C56" s="8" t="s">
         <v>368</v>
       </c>
       <c r="D56" s="9" t="s">
         <v>113</v>
       </c>
       <c r="E56" s="29" t="s">
         <v>252</v>
       </c>
     </row>
     <row r="57" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A57" s="85">
         <v>49</v>
       </c>
-      <c r="B57" s="98">
+      <c r="B57" s="100">
         <v>6403140</v>
       </c>
       <c r="C57" s="8" t="s">
         <v>369</v>
       </c>
       <c r="D57" s="9" t="s">
         <v>114</v>
       </c>
       <c r="E57" s="26" t="s">
         <v>253</v>
       </c>
     </row>
     <row r="58" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A58" s="85">
         <v>50</v>
       </c>
-      <c r="B58" s="98">
+      <c r="B58" s="100">
         <v>6403144</v>
       </c>
       <c r="C58" s="8" t="s">
         <v>373</v>
       </c>
       <c r="D58" s="9" t="s">
         <v>118</v>
       </c>
       <c r="E58" s="29" t="s">
         <v>256</v>
       </c>
     </row>
     <row r="59" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A59" s="85">
         <v>51</v>
       </c>
-      <c r="B59" s="98">
+      <c r="B59" s="100">
         <v>6403145</v>
       </c>
       <c r="C59" s="8" t="s">
         <v>374</v>
       </c>
       <c r="D59" s="9" t="s">
         <v>119</v>
       </c>
       <c r="E59" s="29" t="s">
         <v>257</v>
       </c>
     </row>
     <row r="60" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A60" s="85">
         <v>52</v>
       </c>
-      <c r="B60" s="98">
+      <c r="B60" s="100">
         <v>6403147</v>
       </c>
       <c r="C60" s="8" t="s">
         <v>375</v>
       </c>
       <c r="D60" s="9" t="s">
         <v>120</v>
       </c>
       <c r="E60" s="29" t="s">
         <v>258</v>
       </c>
     </row>
     <row r="61" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A61" s="85">
         <v>53</v>
       </c>
-      <c r="B61" s="98">
+      <c r="B61" s="100">
         <v>6403150</v>
       </c>
       <c r="C61" s="8" t="s">
         <v>378</v>
       </c>
       <c r="D61" s="9" t="s">
         <v>123</v>
       </c>
       <c r="E61" s="26" t="s">
         <v>261</v>
       </c>
     </row>
     <row r="62" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A62" s="85">
         <v>54</v>
       </c>
-      <c r="B62" s="98">
+      <c r="B62" s="100">
         <v>6403151</v>
       </c>
       <c r="C62" s="8" t="s">
         <v>379</v>
       </c>
       <c r="D62" s="9" t="s">
         <v>124</v>
       </c>
       <c r="E62" s="26" t="s">
         <v>262</v>
       </c>
     </row>
     <row r="63" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A63" s="85">
         <v>55</v>
       </c>
-      <c r="B63" s="98">
+      <c r="B63" s="100">
         <v>6403152</v>
       </c>
       <c r="C63" s="8" t="s">
         <v>380</v>
       </c>
       <c r="D63" s="9" t="s">
         <v>125</v>
       </c>
       <c r="E63" s="26" t="s">
         <v>263</v>
       </c>
     </row>
     <row r="64" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A64" s="85">
         <v>56</v>
       </c>
-      <c r="B64" s="98">
+      <c r="B64" s="100">
         <v>6403153</v>
       </c>
       <c r="C64" s="8" t="s">
         <v>381</v>
       </c>
       <c r="D64" s="9" t="s">
         <v>126</v>
       </c>
       <c r="E64" s="26" t="s">
         <v>264</v>
       </c>
     </row>
-    <row r="65" spans="1:26" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+    <row r="65" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A65" s="85">
         <v>57</v>
       </c>
-      <c r="B65" s="98">
+      <c r="B65" s="100">
         <v>6403155</v>
       </c>
       <c r="C65" s="8" t="s">
         <v>383</v>
       </c>
       <c r="D65" s="9" t="s">
         <v>128</v>
       </c>
       <c r="E65" s="26" t="s">
         <v>266</v>
       </c>
     </row>
-    <row r="66" spans="1:26" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+    <row r="66" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A66" s="85">
         <v>58</v>
       </c>
       <c r="B66" s="17">
         <v>6303081</v>
       </c>
       <c r="C66" s="18" t="s">
         <v>141</v>
       </c>
       <c r="D66" s="19" t="s">
         <v>140</v>
       </c>
       <c r="E66" s="35" t="s">
         <v>268</v>
       </c>
     </row>
-    <row r="67" spans="1:26" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+    <row r="67" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A67" s="85">
         <v>59</v>
       </c>
       <c r="B67" s="17">
         <v>6303106</v>
       </c>
       <c r="C67" s="18" t="s">
         <v>389</v>
       </c>
       <c r="D67" s="19" t="s">
         <v>390</v>
       </c>
       <c r="E67" s="34" t="s">
         <v>391</v>
       </c>
     </row>
-    <row r="68" spans="1:26" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+    <row r="68" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A68" s="85">
         <v>60</v>
       </c>
-      <c r="B68" s="96">
+      <c r="B68" s="98">
         <v>6203113</v>
       </c>
       <c r="C68" s="20" t="s">
         <v>392</v>
       </c>
       <c r="D68" s="21" t="s">
         <v>393</v>
       </c>
       <c r="E68" s="31" t="s">
         <v>394</v>
       </c>
     </row>
-    <row r="69" spans="1:26" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+    <row r="69" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A69" s="85">
         <v>61</v>
       </c>
       <c r="B69" s="22">
         <v>5603022</v>
       </c>
       <c r="C69" s="23" t="s">
         <v>396</v>
       </c>
       <c r="D69" s="24" t="s">
         <v>398</v>
       </c>
       <c r="E69" s="25" t="s">
         <v>400</v>
       </c>
     </row>
-    <row r="70" spans="1:26" s="62" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="70" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A70" s="85">
         <v>62</v>
       </c>
-      <c r="B70" s="101">
+      <c r="B70" s="22">
         <v>5603110</v>
       </c>
-      <c r="C70" s="102" t="s">
+      <c r="C70" s="23" t="s">
         <v>397</v>
       </c>
-      <c r="D70" s="103" t="s">
+      <c r="D70" s="24" t="s">
         <v>399</v>
       </c>
-      <c r="E70" s="104" t="s">
+      <c r="E70" s="25" t="s">
         <v>401</v>
       </c>
-      <c r="F70" s="61"/>
-[...21 lines deleted...]
-    <row r="71" spans="1:26" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+    </row>
+    <row r="71" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A71" s="54"/>
       <c r="B71" s="11"/>
       <c r="C71" s="12"/>
       <c r="D71" s="11"/>
       <c r="E71" s="30"/>
     </row>
-    <row r="72" spans="1:26" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+    <row r="72" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A72" s="54"/>
       <c r="B72" s="11"/>
       <c r="C72" s="12"/>
       <c r="D72" s="11"/>
-      <c r="E72" s="92"/>
-[...1 lines deleted...]
-    <row r="73" spans="1:26" s="53" customFormat="1" x14ac:dyDescent="0.5">
+      <c r="E72" s="94"/>
+    </row>
+    <row r="73" spans="1:5" s="53" customFormat="1" x14ac:dyDescent="0.5">
       <c r="E73" s="65"/>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A2:E2"/>
     <mergeCell ref="C3:D3"/>
     <mergeCell ref="A43:E43"/>
     <mergeCell ref="C44:D44"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="E17" r:id="rId1" xr:uid="{E5ACA595-5756-4653-AA3D-A700EFBC80BA}"/>
     <hyperlink ref="E67" r:id="rId2" xr:uid="{49DB4918-187C-45D0-8359-E9C32108D4E0}"/>
     <hyperlink ref="E37" r:id="rId3" xr:uid="{D0D42895-03CD-4840-B33C-980268B3536F}"/>
     <hyperlink ref="E31" r:id="rId4" xr:uid="{87EF6B12-53C8-4ABF-BE5A-28AFCA7881CC}"/>
     <hyperlink ref="E4" r:id="rId5" xr:uid="{585E7F50-22BD-4942-AD70-D255B5B6D14D}"/>
     <hyperlink ref="E61" r:id="rId6" xr:uid="{95EE06AE-8B0F-4E9C-967E-E37192E29FA4}"/>
     <hyperlink ref="E64" r:id="rId7" xr:uid="{29857A96-8217-479E-BCF3-5E91DE698F6C}"/>
     <hyperlink ref="E10" r:id="rId8" xr:uid="{6CBE4602-2720-440E-ABED-5A329E3B635F}"/>
     <hyperlink ref="E47" r:id="rId9" xr:uid="{5ABDFB04-3545-4D2A-9FE7-62FD289AF402}"/>
     <hyperlink ref="E18" r:id="rId10" xr:uid="{A1537B58-B755-4FFB-912D-4A892DF04C98}"/>
     <hyperlink ref="E34" r:id="rId11" xr:uid="{87AF6B02-583F-4258-8B4E-9951E2C65858}"/>
     <hyperlink ref="E52" r:id="rId12" xr:uid="{FFCB1D49-F62A-4C85-9055-FDA2F599791F}"/>
     <hyperlink ref="E26" r:id="rId13" xr:uid="{78D4E614-26EB-4B04-8C71-642201186C72}"/>
     <hyperlink ref="E62" r:id="rId14" xr:uid="{61DF9FEE-2DFF-4661-A86E-C95CDDCC7EB6}"/>
     <hyperlink ref="E63" r:id="rId15" xr:uid="{9F77DC71-22D8-4C36-A3B9-E86FD7CD1188}"/>
     <hyperlink ref="E32" r:id="rId16" xr:uid="{DADE53EE-92EE-4CF9-8FC3-3CADAC913ECA}"/>
     <hyperlink ref="E65" r:id="rId17" xr:uid="{D1A4DB8C-0875-48F8-8CD8-EDA74FD7275B}"/>
     <hyperlink ref="E24" r:id="rId18" xr:uid="{C5D5FF70-209D-4648-BE47-255210F6F758}"/>
     <hyperlink ref="E20" r:id="rId19" xr:uid="{64F9C82A-CCB5-44AA-A7F0-7DB4BF43CF2E}"/>
     <hyperlink ref="E8" r:id="rId20" xr:uid="{37BAB2F3-D3F4-4EBE-B013-59041868A770}"/>
     <hyperlink ref="E15" r:id="rId21" xr:uid="{AB270F2B-E6E6-4449-BCE7-3E467DA4061B}"/>
     <hyperlink ref="E57" r:id="rId22" xr:uid="{EA356495-12C2-42F8-BE11-5D2781B6B845}"/>
     <hyperlink ref="E16" r:id="rId23" xr:uid="{3EBF78FB-3651-4CCF-A6ED-F632E76F2A6F}"/>
     <hyperlink ref="E35" r:id="rId24" xr:uid="{08DFEAC1-2B53-49DE-8504-0FB58332801C}"/>
     <hyperlink ref="E39" r:id="rId25" xr:uid="{B6202823-4E74-42B7-84BA-0A1666320682}"/>
     <hyperlink ref="E5" r:id="rId26" xr:uid="{8E68DF9A-99BD-4D4F-9F0C-E39786D800B4}"/>
     <hyperlink ref="E6" r:id="rId27" xr:uid="{F46B6363-AEFD-4981-8A0D-EA7DF6A2D4B6}"/>
     <hyperlink ref="E7" r:id="rId28" xr:uid="{6D6EAA9C-A62C-4E62-AA77-913A2D73EE15}"/>
     <hyperlink ref="E45" r:id="rId29" xr:uid="{B55CFA25-D2CF-4269-A2D6-1CCA837CB116}"/>
     <hyperlink ref="E14" r:id="rId30" xr:uid="{82ED525C-3C1D-4C2A-BA84-32B801D40C22}"/>
     <hyperlink ref="E9" r:id="rId31" xr:uid="{4F459982-60C1-490D-AF2E-E646177C177F}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3A244E80-A5DA-4999-A927-71FD86AB5896}">
-  <sheetPr>
-[...1 lines deleted...]
-  </sheetPr>
   <dimension ref="A1:Z74"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
-      <selection activeCell="A3" sqref="A3"/>
+      <selection activeCell="H62" sqref="H62"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="21.75" x14ac:dyDescent="0.5"/>
   <cols>
     <col min="1" max="1" width="6.85546875" style="53" customWidth="1"/>
-    <col min="2" max="2" width="9" style="97" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="4" max="4" width="13.5703125" style="97" customWidth="1"/>
+    <col min="2" max="2" width="9" style="99" customWidth="1"/>
+    <col min="3" max="3" width="20.28515625" style="99" customWidth="1"/>
+    <col min="4" max="4" width="13.5703125" style="99" customWidth="1"/>
     <col min="5" max="5" width="38.85546875" style="36" customWidth="1"/>
-    <col min="6" max="6" width="9.140625" style="97"/>
-[...1 lines deleted...]
-    <col min="8" max="16384" width="9.140625" style="97"/>
+    <col min="6" max="6" width="9.140625" style="99"/>
+    <col min="7" max="7" width="17.140625" style="99" customWidth="1"/>
+    <col min="8" max="16384" width="9.140625" style="99"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A1" s="121" t="s">
+      <c r="A1" s="112" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="122"/>
-[...2 lines deleted...]
-      <c r="E1" s="122"/>
+      <c r="B1" s="113"/>
+      <c r="C1" s="113"/>
+      <c r="D1" s="113"/>
+      <c r="E1" s="113"/>
     </row>
     <row r="2" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A2" s="121" t="s">
-[...5 lines deleted...]
-      <c r="E2" s="122"/>
+      <c r="A2" s="112" t="s">
+        <v>430</v>
+      </c>
+      <c r="B2" s="113"/>
+      <c r="C2" s="113"/>
+      <c r="D2" s="113"/>
+      <c r="E2" s="113"/>
     </row>
     <row r="3" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A3" s="55" t="s">
         <v>1</v>
       </c>
-      <c r="B3" s="96" t="s">
+      <c r="B3" s="98" t="s">
         <v>2</v>
       </c>
-      <c r="C3" s="118" t="s">
+      <c r="C3" s="110" t="s">
         <v>3</v>
       </c>
-      <c r="D3" s="119"/>
+      <c r="D3" s="111"/>
       <c r="E3" s="27" t="s">
         <v>395</v>
       </c>
     </row>
     <row r="4" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A4" s="85">
         <v>1</v>
       </c>
-      <c r="B4" s="98">
+      <c r="B4" s="100">
         <v>6403003</v>
       </c>
       <c r="C4" s="8" t="s">
         <v>131</v>
       </c>
       <c r="D4" s="9" t="s">
         <v>5</v>
       </c>
       <c r="E4" s="26" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="5" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A5" s="85">
         <v>2</v>
       </c>
-      <c r="B5" s="98">
+      <c r="B5" s="100">
         <v>6403004</v>
       </c>
       <c r="C5" s="8" t="s">
         <v>274</v>
       </c>
       <c r="D5" s="9" t="s">
         <v>6</v>
       </c>
       <c r="E5" s="26" t="s">
         <v>146</v>
       </c>
     </row>
     <row r="6" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A6" s="85">
         <v>3</v>
       </c>
-      <c r="B6" s="98">
+      <c r="B6" s="100">
         <v>6403006</v>
       </c>
       <c r="C6" s="8" t="s">
         <v>133</v>
       </c>
       <c r="D6" s="9" t="s">
         <v>8</v>
       </c>
       <c r="E6" s="26" t="s">
         <v>148</v>
       </c>
     </row>
     <row r="7" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A7" s="85">
         <v>4</v>
       </c>
-      <c r="B7" s="98">
+      <c r="B7" s="100">
         <v>6403007</v>
       </c>
       <c r="C7" s="8" t="s">
         <v>134</v>
       </c>
       <c r="D7" s="9" t="s">
         <v>9</v>
       </c>
       <c r="E7" s="26" t="s">
         <v>149</v>
       </c>
     </row>
     <row r="8" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A8" s="85">
         <v>5</v>
       </c>
-      <c r="B8" s="98">
+      <c r="B8" s="100">
         <v>6403016</v>
       </c>
       <c r="C8" s="8" t="s">
         <v>275</v>
       </c>
       <c r="D8" s="9" t="s">
         <v>15</v>
       </c>
       <c r="E8" s="26" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="9" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A9" s="85">
         <v>6</v>
       </c>
-      <c r="B9" s="98">
+      <c r="B9" s="100">
         <v>6403019</v>
       </c>
       <c r="C9" s="8" t="s">
         <v>270</v>
       </c>
       <c r="D9" s="9" t="s">
         <v>18</v>
       </c>
       <c r="E9" s="26" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="10" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A10" s="85">
         <v>7</v>
       </c>
-      <c r="B10" s="98">
+      <c r="B10" s="100">
         <v>6403020</v>
       </c>
       <c r="C10" s="8" t="s">
         <v>271</v>
       </c>
       <c r="D10" s="9" t="s">
         <v>19</v>
       </c>
       <c r="E10" s="26" t="s">
         <v>159</v>
       </c>
     </row>
     <row r="11" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A11" s="85">
         <v>8</v>
       </c>
-      <c r="B11" s="98">
+      <c r="B11" s="100">
         <v>6403021</v>
       </c>
       <c r="C11" s="8" t="s">
         <v>277</v>
       </c>
       <c r="D11" s="9" t="s">
         <v>20</v>
       </c>
       <c r="E11" s="29" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="12" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A12" s="85">
         <v>9</v>
       </c>
-      <c r="B12" s="98">
+      <c r="B12" s="100">
         <v>6403022</v>
       </c>
       <c r="C12" s="8" t="s">
         <v>278</v>
       </c>
       <c r="D12" s="9" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="29" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="13" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A13" s="85">
         <v>10</v>
       </c>
-      <c r="B13" s="98">
+      <c r="B13" s="100">
         <v>6403026</v>
       </c>
       <c r="C13" s="8" t="s">
         <v>279</v>
       </c>
       <c r="D13" s="9" t="s">
         <v>24</v>
       </c>
       <c r="E13" s="29" t="s">
         <v>164</v>
       </c>
     </row>
     <row r="14" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A14" s="85">
         <v>11</v>
       </c>
-      <c r="B14" s="98">
+      <c r="B14" s="100">
         <v>6403035</v>
       </c>
       <c r="C14" s="8" t="s">
         <v>286</v>
       </c>
       <c r="D14" s="9" t="s">
         <v>31</v>
       </c>
       <c r="E14" s="26" t="s">
         <v>171</v>
       </c>
     </row>
     <row r="15" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A15" s="85">
         <v>12</v>
       </c>
-      <c r="B15" s="98">
+      <c r="B15" s="100">
         <v>6403036</v>
       </c>
       <c r="C15" s="8" t="s">
         <v>287</v>
       </c>
       <c r="D15" s="9" t="s">
         <v>32</v>
       </c>
       <c r="E15" s="26" t="s">
         <v>172</v>
       </c>
     </row>
     <row r="16" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A16" s="85">
         <v>13</v>
       </c>
-      <c r="B16" s="98">
+      <c r="B16" s="100">
         <v>6403040</v>
       </c>
       <c r="C16" s="8" t="s">
         <v>289</v>
       </c>
       <c r="D16" s="9" t="s">
         <v>34</v>
       </c>
       <c r="E16" s="26" t="s">
         <v>174</v>
       </c>
     </row>
     <row r="17" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A17" s="85">
         <v>14</v>
       </c>
-      <c r="B17" s="98">
+      <c r="B17" s="100">
         <v>6403042</v>
       </c>
       <c r="C17" s="8" t="s">
         <v>290</v>
       </c>
       <c r="D17" s="9" t="s">
         <v>35</v>
       </c>
       <c r="E17" s="26" t="s">
         <v>386</v>
       </c>
     </row>
     <row r="18" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A18" s="85">
         <v>15</v>
       </c>
-      <c r="B18" s="98">
+      <c r="B18" s="100">
         <v>6403043</v>
       </c>
       <c r="C18" s="8" t="s">
         <v>291</v>
       </c>
       <c r="D18" s="9" t="s">
         <v>36</v>
       </c>
       <c r="E18" s="26" t="s">
         <v>175</v>
       </c>
     </row>
     <row r="19" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A19" s="85">
         <v>16</v>
       </c>
-      <c r="B19" s="98">
+      <c r="B19" s="100">
         <v>6403046</v>
       </c>
       <c r="C19" s="8" t="s">
         <v>293</v>
       </c>
       <c r="D19" s="9" t="s">
         <v>38</v>
       </c>
       <c r="E19" s="29" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="20" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A20" s="85">
         <v>17</v>
       </c>
-      <c r="B20" s="98">
+      <c r="B20" s="100">
         <v>6403048</v>
       </c>
       <c r="C20" s="8" t="s">
         <v>294</v>
       </c>
       <c r="D20" s="9" t="s">
         <v>39</v>
       </c>
       <c r="E20" s="26" t="s">
         <v>178</v>
       </c>
     </row>
     <row r="21" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A21" s="85">
         <v>18</v>
       </c>
-      <c r="B21" s="98">
+      <c r="B21" s="100">
         <v>6403050</v>
       </c>
       <c r="C21" s="8" t="s">
         <v>301</v>
       </c>
       <c r="D21" s="9" t="s">
         <v>41</v>
       </c>
       <c r="E21" s="29" t="s">
         <v>180</v>
       </c>
     </row>
     <row r="22" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A22" s="85">
         <v>19</v>
       </c>
-      <c r="B22" s="98">
+      <c r="B22" s="100">
         <v>6403051</v>
       </c>
       <c r="C22" s="8" t="s">
         <v>302</v>
       </c>
       <c r="D22" s="9" t="s">
         <v>42</v>
       </c>
       <c r="E22" s="29" t="s">
         <v>181</v>
       </c>
     </row>
     <row r="23" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A23" s="85">
         <v>20</v>
       </c>
-      <c r="B23" s="98">
+      <c r="B23" s="100">
         <v>6403052</v>
       </c>
       <c r="C23" s="8" t="s">
         <v>303</v>
       </c>
       <c r="D23" s="9" t="s">
         <v>43</v>
       </c>
       <c r="E23" s="29" t="s">
         <v>182</v>
       </c>
     </row>
     <row r="24" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A24" s="85">
         <v>21</v>
       </c>
-      <c r="B24" s="98">
+      <c r="B24" s="100">
         <v>6403053</v>
       </c>
       <c r="C24" s="8" t="s">
         <v>295</v>
       </c>
       <c r="D24" s="9" t="s">
         <v>44</v>
       </c>
       <c r="E24" s="26" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="25" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A25" s="85">
         <v>22</v>
       </c>
-      <c r="B25" s="98">
+      <c r="B25" s="100">
         <v>6403058</v>
       </c>
       <c r="C25" s="8" t="s">
         <v>304</v>
       </c>
       <c r="D25" s="9" t="s">
         <v>49</v>
       </c>
       <c r="E25" s="31" t="s">
         <v>188</v>
       </c>
     </row>
     <row r="26" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A26" s="85">
         <v>23</v>
       </c>
-      <c r="B26" s="98">
+      <c r="B26" s="100">
         <v>6403061</v>
       </c>
       <c r="C26" s="8" t="s">
         <v>306</v>
       </c>
       <c r="D26" s="9" t="s">
         <v>51</v>
       </c>
       <c r="E26" s="26" t="s">
         <v>190</v>
       </c>
     </row>
     <row r="27" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A27" s="85">
         <v>24</v>
       </c>
-      <c r="B27" s="98">
+      <c r="B27" s="100">
         <v>6403062</v>
       </c>
       <c r="C27" s="8" t="s">
         <v>307</v>
       </c>
       <c r="D27" s="9" t="s">
         <v>52</v>
       </c>
       <c r="E27" s="29" t="s">
         <v>191</v>
       </c>
     </row>
     <row r="28" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A28" s="85">
         <v>25</v>
       </c>
-      <c r="B28" s="98">
+      <c r="B28" s="100">
         <v>6403064</v>
       </c>
       <c r="C28" s="8" t="s">
         <v>309</v>
       </c>
       <c r="D28" s="9" t="s">
         <v>54</v>
       </c>
       <c r="E28" s="29" t="s">
         <v>193</v>
       </c>
     </row>
     <row r="29" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A29" s="85">
         <v>26</v>
       </c>
-      <c r="B29" s="98">
+      <c r="B29" s="100">
         <v>6403067</v>
       </c>
       <c r="C29" s="8" t="s">
         <v>312</v>
       </c>
       <c r="D29" s="9" t="s">
         <v>57</v>
       </c>
       <c r="E29" s="29" t="s">
         <v>196</v>
       </c>
     </row>
     <row r="30" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A30" s="85">
         <v>27</v>
       </c>
-      <c r="B30" s="98">
+      <c r="B30" s="100">
         <v>6403069</v>
       </c>
       <c r="C30" s="8" t="s">
         <v>314</v>
       </c>
       <c r="D30" s="9" t="s">
         <v>59</v>
       </c>
       <c r="E30" s="29" t="s">
         <v>198</v>
       </c>
     </row>
     <row r="31" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A31" s="85">
         <v>28</v>
       </c>
-      <c r="B31" s="98">
+      <c r="B31" s="100">
         <v>6403072</v>
       </c>
       <c r="C31" s="8" t="s">
         <v>316</v>
       </c>
       <c r="D31" s="9" t="s">
         <v>61</v>
       </c>
       <c r="E31" s="26" t="s">
         <v>200</v>
       </c>
     </row>
     <row r="32" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A32" s="85">
         <v>29</v>
       </c>
-      <c r="B32" s="98">
+      <c r="B32" s="100">
         <v>6403076</v>
       </c>
       <c r="C32" s="8" t="s">
         <v>317</v>
       </c>
       <c r="D32" s="9" t="s">
         <v>62</v>
       </c>
       <c r="E32" s="51" t="s">
         <v>387</v>
       </c>
     </row>
     <row r="33" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A33" s="85">
         <v>30</v>
       </c>
-      <c r="B33" s="98">
+      <c r="B33" s="100">
         <v>6403077</v>
       </c>
       <c r="C33" s="8" t="s">
         <v>318</v>
       </c>
       <c r="D33" s="9" t="s">
         <v>63</v>
       </c>
       <c r="E33" s="29" t="s">
         <v>201</v>
       </c>
     </row>
     <row r="34" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A34" s="85">
         <v>31</v>
       </c>
-      <c r="B34" s="98">
+      <c r="B34" s="100">
         <v>6403078</v>
       </c>
       <c r="C34" s="8" t="s">
         <v>319</v>
       </c>
       <c r="D34" s="9" t="s">
         <v>64</v>
       </c>
       <c r="E34" s="26" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="35" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A35" s="85">
         <v>32</v>
       </c>
-      <c r="B35" s="98">
+      <c r="B35" s="100">
         <v>6403080</v>
       </c>
       <c r="C35" s="8" t="s">
         <v>321</v>
       </c>
       <c r="D35" s="9" t="s">
         <v>66</v>
       </c>
       <c r="E35" s="26" t="s">
         <v>204</v>
       </c>
     </row>
     <row r="36" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A36" s="85">
         <v>33</v>
       </c>
-      <c r="B36" s="98">
+      <c r="B36" s="100">
         <v>6403081</v>
       </c>
       <c r="C36" s="8" t="s">
         <v>322</v>
       </c>
       <c r="D36" s="9" t="s">
         <v>67</v>
       </c>
       <c r="E36" s="29" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="37" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A37" s="85">
         <v>34</v>
       </c>
-      <c r="B37" s="98">
+      <c r="B37" s="100">
         <v>6403083</v>
       </c>
       <c r="C37" s="8" t="s">
         <v>324</v>
       </c>
       <c r="D37" s="9" t="s">
         <v>69</v>
       </c>
       <c r="E37" s="26" t="s">
         <v>207</v>
       </c>
     </row>
     <row r="38" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A38" s="85">
         <v>35</v>
       </c>
-      <c r="B38" s="98">
+      <c r="B38" s="100">
         <v>6403086</v>
       </c>
       <c r="C38" s="8" t="s">
         <v>327</v>
       </c>
       <c r="D38" s="9" t="s">
         <v>72</v>
       </c>
       <c r="E38" s="29" t="s">
         <v>210</v>
       </c>
     </row>
     <row r="39" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A39" s="85">
         <v>36</v>
       </c>
-      <c r="B39" s="98">
+      <c r="B39" s="100">
         <v>6403087</v>
       </c>
       <c r="C39" s="8" t="s">
         <v>328</v>
       </c>
       <c r="D39" s="9" t="s">
         <v>66</v>
       </c>
       <c r="E39" s="26" t="s">
         <v>211</v>
       </c>
     </row>
     <row r="40" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A40" s="54"/>
       <c r="B40" s="11"/>
       <c r="C40" s="12"/>
       <c r="D40" s="11"/>
       <c r="E40" s="30"/>
       <c r="F40" s="11"/>
       <c r="G40" s="11"/>
       <c r="H40" s="11"/>
       <c r="I40" s="11"/>
       <c r="J40" s="11"/>
       <c r="K40" s="11"/>
       <c r="L40" s="11"/>
@@ -6848,587 +6829,566 @@
       <c r="R41" s="11"/>
       <c r="S41" s="11"/>
     </row>
     <row r="42" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A42" s="54"/>
       <c r="B42" s="11"/>
       <c r="C42" s="12"/>
       <c r="D42" s="11"/>
       <c r="E42" s="30"/>
       <c r="F42" s="11"/>
       <c r="G42" s="11"/>
       <c r="H42" s="11"/>
       <c r="I42" s="11"/>
       <c r="J42" s="11"/>
       <c r="K42" s="11"/>
       <c r="L42" s="11"/>
       <c r="M42" s="11"/>
       <c r="N42" s="11"/>
       <c r="O42" s="11"/>
       <c r="P42" s="11"/>
       <c r="Q42" s="11"/>
       <c r="R42" s="11"/>
       <c r="S42" s="11"/>
     </row>
     <row r="43" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A43" s="117" t="s">
+      <c r="A43" s="115" t="s">
         <v>419</v>
       </c>
-      <c r="B43" s="117"/>
-[...2 lines deleted...]
-      <c r="E43" s="117"/>
+      <c r="B43" s="115"/>
+      <c r="C43" s="115"/>
+      <c r="D43" s="115"/>
+      <c r="E43" s="115"/>
     </row>
     <row r="44" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A44" s="55" t="s">
         <v>1</v>
       </c>
-      <c r="B44" s="96" t="s">
+      <c r="B44" s="98" t="s">
         <v>2</v>
       </c>
-      <c r="C44" s="118" t="s">
+      <c r="C44" s="110" t="s">
         <v>3</v>
       </c>
-      <c r="D44" s="119"/>
+      <c r="D44" s="111"/>
       <c r="E44" s="27" t="s">
         <v>395</v>
       </c>
     </row>
     <row r="45" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A45" s="85">
         <v>37</v>
       </c>
-      <c r="B45" s="98">
+      <c r="B45" s="100">
         <v>6403093</v>
       </c>
       <c r="C45" s="8" t="s">
         <v>330</v>
       </c>
       <c r="D45" s="9" t="s">
         <v>75</v>
       </c>
       <c r="E45" s="26" t="s">
         <v>214</v>
       </c>
     </row>
     <row r="46" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A46" s="85">
         <v>38</v>
       </c>
-      <c r="B46" s="98">
+      <c r="B46" s="100">
         <v>6403096</v>
       </c>
       <c r="C46" s="8" t="s">
         <v>333</v>
       </c>
       <c r="D46" s="9" t="s">
         <v>78</v>
       </c>
       <c r="E46" s="29" t="s">
         <v>217</v>
       </c>
     </row>
     <row r="47" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A47" s="85">
         <v>39</v>
       </c>
-      <c r="B47" s="98">
+      <c r="B47" s="100">
         <v>6403106</v>
       </c>
       <c r="C47" s="8" t="s">
         <v>341</v>
       </c>
       <c r="D47" s="9" t="s">
         <v>86</v>
       </c>
       <c r="E47" s="26" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="48" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A48" s="85">
         <v>40</v>
       </c>
-      <c r="B48" s="98">
+      <c r="B48" s="100">
         <v>6403108</v>
       </c>
       <c r="C48" s="8" t="s">
         <v>342</v>
       </c>
       <c r="D48" s="9" t="s">
         <v>87</v>
       </c>
       <c r="E48" s="29" t="s">
         <v>226</v>
       </c>
     </row>
-    <row r="49" spans="1:5" s="53" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+    <row r="49" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A49" s="85">
         <v>41</v>
       </c>
-      <c r="B49" s="105">
+      <c r="B49" s="100">
         <v>6403115</v>
       </c>
-      <c r="C49" s="106" t="s">
+      <c r="C49" s="8" t="s">
         <v>348</v>
       </c>
-      <c r="D49" s="107" t="s">
+      <c r="D49" s="9" t="s">
         <v>93</v>
       </c>
-      <c r="E49" s="108" t="s">
+      <c r="E49" s="29" t="s">
         <v>232</v>
       </c>
     </row>
     <row r="50" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A50" s="85">
         <v>42</v>
       </c>
-      <c r="B50" s="98">
+      <c r="B50" s="100">
         <v>6403119</v>
       </c>
       <c r="C50" s="8" t="s">
         <v>352</v>
       </c>
       <c r="D50" s="9" t="s">
         <v>97</v>
       </c>
       <c r="E50" s="29" t="s">
         <v>236</v>
       </c>
     </row>
     <row r="51" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A51" s="85">
         <v>43</v>
       </c>
-      <c r="B51" s="98">
+      <c r="B51" s="100">
         <v>6403120</v>
       </c>
       <c r="C51" s="8" t="s">
         <v>353</v>
       </c>
       <c r="D51" s="9" t="s">
         <v>98</v>
       </c>
       <c r="E51" s="29" t="s">
         <v>237</v>
       </c>
     </row>
     <row r="52" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A52" s="85">
         <v>44</v>
       </c>
-      <c r="B52" s="98">
+      <c r="B52" s="100">
         <v>6403123</v>
       </c>
       <c r="C52" s="8" t="s">
         <v>356</v>
       </c>
       <c r="D52" s="9" t="s">
         <v>101</v>
       </c>
       <c r="E52" s="26" t="s">
         <v>240</v>
       </c>
     </row>
     <row r="53" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A53" s="85">
         <v>45</v>
       </c>
-      <c r="B53" s="98">
+      <c r="B53" s="100">
         <v>6403124</v>
       </c>
       <c r="C53" s="8" t="s">
         <v>357</v>
       </c>
       <c r="D53" s="9" t="s">
         <v>102</v>
       </c>
       <c r="E53" s="29" t="s">
         <v>241</v>
       </c>
     </row>
     <row r="54" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A54" s="85">
         <v>46</v>
       </c>
-      <c r="B54" s="98">
+      <c r="B54" s="100">
         <v>6403130</v>
       </c>
       <c r="C54" s="8" t="s">
         <v>361</v>
       </c>
       <c r="D54" s="9" t="s">
         <v>106</v>
       </c>
       <c r="E54" s="29" t="s">
         <v>245</v>
       </c>
     </row>
     <row r="55" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A55" s="85">
         <v>47</v>
       </c>
-      <c r="B55" s="98">
+      <c r="B55" s="100">
         <v>6403137</v>
       </c>
       <c r="C55" s="8" t="s">
         <v>366</v>
       </c>
       <c r="D55" s="9" t="s">
         <v>111</v>
       </c>
       <c r="E55" s="29" t="s">
         <v>250</v>
       </c>
     </row>
     <row r="56" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A56" s="85">
         <v>48</v>
       </c>
-      <c r="B56" s="98">
+      <c r="B56" s="100">
         <v>6403139</v>
       </c>
       <c r="C56" s="8" t="s">
         <v>368</v>
       </c>
       <c r="D56" s="9" t="s">
         <v>113</v>
       </c>
       <c r="E56" s="29" t="s">
         <v>252</v>
       </c>
     </row>
     <row r="57" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A57" s="85">
         <v>49</v>
       </c>
-      <c r="B57" s="98">
+      <c r="B57" s="100">
         <v>6403140</v>
       </c>
       <c r="C57" s="8" t="s">
         <v>369</v>
       </c>
       <c r="D57" s="9" t="s">
         <v>114</v>
       </c>
       <c r="E57" s="26" t="s">
         <v>253</v>
       </c>
     </row>
     <row r="58" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A58" s="85">
         <v>50</v>
       </c>
-      <c r="B58" s="98">
+      <c r="B58" s="100">
         <v>6403144</v>
       </c>
       <c r="C58" s="8" t="s">
         <v>373</v>
       </c>
       <c r="D58" s="9" t="s">
         <v>118</v>
       </c>
       <c r="E58" s="29" t="s">
         <v>256</v>
       </c>
     </row>
     <row r="59" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A59" s="85">
         <v>51</v>
       </c>
-      <c r="B59" s="98">
+      <c r="B59" s="100">
         <v>6403145</v>
       </c>
       <c r="C59" s="8" t="s">
         <v>374</v>
       </c>
       <c r="D59" s="9" t="s">
         <v>119</v>
       </c>
       <c r="E59" s="29" t="s">
         <v>257</v>
       </c>
     </row>
     <row r="60" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A60" s="85">
         <v>52</v>
       </c>
-      <c r="B60" s="98">
+      <c r="B60" s="100">
         <v>6403147</v>
       </c>
       <c r="C60" s="8" t="s">
         <v>375</v>
       </c>
       <c r="D60" s="9" t="s">
         <v>120</v>
       </c>
       <c r="E60" s="29" t="s">
         <v>258</v>
       </c>
     </row>
     <row r="61" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A61" s="85">
         <v>53</v>
       </c>
-      <c r="B61" s="98">
+      <c r="B61" s="100">
         <v>6403150</v>
       </c>
       <c r="C61" s="8" t="s">
         <v>378</v>
       </c>
       <c r="D61" s="9" t="s">
         <v>123</v>
       </c>
       <c r="E61" s="26" t="s">
         <v>261</v>
       </c>
     </row>
     <row r="62" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A62" s="85">
         <v>54</v>
       </c>
-      <c r="B62" s="98">
+      <c r="B62" s="100">
         <v>6403151</v>
       </c>
       <c r="C62" s="8" t="s">
         <v>379</v>
       </c>
       <c r="D62" s="9" t="s">
         <v>124</v>
       </c>
       <c r="E62" s="26" t="s">
         <v>262</v>
       </c>
     </row>
     <row r="63" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A63" s="85">
         <v>55</v>
       </c>
-      <c r="B63" s="98">
+      <c r="B63" s="100">
         <v>6403152</v>
       </c>
       <c r="C63" s="8" t="s">
         <v>380</v>
       </c>
       <c r="D63" s="9" t="s">
         <v>125</v>
       </c>
       <c r="E63" s="26" t="s">
         <v>263</v>
       </c>
     </row>
     <row r="64" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A64" s="85">
         <v>56</v>
       </c>
-      <c r="B64" s="98">
+      <c r="B64" s="100">
         <v>6403153</v>
       </c>
       <c r="C64" s="8" t="s">
         <v>381</v>
       </c>
       <c r="D64" s="9" t="s">
         <v>126</v>
       </c>
       <c r="E64" s="26" t="s">
         <v>264</v>
       </c>
     </row>
     <row r="65" spans="1:26" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A65" s="85">
         <v>57</v>
       </c>
-      <c r="B65" s="98">
+      <c r="B65" s="100">
         <v>6403155</v>
       </c>
       <c r="C65" s="8" t="s">
         <v>383</v>
       </c>
       <c r="D65" s="9" t="s">
         <v>128</v>
       </c>
       <c r="E65" s="26" t="s">
         <v>266</v>
       </c>
     </row>
     <row r="66" spans="1:26" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A66" s="85">
         <v>58</v>
       </c>
       <c r="B66" s="17">
         <v>6303081</v>
       </c>
       <c r="C66" s="18" t="s">
         <v>141</v>
       </c>
       <c r="D66" s="19" t="s">
         <v>140</v>
       </c>
       <c r="E66" s="35" t="s">
         <v>268</v>
       </c>
     </row>
     <row r="67" spans="1:26" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A67" s="85">
         <v>59</v>
       </c>
       <c r="B67" s="17">
         <v>6303106</v>
       </c>
       <c r="C67" s="18" t="s">
         <v>389</v>
       </c>
       <c r="D67" s="19" t="s">
         <v>390</v>
       </c>
       <c r="E67" s="34" t="s">
         <v>391</v>
       </c>
     </row>
     <row r="68" spans="1:26" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A68" s="85">
         <v>60</v>
       </c>
-      <c r="B68" s="96">
+      <c r="B68" s="98">
         <v>6203113</v>
       </c>
       <c r="C68" s="20" t="s">
         <v>392</v>
       </c>
       <c r="D68" s="21" t="s">
         <v>393</v>
       </c>
       <c r="E68" s="31" t="s">
         <v>394</v>
       </c>
     </row>
-    <row r="69" spans="1:26" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+    <row r="69" spans="1:26" s="62" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A69" s="85">
         <v>61</v>
       </c>
       <c r="B69" s="66">
         <v>6003029</v>
       </c>
       <c r="C69" s="67" t="s">
         <v>408</v>
       </c>
       <c r="D69" s="68" t="s">
         <v>409</v>
       </c>
       <c r="E69" s="69" t="s">
         <v>410</v>
       </c>
-    </row>
-    <row r="70" spans="1:26" s="62" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="F69" s="70"/>
+      <c r="G69" s="61"/>
+      <c r="H69" s="61"/>
+      <c r="I69" s="61"/>
+      <c r="J69" s="61"/>
+      <c r="K69" s="61"/>
+      <c r="L69" s="61"/>
+      <c r="M69" s="61"/>
+      <c r="N69" s="61"/>
+      <c r="O69" s="61"/>
+      <c r="P69" s="61"/>
+      <c r="Q69" s="61"/>
+      <c r="R69" s="61"/>
+      <c r="S69" s="61"/>
+      <c r="T69" s="61"/>
+      <c r="U69" s="61"/>
+      <c r="V69" s="61"/>
+      <c r="W69" s="61"/>
+      <c r="X69" s="61"/>
+      <c r="Y69" s="61"/>
+      <c r="Z69" s="61"/>
+    </row>
+    <row r="70" spans="1:26" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A70" s="85">
         <v>62</v>
       </c>
-      <c r="B70" s="101">
+      <c r="B70" s="22">
         <v>5603022</v>
       </c>
-      <c r="C70" s="102" t="s">
+      <c r="C70" s="23" t="s">
         <v>396</v>
       </c>
-      <c r="D70" s="103" t="s">
+      <c r="D70" s="24" t="s">
         <v>398</v>
       </c>
-      <c r="E70" s="104" t="s">
+      <c r="E70" s="25" t="s">
         <v>400</v>
       </c>
-      <c r="F70" s="61"/>
-[...21 lines deleted...]
-    <row r="71" spans="1:26" s="62" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    </row>
+    <row r="71" spans="1:26" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A71" s="85">
         <v>63</v>
       </c>
       <c r="B71" s="22">
         <v>5603110</v>
       </c>
       <c r="C71" s="23" t="s">
         <v>397</v>
       </c>
       <c r="D71" s="24" t="s">
         <v>399</v>
       </c>
       <c r="E71" s="25" t="s">
         <v>401</v>
       </c>
-      <c r="F71" s="70"/>
-[...19 lines deleted...]
-      <c r="Z71" s="61"/>
     </row>
     <row r="72" spans="1:26" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A72" s="54"/>
       <c r="B72" s="11"/>
       <c r="C72" s="12"/>
       <c r="D72" s="11"/>
       <c r="E72" s="30"/>
     </row>
     <row r="73" spans="1:26" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A73" s="54"/>
       <c r="B73" s="11"/>
       <c r="C73" s="12"/>
       <c r="D73" s="11"/>
-      <c r="E73" s="92"/>
+      <c r="E73" s="94"/>
     </row>
     <row r="74" spans="1:26" s="53" customFormat="1" x14ac:dyDescent="0.5">
       <c r="E74" s="65"/>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A2:E2"/>
     <mergeCell ref="C3:D3"/>
     <mergeCell ref="A43:E43"/>
     <mergeCell ref="C44:D44"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="E17" r:id="rId1" xr:uid="{CDAFE6FF-6340-4869-AC38-345765B86660}"/>
     <hyperlink ref="E67" r:id="rId2" xr:uid="{FBBDDB60-677D-412F-9C9C-DE14B3E4A2EF}"/>
     <hyperlink ref="E37" r:id="rId3" xr:uid="{345464A3-BE9C-4432-9706-03E59E22FBF0}"/>
     <hyperlink ref="E31" r:id="rId4" xr:uid="{B5F03F82-A792-4910-88EF-1D2C42DA5B18}"/>
     <hyperlink ref="E4" r:id="rId5" xr:uid="{BD3829AF-CAD3-45AD-94FB-8DFEAA376D5D}"/>
     <hyperlink ref="E61" r:id="rId6" xr:uid="{D3F625BD-4C6B-4B53-A723-E08F5D8C0175}"/>
     <hyperlink ref="E64" r:id="rId7" xr:uid="{70AEEE22-7F45-4AC3-86CB-1FC3FAA0D7FC}"/>
     <hyperlink ref="E10" r:id="rId8" xr:uid="{04065AE0-8485-4BF6-A743-C328068E080A}"/>
     <hyperlink ref="E47" r:id="rId9" xr:uid="{75B6CAF0-311B-4AB5-890E-0D29E7375A90}"/>
     <hyperlink ref="E18" r:id="rId10" xr:uid="{2DA2C3E4-881D-4ECE-93D7-FDBFDE168820}"/>
     <hyperlink ref="E34" r:id="rId11" xr:uid="{8855FF9F-D9E8-4A2A-A3D1-187F005D510D}"/>
     <hyperlink ref="E52" r:id="rId12" xr:uid="{31C032B8-0322-4E74-A700-A4F542298A40}"/>
@@ -7437,704 +7397,701 @@
     <hyperlink ref="E63" r:id="rId15" xr:uid="{AEE03720-6A61-4EFB-8150-8F65F3080619}"/>
     <hyperlink ref="E32" r:id="rId16" xr:uid="{A55E7F6A-85E0-4D40-83F8-3C532FDE7CA9}"/>
     <hyperlink ref="E65" r:id="rId17" xr:uid="{ABB26C08-A322-4D24-BC5A-8159B51D7192}"/>
     <hyperlink ref="E24" r:id="rId18" xr:uid="{1E840B32-EB4C-4FF6-BEBD-7A00FA7D3E5F}"/>
     <hyperlink ref="E20" r:id="rId19" xr:uid="{09432292-48C1-4EB5-91A3-E6E636FCAD20}"/>
     <hyperlink ref="E8" r:id="rId20" xr:uid="{B9554F36-9B37-4D70-8BFD-6E5CA98B6DB8}"/>
     <hyperlink ref="E15" r:id="rId21" xr:uid="{27F193E7-EDFF-44B7-9367-D7B1EDDD52B3}"/>
     <hyperlink ref="E57" r:id="rId22" xr:uid="{3B182773-87EB-4CAF-A732-3B1F2098286C}"/>
     <hyperlink ref="E16" r:id="rId23" xr:uid="{6FE5B36F-23E9-43D8-A313-AEB33E5DA51C}"/>
     <hyperlink ref="E35" r:id="rId24" xr:uid="{88D7479B-0DEE-4B66-BB1F-31F96C3ED00F}"/>
     <hyperlink ref="E39" r:id="rId25" xr:uid="{2F0C1FB0-DA8F-4DCA-94F9-D6EC3FD5A96E}"/>
     <hyperlink ref="E5" r:id="rId26" xr:uid="{4BFD57AB-C721-4611-8C2C-658A6188D671}"/>
     <hyperlink ref="E6" r:id="rId27" xr:uid="{CB58FD6F-07C0-4666-B90D-05D4988C4FC2}"/>
     <hyperlink ref="E7" r:id="rId28" xr:uid="{D4568CEA-D58E-4829-8273-DFB7A17AA747}"/>
     <hyperlink ref="E45" r:id="rId29" xr:uid="{44107C0C-B62C-4F0D-A8F4-6E7603BD39D0}"/>
     <hyperlink ref="E14" r:id="rId30" xr:uid="{8A7F46EB-526D-4D4E-B213-0C26479F81C1}"/>
     <hyperlink ref="E9" r:id="rId31" xr:uid="{9A4B9CB0-3F4C-4894-AA3F-6EF089B83278}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId32"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F1D5A0CF-908C-45C1-A381-71811427C5EC}">
-  <sheetPr>
-[...2 lines deleted...]
-  <dimension ref="A1:Z73"/>
+  <dimension ref="A1:S73"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
-      <selection activeCell="D80" sqref="D80"/>
+      <selection activeCell="J67" sqref="J67"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="21.75" x14ac:dyDescent="0.5"/>
   <cols>
     <col min="1" max="1" width="6.85546875" style="53" customWidth="1"/>
-    <col min="2" max="2" width="9" style="97" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="4" max="4" width="13.5703125" style="97" customWidth="1"/>
+    <col min="2" max="2" width="9" style="99" customWidth="1"/>
+    <col min="3" max="3" width="20.28515625" style="99" customWidth="1"/>
+    <col min="4" max="4" width="13.5703125" style="99" customWidth="1"/>
     <col min="5" max="5" width="38.85546875" style="36" customWidth="1"/>
-    <col min="6" max="6" width="9.140625" style="97"/>
-[...1 lines deleted...]
-    <col min="8" max="16384" width="9.140625" style="97"/>
+    <col min="6" max="6" width="9.140625" style="99"/>
+    <col min="7" max="7" width="17.140625" style="99" customWidth="1"/>
+    <col min="8" max="16384" width="9.140625" style="99"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A1" s="121" t="s">
+      <c r="A1" s="112" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="122"/>
-[...2 lines deleted...]
-      <c r="E1" s="122"/>
+      <c r="B1" s="113"/>
+      <c r="C1" s="113"/>
+      <c r="D1" s="113"/>
+      <c r="E1" s="113"/>
     </row>
     <row r="2" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A2" s="121" t="s">
+      <c r="A2" s="112" t="s">
         <v>431</v>
       </c>
-      <c r="B2" s="122"/>
-[...2 lines deleted...]
-      <c r="E2" s="122"/>
+      <c r="B2" s="113"/>
+      <c r="C2" s="113"/>
+      <c r="D2" s="113"/>
+      <c r="E2" s="113"/>
     </row>
     <row r="3" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A3" s="55" t="s">
         <v>1</v>
       </c>
-      <c r="B3" s="96" t="s">
+      <c r="B3" s="98" t="s">
         <v>2</v>
       </c>
-      <c r="C3" s="118" t="s">
+      <c r="C3" s="110" t="s">
         <v>3</v>
       </c>
-      <c r="D3" s="119"/>
+      <c r="D3" s="111"/>
       <c r="E3" s="27" t="s">
         <v>395</v>
       </c>
     </row>
     <row r="4" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A4" s="85">
         <v>1</v>
       </c>
-      <c r="B4" s="98">
+      <c r="B4" s="100">
         <v>6403003</v>
       </c>
       <c r="C4" s="8" t="s">
         <v>131</v>
       </c>
       <c r="D4" s="9" t="s">
         <v>5</v>
       </c>
       <c r="E4" s="26" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="5" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A5" s="85">
         <v>2</v>
       </c>
-      <c r="B5" s="98">
+      <c r="B5" s="100">
         <v>6403004</v>
       </c>
       <c r="C5" s="8" t="s">
         <v>274</v>
       </c>
       <c r="D5" s="9" t="s">
         <v>6</v>
       </c>
       <c r="E5" s="26" t="s">
         <v>146</v>
       </c>
     </row>
     <row r="6" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A6" s="85">
         <v>3</v>
       </c>
-      <c r="B6" s="98">
+      <c r="B6" s="100">
         <v>6403006</v>
       </c>
       <c r="C6" s="8" t="s">
         <v>133</v>
       </c>
       <c r="D6" s="9" t="s">
         <v>8</v>
       </c>
       <c r="E6" s="26" t="s">
         <v>148</v>
       </c>
     </row>
     <row r="7" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A7" s="85">
         <v>4</v>
       </c>
-      <c r="B7" s="98">
+      <c r="B7" s="100">
         <v>6403007</v>
       </c>
       <c r="C7" s="8" t="s">
         <v>134</v>
       </c>
       <c r="D7" s="9" t="s">
         <v>9</v>
       </c>
       <c r="E7" s="26" t="s">
         <v>149</v>
       </c>
     </row>
     <row r="8" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A8" s="85">
         <v>5</v>
       </c>
-      <c r="B8" s="98">
+      <c r="B8" s="100">
         <v>6403016</v>
       </c>
       <c r="C8" s="8" t="s">
         <v>275</v>
       </c>
       <c r="D8" s="9" t="s">
         <v>15</v>
       </c>
       <c r="E8" s="26" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="9" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A9" s="85">
         <v>6</v>
       </c>
-      <c r="B9" s="98">
+      <c r="B9" s="100">
         <v>6403019</v>
       </c>
       <c r="C9" s="8" t="s">
         <v>270</v>
       </c>
       <c r="D9" s="9" t="s">
         <v>18</v>
       </c>
       <c r="E9" s="26" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="10" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A10" s="85">
         <v>7</v>
       </c>
-      <c r="B10" s="98">
+      <c r="B10" s="100">
         <v>6403020</v>
       </c>
       <c r="C10" s="8" t="s">
         <v>271</v>
       </c>
       <c r="D10" s="9" t="s">
         <v>19</v>
       </c>
       <c r="E10" s="26" t="s">
         <v>159</v>
       </c>
     </row>
     <row r="11" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A11" s="85">
         <v>8</v>
       </c>
-      <c r="B11" s="98">
+      <c r="B11" s="100">
         <v>6403021</v>
       </c>
       <c r="C11" s="8" t="s">
         <v>277</v>
       </c>
       <c r="D11" s="9" t="s">
         <v>20</v>
       </c>
       <c r="E11" s="29" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="12" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A12" s="85">
         <v>9</v>
       </c>
-      <c r="B12" s="98">
+      <c r="B12" s="100">
         <v>6403022</v>
       </c>
       <c r="C12" s="8" t="s">
         <v>278</v>
       </c>
       <c r="D12" s="9" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="29" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="13" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A13" s="85">
         <v>10</v>
       </c>
-      <c r="B13" s="98">
+      <c r="B13" s="100">
         <v>6403026</v>
       </c>
       <c r="C13" s="8" t="s">
         <v>279</v>
       </c>
       <c r="D13" s="9" t="s">
         <v>24</v>
       </c>
       <c r="E13" s="29" t="s">
         <v>164</v>
       </c>
     </row>
     <row r="14" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A14" s="85">
         <v>11</v>
       </c>
-      <c r="B14" s="98">
+      <c r="B14" s="100">
         <v>6403035</v>
       </c>
       <c r="C14" s="8" t="s">
         <v>286</v>
       </c>
       <c r="D14" s="9" t="s">
         <v>31</v>
       </c>
       <c r="E14" s="26" t="s">
         <v>171</v>
       </c>
     </row>
     <row r="15" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A15" s="85">
         <v>12</v>
       </c>
-      <c r="B15" s="98">
+      <c r="B15" s="100">
         <v>6403036</v>
       </c>
       <c r="C15" s="8" t="s">
         <v>287</v>
       </c>
       <c r="D15" s="9" t="s">
         <v>32</v>
       </c>
       <c r="E15" s="26" t="s">
         <v>172</v>
       </c>
     </row>
     <row r="16" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A16" s="85">
         <v>13</v>
       </c>
-      <c r="B16" s="98">
+      <c r="B16" s="100">
         <v>6403040</v>
       </c>
       <c r="C16" s="8" t="s">
         <v>289</v>
       </c>
       <c r="D16" s="9" t="s">
         <v>34</v>
       </c>
       <c r="E16" s="26" t="s">
         <v>174</v>
       </c>
     </row>
     <row r="17" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A17" s="85">
         <v>14</v>
       </c>
-      <c r="B17" s="98">
+      <c r="B17" s="100">
         <v>6403042</v>
       </c>
       <c r="C17" s="8" t="s">
         <v>290</v>
       </c>
       <c r="D17" s="9" t="s">
         <v>35</v>
       </c>
       <c r="E17" s="26" t="s">
         <v>386</v>
       </c>
     </row>
     <row r="18" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A18" s="85">
         <v>15</v>
       </c>
-      <c r="B18" s="98">
+      <c r="B18" s="100">
         <v>6403043</v>
       </c>
       <c r="C18" s="8" t="s">
         <v>291</v>
       </c>
       <c r="D18" s="9" t="s">
         <v>36</v>
       </c>
       <c r="E18" s="26" t="s">
         <v>175</v>
       </c>
     </row>
     <row r="19" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A19" s="85">
         <v>16</v>
       </c>
-      <c r="B19" s="98">
+      <c r="B19" s="100">
         <v>6403046</v>
       </c>
       <c r="C19" s="8" t="s">
         <v>293</v>
       </c>
       <c r="D19" s="9" t="s">
         <v>38</v>
       </c>
       <c r="E19" s="29" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="20" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A20" s="85">
         <v>17</v>
       </c>
-      <c r="B20" s="98">
+      <c r="B20" s="100">
         <v>6403048</v>
       </c>
       <c r="C20" s="8" t="s">
         <v>294</v>
       </c>
       <c r="D20" s="9" t="s">
         <v>39</v>
       </c>
       <c r="E20" s="26" t="s">
         <v>178</v>
       </c>
     </row>
     <row r="21" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A21" s="85">
         <v>18</v>
       </c>
-      <c r="B21" s="98">
+      <c r="B21" s="100">
         <v>6403050</v>
       </c>
       <c r="C21" s="8" t="s">
         <v>301</v>
       </c>
       <c r="D21" s="9" t="s">
         <v>41</v>
       </c>
       <c r="E21" s="29" t="s">
         <v>180</v>
       </c>
     </row>
     <row r="22" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A22" s="85">
         <v>19</v>
       </c>
-      <c r="B22" s="98">
+      <c r="B22" s="100">
         <v>6403051</v>
       </c>
       <c r="C22" s="8" t="s">
         <v>302</v>
       </c>
       <c r="D22" s="9" t="s">
         <v>42</v>
       </c>
       <c r="E22" s="29" t="s">
         <v>181</v>
       </c>
     </row>
     <row r="23" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A23" s="85">
         <v>20</v>
       </c>
-      <c r="B23" s="98">
+      <c r="B23" s="100">
         <v>6403052</v>
       </c>
       <c r="C23" s="8" t="s">
         <v>303</v>
       </c>
       <c r="D23" s="9" t="s">
         <v>43</v>
       </c>
       <c r="E23" s="29" t="s">
         <v>182</v>
       </c>
     </row>
     <row r="24" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A24" s="85">
         <v>21</v>
       </c>
-      <c r="B24" s="98">
+      <c r="B24" s="100">
         <v>6403053</v>
       </c>
       <c r="C24" s="8" t="s">
         <v>295</v>
       </c>
       <c r="D24" s="9" t="s">
         <v>44</v>
       </c>
       <c r="E24" s="26" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="25" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A25" s="85">
         <v>22</v>
       </c>
-      <c r="B25" s="98">
+      <c r="B25" s="100">
         <v>6403058</v>
       </c>
       <c r="C25" s="8" t="s">
         <v>304</v>
       </c>
       <c r="D25" s="9" t="s">
         <v>49</v>
       </c>
       <c r="E25" s="31" t="s">
         <v>188</v>
       </c>
     </row>
     <row r="26" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A26" s="85">
         <v>23</v>
       </c>
-      <c r="B26" s="98">
+      <c r="B26" s="100">
         <v>6403061</v>
       </c>
       <c r="C26" s="8" t="s">
         <v>306</v>
       </c>
       <c r="D26" s="9" t="s">
         <v>51</v>
       </c>
       <c r="E26" s="26" t="s">
         <v>190</v>
       </c>
     </row>
     <row r="27" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A27" s="85">
         <v>24</v>
       </c>
-      <c r="B27" s="98">
+      <c r="B27" s="100">
         <v>6403062</v>
       </c>
       <c r="C27" s="8" t="s">
         <v>307</v>
       </c>
       <c r="D27" s="9" t="s">
         <v>52</v>
       </c>
       <c r="E27" s="29" t="s">
         <v>191</v>
       </c>
     </row>
     <row r="28" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A28" s="85">
         <v>25</v>
       </c>
-      <c r="B28" s="98">
+      <c r="B28" s="100">
         <v>6403064</v>
       </c>
       <c r="C28" s="8" t="s">
         <v>309</v>
       </c>
       <c r="D28" s="9" t="s">
         <v>54</v>
       </c>
       <c r="E28" s="29" t="s">
         <v>193</v>
       </c>
     </row>
     <row r="29" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A29" s="85">
         <v>26</v>
       </c>
-      <c r="B29" s="98">
+      <c r="B29" s="100">
         <v>6403067</v>
       </c>
       <c r="C29" s="8" t="s">
         <v>312</v>
       </c>
       <c r="D29" s="9" t="s">
         <v>57</v>
       </c>
       <c r="E29" s="29" t="s">
         <v>196</v>
       </c>
     </row>
     <row r="30" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A30" s="85">
         <v>27</v>
       </c>
-      <c r="B30" s="98">
+      <c r="B30" s="100">
         <v>6403069</v>
       </c>
       <c r="C30" s="8" t="s">
         <v>314</v>
       </c>
       <c r="D30" s="9" t="s">
         <v>59</v>
       </c>
       <c r="E30" s="29" t="s">
         <v>198</v>
       </c>
     </row>
     <row r="31" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A31" s="85">
         <v>28</v>
       </c>
-      <c r="B31" s="98">
+      <c r="B31" s="100">
         <v>6403072</v>
       </c>
       <c r="C31" s="8" t="s">
         <v>316</v>
       </c>
       <c r="D31" s="9" t="s">
         <v>61</v>
       </c>
       <c r="E31" s="26" t="s">
         <v>200</v>
       </c>
     </row>
     <row r="32" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A32" s="85">
         <v>29</v>
       </c>
-      <c r="B32" s="98">
+      <c r="B32" s="100">
         <v>6403076</v>
       </c>
       <c r="C32" s="8" t="s">
         <v>317</v>
       </c>
       <c r="D32" s="9" t="s">
         <v>62</v>
       </c>
       <c r="E32" s="51" t="s">
         <v>387</v>
       </c>
     </row>
     <row r="33" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A33" s="85">
         <v>30</v>
       </c>
-      <c r="B33" s="98">
+      <c r="B33" s="100">
         <v>6403077</v>
       </c>
       <c r="C33" s="8" t="s">
         <v>318</v>
       </c>
       <c r="D33" s="9" t="s">
         <v>63</v>
       </c>
       <c r="E33" s="29" t="s">
         <v>201</v>
       </c>
     </row>
     <row r="34" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A34" s="85">
         <v>31</v>
       </c>
-      <c r="B34" s="98">
+      <c r="B34" s="100">
         <v>6403078</v>
       </c>
       <c r="C34" s="8" t="s">
         <v>319</v>
       </c>
       <c r="D34" s="9" t="s">
         <v>64</v>
       </c>
       <c r="E34" s="26" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="35" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A35" s="85">
         <v>32</v>
       </c>
-      <c r="B35" s="98">
+      <c r="B35" s="100">
         <v>6403080</v>
       </c>
       <c r="C35" s="8" t="s">
         <v>321</v>
       </c>
       <c r="D35" s="9" t="s">
         <v>66</v>
       </c>
       <c r="E35" s="26" t="s">
         <v>204</v>
       </c>
     </row>
     <row r="36" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A36" s="85">
         <v>33</v>
       </c>
-      <c r="B36" s="98">
+      <c r="B36" s="100">
         <v>6403081</v>
       </c>
       <c r="C36" s="8" t="s">
         <v>322</v>
       </c>
       <c r="D36" s="9" t="s">
         <v>67</v>
       </c>
       <c r="E36" s="29" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="37" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A37" s="85">
         <v>34</v>
       </c>
-      <c r="B37" s="98">
+      <c r="B37" s="100">
         <v>6403083</v>
       </c>
       <c r="C37" s="8" t="s">
         <v>324</v>
       </c>
       <c r="D37" s="9" t="s">
         <v>69</v>
       </c>
       <c r="E37" s="26" t="s">
         <v>207</v>
       </c>
     </row>
     <row r="38" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A38" s="85">
         <v>35</v>
       </c>
-      <c r="B38" s="98">
+      <c r="B38" s="100">
         <v>6403086</v>
       </c>
       <c r="C38" s="8" t="s">
         <v>327</v>
       </c>
       <c r="D38" s="9" t="s">
         <v>72</v>
       </c>
       <c r="E38" s="29" t="s">
         <v>210</v>
       </c>
     </row>
     <row r="39" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A39" s="85">
         <v>36</v>
       </c>
-      <c r="B39" s="98">
+      <c r="B39" s="100">
         <v>6403087</v>
       </c>
       <c r="C39" s="8" t="s">
         <v>328</v>
       </c>
       <c r="D39" s="9" t="s">
         <v>66</v>
       </c>
       <c r="E39" s="26" t="s">
         <v>211</v>
       </c>
     </row>
     <row r="40" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A40" s="54"/>
       <c r="B40" s="11"/>
       <c r="C40" s="12"/>
       <c r="D40" s="11"/>
       <c r="E40" s="30"/>
       <c r="F40" s="11"/>
       <c r="G40" s="11"/>
       <c r="H40" s="11"/>
       <c r="I40" s="11"/>
       <c r="J40" s="11"/>
       <c r="K40" s="11"/>
       <c r="L40" s="11"/>
@@ -8167,1254 +8124,1230 @@
       <c r="R41" s="11"/>
       <c r="S41" s="11"/>
     </row>
     <row r="42" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A42" s="54"/>
       <c r="B42" s="11"/>
       <c r="C42" s="12"/>
       <c r="D42" s="11"/>
       <c r="E42" s="30"/>
       <c r="F42" s="11"/>
       <c r="G42" s="11"/>
       <c r="H42" s="11"/>
       <c r="I42" s="11"/>
       <c r="J42" s="11"/>
       <c r="K42" s="11"/>
       <c r="L42" s="11"/>
       <c r="M42" s="11"/>
       <c r="N42" s="11"/>
       <c r="O42" s="11"/>
       <c r="P42" s="11"/>
       <c r="Q42" s="11"/>
       <c r="R42" s="11"/>
       <c r="S42" s="11"/>
     </row>
     <row r="43" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A43" s="117" t="s">
+      <c r="A43" s="115" t="s">
         <v>419</v>
       </c>
-      <c r="B43" s="117"/>
-[...2 lines deleted...]
-      <c r="E43" s="117"/>
+      <c r="B43" s="115"/>
+      <c r="C43" s="115"/>
+      <c r="D43" s="115"/>
+      <c r="E43" s="115"/>
     </row>
     <row r="44" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A44" s="55" t="s">
         <v>1</v>
       </c>
-      <c r="B44" s="96" t="s">
+      <c r="B44" s="98" t="s">
         <v>2</v>
       </c>
-      <c r="C44" s="118" t="s">
+      <c r="C44" s="110" t="s">
         <v>3</v>
       </c>
-      <c r="D44" s="119"/>
+      <c r="D44" s="111"/>
       <c r="E44" s="27" t="s">
         <v>395</v>
       </c>
     </row>
     <row r="45" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A45" s="85">
         <v>37</v>
       </c>
-      <c r="B45" s="98">
+      <c r="B45" s="100">
         <v>6403093</v>
       </c>
       <c r="C45" s="8" t="s">
         <v>330</v>
       </c>
       <c r="D45" s="9" t="s">
         <v>75</v>
       </c>
       <c r="E45" s="26" t="s">
         <v>214</v>
       </c>
     </row>
     <row r="46" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A46" s="85">
         <v>38</v>
       </c>
-      <c r="B46" s="98">
+      <c r="B46" s="100">
         <v>6403096</v>
       </c>
       <c r="C46" s="8" t="s">
         <v>333</v>
       </c>
       <c r="D46" s="9" t="s">
         <v>78</v>
       </c>
       <c r="E46" s="29" t="s">
         <v>217</v>
       </c>
     </row>
     <row r="47" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A47" s="85">
         <v>39</v>
       </c>
-      <c r="B47" s="98">
+      <c r="B47" s="100">
         <v>6403106</v>
       </c>
       <c r="C47" s="8" t="s">
         <v>341</v>
       </c>
       <c r="D47" s="9" t="s">
         <v>86</v>
       </c>
       <c r="E47" s="26" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="48" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A48" s="85">
         <v>40</v>
       </c>
-      <c r="B48" s="98">
+      <c r="B48" s="100">
         <v>6403108</v>
       </c>
       <c r="C48" s="8" t="s">
         <v>342</v>
       </c>
       <c r="D48" s="9" t="s">
         <v>87</v>
       </c>
       <c r="E48" s="29" t="s">
         <v>226</v>
       </c>
     </row>
     <row r="49" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A49" s="85">
         <v>41</v>
       </c>
-      <c r="B49" s="98">
+      <c r="B49" s="100">
         <v>6403115</v>
       </c>
       <c r="C49" s="8" t="s">
         <v>348</v>
       </c>
       <c r="D49" s="9" t="s">
         <v>93</v>
       </c>
       <c r="E49" s="29" t="s">
         <v>232</v>
       </c>
     </row>
     <row r="50" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A50" s="85">
         <v>42</v>
       </c>
-      <c r="B50" s="98">
+      <c r="B50" s="100">
         <v>6403119</v>
       </c>
       <c r="C50" s="8" t="s">
         <v>352</v>
       </c>
       <c r="D50" s="9" t="s">
         <v>97</v>
       </c>
       <c r="E50" s="29" t="s">
         <v>236</v>
       </c>
     </row>
     <row r="51" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A51" s="85">
         <v>43</v>
       </c>
-      <c r="B51" s="98">
+      <c r="B51" s="100">
         <v>6403120</v>
       </c>
       <c r="C51" s="8" t="s">
         <v>353</v>
       </c>
       <c r="D51" s="9" t="s">
         <v>98</v>
       </c>
       <c r="E51" s="29" t="s">
         <v>237</v>
       </c>
     </row>
     <row r="52" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A52" s="85">
         <v>44</v>
       </c>
-      <c r="B52" s="98">
+      <c r="B52" s="100">
         <v>6403123</v>
       </c>
       <c r="C52" s="8" t="s">
         <v>356</v>
       </c>
       <c r="D52" s="9" t="s">
         <v>101</v>
       </c>
       <c r="E52" s="26" t="s">
         <v>240</v>
       </c>
     </row>
     <row r="53" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A53" s="85">
         <v>45</v>
       </c>
-      <c r="B53" s="98">
+      <c r="B53" s="100">
         <v>6403124</v>
       </c>
       <c r="C53" s="8" t="s">
         <v>357</v>
       </c>
       <c r="D53" s="9" t="s">
         <v>102</v>
       </c>
       <c r="E53" s="29" t="s">
         <v>241</v>
       </c>
     </row>
     <row r="54" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A54" s="85">
         <v>46</v>
       </c>
-      <c r="B54" s="98">
+      <c r="B54" s="100">
         <v>6403130</v>
       </c>
       <c r="C54" s="8" t="s">
         <v>361</v>
       </c>
       <c r="D54" s="9" t="s">
         <v>106</v>
       </c>
       <c r="E54" s="29" t="s">
         <v>245</v>
       </c>
     </row>
     <row r="55" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A55" s="85">
         <v>47</v>
       </c>
-      <c r="B55" s="98">
+      <c r="B55" s="100">
         <v>6403137</v>
       </c>
       <c r="C55" s="8" t="s">
         <v>366</v>
       </c>
       <c r="D55" s="9" t="s">
         <v>111</v>
       </c>
       <c r="E55" s="29" t="s">
         <v>250</v>
       </c>
     </row>
     <row r="56" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A56" s="85">
         <v>48</v>
       </c>
-      <c r="B56" s="98">
+      <c r="B56" s="100">
         <v>6403139</v>
       </c>
       <c r="C56" s="8" t="s">
         <v>368</v>
       </c>
       <c r="D56" s="9" t="s">
         <v>113</v>
       </c>
       <c r="E56" s="29" t="s">
         <v>252</v>
       </c>
     </row>
     <row r="57" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A57" s="85">
         <v>49</v>
       </c>
-      <c r="B57" s="98">
+      <c r="B57" s="100">
         <v>6403140</v>
       </c>
       <c r="C57" s="8" t="s">
         <v>369</v>
       </c>
       <c r="D57" s="9" t="s">
         <v>114</v>
       </c>
       <c r="E57" s="26" t="s">
         <v>253</v>
       </c>
     </row>
     <row r="58" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A58" s="85">
         <v>50</v>
       </c>
-      <c r="B58" s="98">
+      <c r="B58" s="100">
         <v>6403144</v>
       </c>
       <c r="C58" s="8" t="s">
         <v>373</v>
       </c>
       <c r="D58" s="9" t="s">
         <v>118</v>
       </c>
       <c r="E58" s="29" t="s">
         <v>256</v>
       </c>
     </row>
     <row r="59" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A59" s="85">
         <v>51</v>
       </c>
-      <c r="B59" s="98">
+      <c r="B59" s="100">
         <v>6403145</v>
       </c>
       <c r="C59" s="8" t="s">
         <v>374</v>
       </c>
       <c r="D59" s="9" t="s">
         <v>119</v>
       </c>
       <c r="E59" s="29" t="s">
         <v>257</v>
       </c>
     </row>
     <row r="60" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A60" s="85">
         <v>52</v>
       </c>
-      <c r="B60" s="98">
+      <c r="B60" s="100">
         <v>6403147</v>
       </c>
       <c r="C60" s="8" t="s">
         <v>375</v>
       </c>
       <c r="D60" s="9" t="s">
         <v>120</v>
       </c>
       <c r="E60" s="29" t="s">
         <v>258</v>
       </c>
     </row>
     <row r="61" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A61" s="85">
         <v>53</v>
       </c>
-      <c r="B61" s="98">
+      <c r="B61" s="100">
         <v>6403150</v>
       </c>
       <c r="C61" s="8" t="s">
         <v>378</v>
       </c>
       <c r="D61" s="9" t="s">
         <v>123</v>
       </c>
       <c r="E61" s="26" t="s">
         <v>261</v>
       </c>
     </row>
     <row r="62" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A62" s="85">
         <v>54</v>
       </c>
-      <c r="B62" s="98">
+      <c r="B62" s="100">
         <v>6403151</v>
       </c>
       <c r="C62" s="8" t="s">
         <v>379</v>
       </c>
       <c r="D62" s="9" t="s">
         <v>124</v>
       </c>
       <c r="E62" s="26" t="s">
         <v>262</v>
       </c>
     </row>
     <row r="63" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A63" s="85">
         <v>55</v>
       </c>
-      <c r="B63" s="98">
+      <c r="B63" s="100">
         <v>6403152</v>
       </c>
       <c r="C63" s="8" t="s">
         <v>380</v>
       </c>
       <c r="D63" s="9" t="s">
         <v>125</v>
       </c>
       <c r="E63" s="26" t="s">
         <v>263</v>
       </c>
     </row>
     <row r="64" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A64" s="85">
         <v>56</v>
       </c>
-      <c r="B64" s="98">
+      <c r="B64" s="100">
         <v>6403153</v>
       </c>
       <c r="C64" s="8" t="s">
         <v>381</v>
       </c>
       <c r="D64" s="9" t="s">
         <v>126</v>
       </c>
       <c r="E64" s="26" t="s">
         <v>264</v>
       </c>
     </row>
-    <row r="65" spans="1:26" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+    <row r="65" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A65" s="85">
         <v>57</v>
       </c>
-      <c r="B65" s="98">
+      <c r="B65" s="100">
         <v>6403155</v>
       </c>
       <c r="C65" s="8" t="s">
         <v>383</v>
       </c>
       <c r="D65" s="9" t="s">
         <v>128</v>
       </c>
       <c r="E65" s="26" t="s">
         <v>266</v>
       </c>
     </row>
-    <row r="66" spans="1:26" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+    <row r="66" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A66" s="85">
         <v>58</v>
       </c>
       <c r="B66" s="17">
         <v>6303081</v>
       </c>
       <c r="C66" s="18" t="s">
         <v>141</v>
       </c>
       <c r="D66" s="19" t="s">
         <v>140</v>
       </c>
       <c r="E66" s="35" t="s">
         <v>268</v>
       </c>
     </row>
-    <row r="67" spans="1:26" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+    <row r="67" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A67" s="85">
         <v>59</v>
       </c>
       <c r="B67" s="17">
         <v>6303106</v>
       </c>
       <c r="C67" s="18" t="s">
         <v>389</v>
       </c>
       <c r="D67" s="19" t="s">
         <v>390</v>
       </c>
       <c r="E67" s="34" t="s">
         <v>391</v>
       </c>
     </row>
-    <row r="68" spans="1:26" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+    <row r="68" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A68" s="85">
         <v>60</v>
       </c>
-      <c r="B68" s="96">
+      <c r="B68" s="98">
         <v>6203113</v>
       </c>
       <c r="C68" s="20" t="s">
         <v>392</v>
       </c>
       <c r="D68" s="21" t="s">
         <v>393</v>
       </c>
       <c r="E68" s="31" t="s">
         <v>394</v>
       </c>
     </row>
-    <row r="69" spans="1:26" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+    <row r="69" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A69" s="85">
         <v>61</v>
       </c>
       <c r="B69" s="22">
         <v>5603022</v>
       </c>
       <c r="C69" s="23" t="s">
         <v>396</v>
       </c>
       <c r="D69" s="24" t="s">
         <v>398</v>
       </c>
       <c r="E69" s="25" t="s">
         <v>400</v>
       </c>
     </row>
-    <row r="70" spans="1:26" s="62" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="70" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A70" s="85">
         <v>62</v>
       </c>
       <c r="B70" s="22">
         <v>5603110</v>
       </c>
       <c r="C70" s="23" t="s">
         <v>397</v>
       </c>
       <c r="D70" s="24" t="s">
         <v>399</v>
       </c>
       <c r="E70" s="25" t="s">
         <v>401</v>
       </c>
-      <c r="F70" s="61"/>
-[...21 lines deleted...]
-    <row r="71" spans="1:26" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+    </row>
+    <row r="71" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A71" s="54"/>
       <c r="B71" s="11"/>
       <c r="C71" s="12"/>
       <c r="D71" s="11"/>
       <c r="E71" s="30"/>
     </row>
-    <row r="72" spans="1:26" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+    <row r="72" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A72" s="54"/>
       <c r="B72" s="11"/>
       <c r="C72" s="12"/>
       <c r="D72" s="11"/>
-      <c r="E72" s="92"/>
-[...1 lines deleted...]
-    <row r="73" spans="1:26" s="53" customFormat="1" x14ac:dyDescent="0.5">
+      <c r="E72" s="94"/>
+    </row>
+    <row r="73" spans="1:5" s="53" customFormat="1" x14ac:dyDescent="0.5">
       <c r="E73" s="65"/>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A2:E2"/>
     <mergeCell ref="C3:D3"/>
     <mergeCell ref="A43:E43"/>
     <mergeCell ref="C44:D44"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="E17" r:id="rId1" xr:uid="{0CC047C5-EBC6-4A16-AE36-A3F3F3BBB77C}"/>
     <hyperlink ref="E67" r:id="rId2" xr:uid="{1A8C4721-8EB8-405C-9CEF-D3E47027EB66}"/>
     <hyperlink ref="E37" r:id="rId3" xr:uid="{8E5A4469-5380-471E-99C9-0ED7268F45AF}"/>
     <hyperlink ref="E31" r:id="rId4" xr:uid="{27831397-9108-4CB5-87F5-40F28641B77F}"/>
     <hyperlink ref="E4" r:id="rId5" xr:uid="{B1720238-4D99-4AC2-AE52-0E7DF04B3A38}"/>
     <hyperlink ref="E61" r:id="rId6" xr:uid="{2F5CBEA4-44E2-4CFD-B510-8530D97D85F7}"/>
     <hyperlink ref="E64" r:id="rId7" xr:uid="{97ED71D4-02C0-4B3A-9DDF-D520F4768C97}"/>
     <hyperlink ref="E10" r:id="rId8" xr:uid="{BD4AAFA0-9ADB-45FB-89AD-931FDF599430}"/>
     <hyperlink ref="E47" r:id="rId9" xr:uid="{EC91EF4E-6291-4535-A1D7-ED1259057244}"/>
     <hyperlink ref="E18" r:id="rId10" xr:uid="{1BF94D15-00F0-47D0-8420-590DAFD95227}"/>
     <hyperlink ref="E34" r:id="rId11" xr:uid="{72949DE1-7052-4CD8-9237-D1E40EBB8334}"/>
     <hyperlink ref="E52" r:id="rId12" xr:uid="{87EB4D63-7132-40DC-B890-3CF4473FC8D8}"/>
     <hyperlink ref="E26" r:id="rId13" xr:uid="{E0786CEA-E9F2-40B0-81B7-80E9297EC4AB}"/>
     <hyperlink ref="E62" r:id="rId14" xr:uid="{44612690-C008-4563-872B-471C054CEE2C}"/>
     <hyperlink ref="E63" r:id="rId15" xr:uid="{608E6EDE-E42A-472B-8419-C29395380154}"/>
     <hyperlink ref="E32" r:id="rId16" xr:uid="{3CB237EF-F276-4284-B6DE-5CB8BA14F164}"/>
     <hyperlink ref="E65" r:id="rId17" xr:uid="{75F73B93-3D92-4336-A33C-572EECA63568}"/>
     <hyperlink ref="E24" r:id="rId18" xr:uid="{96DA70DD-9C8C-4513-A0F8-97E2FEF59143}"/>
     <hyperlink ref="E20" r:id="rId19" xr:uid="{FE528C10-F7EE-447A-9F3C-6590B00B3EEF}"/>
     <hyperlink ref="E8" r:id="rId20" xr:uid="{E06722C3-F0B1-45BD-AF9C-4B1CCEEC82F6}"/>
     <hyperlink ref="E15" r:id="rId21" xr:uid="{1FC94601-08D9-4241-870C-E852C8B3FFE2}"/>
     <hyperlink ref="E57" r:id="rId22" xr:uid="{325A1D87-BD32-4F9D-8CC8-28F1459A811A}"/>
     <hyperlink ref="E16" r:id="rId23" xr:uid="{C9EE51EF-CD22-4921-8C34-8DCC114CCAFF}"/>
     <hyperlink ref="E35" r:id="rId24" xr:uid="{55BE3E73-591F-47D1-83DE-4698E6CB100E}"/>
     <hyperlink ref="E39" r:id="rId25" xr:uid="{00116C37-A38D-4C30-B4BC-0192420CD576}"/>
     <hyperlink ref="E5" r:id="rId26" xr:uid="{790804B8-A10F-41B9-811D-F8B09BFA302B}"/>
     <hyperlink ref="E6" r:id="rId27" xr:uid="{603DA5F2-C167-4711-809C-51C0B174082B}"/>
     <hyperlink ref="E7" r:id="rId28" xr:uid="{DE489B87-231F-49BA-9139-133DDA50868A}"/>
     <hyperlink ref="E45" r:id="rId29" xr:uid="{3ACD88E1-73DA-4AA5-8A67-EEF1A6C2C98A}"/>
     <hyperlink ref="E14" r:id="rId30" xr:uid="{4396D928-CC48-4F9B-A201-62B94C5B1180}"/>
     <hyperlink ref="E9" r:id="rId31" xr:uid="{BEEC4302-9ED4-4752-BDE3-6C7869BFD05D}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DE2BD610-487B-4560-980D-C3B94A2B487A}">
-  <sheetPr>
-[...2 lines deleted...]
-  <dimension ref="A1:Z73"/>
+  <dimension ref="A1:S73"/>
   <sheetViews>
-    <sheetView topLeftCell="A48" zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
-      <selection activeCell="E73" sqref="E73"/>
+    <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
+      <selection activeCell="G64" sqref="G64"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="21.75" x14ac:dyDescent="0.5"/>
   <cols>
     <col min="1" max="1" width="6.85546875" style="53" customWidth="1"/>
-    <col min="2" max="2" width="9" style="97" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="4" max="4" width="13.5703125" style="97" customWidth="1"/>
+    <col min="2" max="2" width="9" style="99" customWidth="1"/>
+    <col min="3" max="3" width="20.28515625" style="99" customWidth="1"/>
+    <col min="4" max="4" width="13.5703125" style="99" customWidth="1"/>
     <col min="5" max="5" width="38.85546875" style="36" customWidth="1"/>
-    <col min="6" max="6" width="9.140625" style="97"/>
-[...1 lines deleted...]
-    <col min="8" max="16384" width="9.140625" style="97"/>
+    <col min="6" max="6" width="9.140625" style="99"/>
+    <col min="7" max="7" width="17.140625" style="99" customWidth="1"/>
+    <col min="8" max="16384" width="9.140625" style="99"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A1" s="121" t="s">
+      <c r="A1" s="112" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="122"/>
-[...2 lines deleted...]
-      <c r="E1" s="122"/>
+      <c r="B1" s="113"/>
+      <c r="C1" s="113"/>
+      <c r="D1" s="113"/>
+      <c r="E1" s="113"/>
     </row>
     <row r="2" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A2" s="121" t="s">
+      <c r="A2" s="112" t="s">
         <v>432</v>
       </c>
-      <c r="B2" s="122"/>
-[...2 lines deleted...]
-      <c r="E2" s="122"/>
+      <c r="B2" s="113"/>
+      <c r="C2" s="113"/>
+      <c r="D2" s="113"/>
+      <c r="E2" s="113"/>
     </row>
     <row r="3" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A3" s="55" t="s">
         <v>1</v>
       </c>
-      <c r="B3" s="96" t="s">
+      <c r="B3" s="98" t="s">
         <v>2</v>
       </c>
-      <c r="C3" s="118" t="s">
+      <c r="C3" s="110" t="s">
         <v>3</v>
       </c>
-      <c r="D3" s="119"/>
+      <c r="D3" s="111"/>
       <c r="E3" s="27" t="s">
         <v>395</v>
       </c>
     </row>
     <row r="4" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A4" s="85">
         <v>1</v>
       </c>
-      <c r="B4" s="98">
+      <c r="B4" s="100">
         <v>6403003</v>
       </c>
       <c r="C4" s="8" t="s">
         <v>131</v>
       </c>
       <c r="D4" s="9" t="s">
         <v>5</v>
       </c>
       <c r="E4" s="26" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="5" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A5" s="85">
         <v>2</v>
       </c>
-      <c r="B5" s="98">
+      <c r="B5" s="100">
         <v>6403004</v>
       </c>
       <c r="C5" s="8" t="s">
         <v>274</v>
       </c>
       <c r="D5" s="9" t="s">
         <v>6</v>
       </c>
       <c r="E5" s="26" t="s">
         <v>146</v>
       </c>
     </row>
     <row r="6" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A6" s="85">
         <v>3</v>
       </c>
-      <c r="B6" s="98">
+      <c r="B6" s="100">
         <v>6403006</v>
       </c>
       <c r="C6" s="8" t="s">
         <v>133</v>
       </c>
       <c r="D6" s="9" t="s">
         <v>8</v>
       </c>
       <c r="E6" s="26" t="s">
         <v>148</v>
       </c>
     </row>
     <row r="7" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A7" s="85">
         <v>4</v>
       </c>
-      <c r="B7" s="98">
+      <c r="B7" s="100">
         <v>6403007</v>
       </c>
       <c r="C7" s="8" t="s">
         <v>134</v>
       </c>
       <c r="D7" s="9" t="s">
         <v>9</v>
       </c>
       <c r="E7" s="26" t="s">
         <v>149</v>
       </c>
     </row>
     <row r="8" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A8" s="85">
         <v>5</v>
       </c>
-      <c r="B8" s="98">
+      <c r="B8" s="100">
         <v>6403016</v>
       </c>
       <c r="C8" s="8" t="s">
         <v>275</v>
       </c>
       <c r="D8" s="9" t="s">
         <v>15</v>
       </c>
       <c r="E8" s="26" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="9" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A9" s="85">
         <v>6</v>
       </c>
-      <c r="B9" s="98">
+      <c r="B9" s="100">
         <v>6403019</v>
       </c>
       <c r="C9" s="8" t="s">
         <v>270</v>
       </c>
       <c r="D9" s="9" t="s">
         <v>18</v>
       </c>
       <c r="E9" s="26" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="10" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A10" s="85">
         <v>7</v>
       </c>
-      <c r="B10" s="98">
+      <c r="B10" s="100">
         <v>6403020</v>
       </c>
       <c r="C10" s="8" t="s">
         <v>271</v>
       </c>
       <c r="D10" s="9" t="s">
         <v>19</v>
       </c>
       <c r="E10" s="26" t="s">
         <v>159</v>
       </c>
     </row>
     <row r="11" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A11" s="85">
         <v>8</v>
       </c>
-      <c r="B11" s="98">
+      <c r="B11" s="100">
         <v>6403021</v>
       </c>
       <c r="C11" s="8" t="s">
         <v>277</v>
       </c>
       <c r="D11" s="9" t="s">
         <v>20</v>
       </c>
       <c r="E11" s="29" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="12" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A12" s="85">
         <v>9</v>
       </c>
-      <c r="B12" s="98">
+      <c r="B12" s="100">
         <v>6403022</v>
       </c>
       <c r="C12" s="8" t="s">
         <v>278</v>
       </c>
       <c r="D12" s="9" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="29" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="13" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A13" s="85">
         <v>10</v>
       </c>
-      <c r="B13" s="98">
+      <c r="B13" s="100">
         <v>6403026</v>
       </c>
       <c r="C13" s="8" t="s">
         <v>279</v>
       </c>
       <c r="D13" s="9" t="s">
         <v>24</v>
       </c>
       <c r="E13" s="29" t="s">
         <v>164</v>
       </c>
     </row>
     <row r="14" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A14" s="85">
         <v>11</v>
       </c>
-      <c r="B14" s="98">
+      <c r="B14" s="100">
         <v>6403035</v>
       </c>
       <c r="C14" s="8" t="s">
         <v>286</v>
       </c>
       <c r="D14" s="9" t="s">
         <v>31</v>
       </c>
       <c r="E14" s="26" t="s">
         <v>171</v>
       </c>
     </row>
     <row r="15" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A15" s="85">
         <v>12</v>
       </c>
-      <c r="B15" s="98">
+      <c r="B15" s="100">
         <v>6403036</v>
       </c>
       <c r="C15" s="8" t="s">
         <v>287</v>
       </c>
       <c r="D15" s="9" t="s">
         <v>32</v>
       </c>
       <c r="E15" s="26" t="s">
         <v>172</v>
       </c>
     </row>
     <row r="16" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A16" s="85">
         <v>13</v>
       </c>
-      <c r="B16" s="98">
+      <c r="B16" s="100">
         <v>6403040</v>
       </c>
       <c r="C16" s="8" t="s">
         <v>289</v>
       </c>
       <c r="D16" s="9" t="s">
         <v>34</v>
       </c>
       <c r="E16" s="26" t="s">
         <v>174</v>
       </c>
     </row>
     <row r="17" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A17" s="85">
         <v>14</v>
       </c>
-      <c r="B17" s="98">
+      <c r="B17" s="100">
         <v>6403042</v>
       </c>
       <c r="C17" s="8" t="s">
         <v>290</v>
       </c>
       <c r="D17" s="9" t="s">
         <v>35</v>
       </c>
       <c r="E17" s="26" t="s">
         <v>386</v>
       </c>
     </row>
     <row r="18" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A18" s="85">
         <v>15</v>
       </c>
-      <c r="B18" s="98">
+      <c r="B18" s="100">
         <v>6403043</v>
       </c>
       <c r="C18" s="8" t="s">
         <v>291</v>
       </c>
       <c r="D18" s="9" t="s">
         <v>36</v>
       </c>
       <c r="E18" s="26" t="s">
         <v>175</v>
       </c>
     </row>
     <row r="19" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A19" s="85">
         <v>16</v>
       </c>
-      <c r="B19" s="98">
+      <c r="B19" s="100">
         <v>6403046</v>
       </c>
       <c r="C19" s="8" t="s">
         <v>293</v>
       </c>
       <c r="D19" s="9" t="s">
         <v>38</v>
       </c>
       <c r="E19" s="29" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="20" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A20" s="85">
         <v>17</v>
       </c>
-      <c r="B20" s="98">
+      <c r="B20" s="100">
         <v>6403048</v>
       </c>
       <c r="C20" s="8" t="s">
         <v>294</v>
       </c>
       <c r="D20" s="9" t="s">
         <v>39</v>
       </c>
       <c r="E20" s="26" t="s">
         <v>178</v>
       </c>
     </row>
     <row r="21" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A21" s="85">
         <v>18</v>
       </c>
-      <c r="B21" s="98">
+      <c r="B21" s="100">
         <v>6403050</v>
       </c>
       <c r="C21" s="8" t="s">
         <v>301</v>
       </c>
       <c r="D21" s="9" t="s">
         <v>41</v>
       </c>
       <c r="E21" s="29" t="s">
         <v>180</v>
       </c>
     </row>
     <row r="22" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A22" s="85">
         <v>19</v>
       </c>
-      <c r="B22" s="98">
+      <c r="B22" s="100">
         <v>6403051</v>
       </c>
       <c r="C22" s="8" t="s">
         <v>302</v>
       </c>
       <c r="D22" s="9" t="s">
         <v>42</v>
       </c>
       <c r="E22" s="29" t="s">
         <v>181</v>
       </c>
     </row>
     <row r="23" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A23" s="85">
         <v>20</v>
       </c>
-      <c r="B23" s="98">
+      <c r="B23" s="100">
         <v>6403052</v>
       </c>
       <c r="C23" s="8" t="s">
         <v>303</v>
       </c>
       <c r="D23" s="9" t="s">
         <v>43</v>
       </c>
       <c r="E23" s="29" t="s">
         <v>182</v>
       </c>
     </row>
     <row r="24" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A24" s="85">
         <v>21</v>
       </c>
-      <c r="B24" s="98">
+      <c r="B24" s="100">
         <v>6403053</v>
       </c>
       <c r="C24" s="8" t="s">
         <v>295</v>
       </c>
       <c r="D24" s="9" t="s">
         <v>44</v>
       </c>
       <c r="E24" s="26" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="25" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A25" s="85">
         <v>22</v>
       </c>
-      <c r="B25" s="98">
+      <c r="B25" s="100">
         <v>6403058</v>
       </c>
       <c r="C25" s="8" t="s">
         <v>304</v>
       </c>
       <c r="D25" s="9" t="s">
         <v>49</v>
       </c>
       <c r="E25" s="31" t="s">
         <v>188</v>
       </c>
     </row>
     <row r="26" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A26" s="85">
         <v>23</v>
       </c>
-      <c r="B26" s="98">
+      <c r="B26" s="100">
         <v>6403061</v>
       </c>
       <c r="C26" s="8" t="s">
         <v>306</v>
       </c>
       <c r="D26" s="9" t="s">
         <v>51</v>
       </c>
       <c r="E26" s="26" t="s">
         <v>190</v>
       </c>
     </row>
     <row r="27" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A27" s="85">
         <v>24</v>
       </c>
-      <c r="B27" s="98">
+      <c r="B27" s="100">
         <v>6403062</v>
       </c>
       <c r="C27" s="8" t="s">
         <v>307</v>
       </c>
       <c r="D27" s="9" t="s">
         <v>52</v>
       </c>
       <c r="E27" s="29" t="s">
         <v>191</v>
       </c>
     </row>
     <row r="28" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A28" s="85">
         <v>25</v>
       </c>
-      <c r="B28" s="98">
+      <c r="B28" s="100">
         <v>6403064</v>
       </c>
       <c r="C28" s="8" t="s">
         <v>309</v>
       </c>
       <c r="D28" s="9" t="s">
         <v>54</v>
       </c>
       <c r="E28" s="29" t="s">
         <v>193</v>
       </c>
     </row>
     <row r="29" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A29" s="85">
         <v>26</v>
       </c>
-      <c r="B29" s="98">
+      <c r="B29" s="100">
         <v>6403067</v>
       </c>
       <c r="C29" s="8" t="s">
         <v>312</v>
       </c>
       <c r="D29" s="9" t="s">
         <v>57</v>
       </c>
       <c r="E29" s="29" t="s">
         <v>196</v>
       </c>
     </row>
     <row r="30" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A30" s="85">
         <v>27</v>
       </c>
-      <c r="B30" s="98">
+      <c r="B30" s="100">
         <v>6403069</v>
       </c>
       <c r="C30" s="8" t="s">
         <v>314</v>
       </c>
       <c r="D30" s="9" t="s">
         <v>59</v>
       </c>
       <c r="E30" s="29" t="s">
         <v>198</v>
       </c>
     </row>
     <row r="31" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A31" s="85">
         <v>28</v>
       </c>
-      <c r="B31" s="98">
+      <c r="B31" s="100">
         <v>6403072</v>
       </c>
       <c r="C31" s="8" t="s">
         <v>316</v>
       </c>
       <c r="D31" s="9" t="s">
         <v>61</v>
       </c>
       <c r="E31" s="26" t="s">
         <v>200</v>
       </c>
     </row>
     <row r="32" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A32" s="85">
         <v>29</v>
       </c>
-      <c r="B32" s="98">
+      <c r="B32" s="100">
         <v>6403076</v>
       </c>
       <c r="C32" s="8" t="s">
         <v>317</v>
       </c>
       <c r="D32" s="9" t="s">
         <v>62</v>
       </c>
       <c r="E32" s="51" t="s">
         <v>387</v>
       </c>
     </row>
     <row r="33" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A33" s="85">
         <v>30</v>
       </c>
-      <c r="B33" s="98">
+      <c r="B33" s="100">
         <v>6403077</v>
       </c>
       <c r="C33" s="8" t="s">
         <v>318</v>
       </c>
       <c r="D33" s="9" t="s">
         <v>63</v>
       </c>
       <c r="E33" s="29" t="s">
         <v>201</v>
       </c>
     </row>
     <row r="34" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A34" s="85">
         <v>31</v>
       </c>
-      <c r="B34" s="98">
+      <c r="B34" s="100">
         <v>6403078</v>
       </c>
       <c r="C34" s="8" t="s">
         <v>319</v>
       </c>
       <c r="D34" s="9" t="s">
         <v>64</v>
       </c>
       <c r="E34" s="26" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="35" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A35" s="85">
         <v>32</v>
       </c>
-      <c r="B35" s="98">
+      <c r="B35" s="100">
         <v>6403080</v>
       </c>
       <c r="C35" s="8" t="s">
         <v>321</v>
       </c>
       <c r="D35" s="9" t="s">
         <v>66</v>
       </c>
       <c r="E35" s="26" t="s">
         <v>204</v>
       </c>
     </row>
     <row r="36" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A36" s="85">
         <v>33</v>
       </c>
-      <c r="B36" s="98">
+      <c r="B36" s="100">
         <v>6403081</v>
       </c>
       <c r="C36" s="8" t="s">
         <v>322</v>
       </c>
       <c r="D36" s="9" t="s">
         <v>67</v>
       </c>
       <c r="E36" s="29" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="37" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A37" s="85">
         <v>34</v>
       </c>
-      <c r="B37" s="98">
+      <c r="B37" s="100">
         <v>6403083</v>
       </c>
       <c r="C37" s="8" t="s">
         <v>324</v>
       </c>
       <c r="D37" s="9" t="s">
         <v>69</v>
       </c>
       <c r="E37" s="26" t="s">
         <v>207</v>
       </c>
     </row>
     <row r="38" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A38" s="85">
         <v>35</v>
       </c>
-      <c r="B38" s="98">
+      <c r="B38" s="100">
         <v>6403086</v>
       </c>
       <c r="C38" s="8" t="s">
         <v>327</v>
       </c>
       <c r="D38" s="9" t="s">
         <v>72</v>
       </c>
       <c r="E38" s="29" t="s">
         <v>210</v>
       </c>
     </row>
     <row r="39" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A39" s="85">
         <v>36</v>
       </c>
-      <c r="B39" s="98">
+      <c r="B39" s="100">
         <v>6403087</v>
       </c>
       <c r="C39" s="8" t="s">
         <v>328</v>
       </c>
       <c r="D39" s="9" t="s">
         <v>66</v>
       </c>
       <c r="E39" s="26" t="s">
         <v>211</v>
       </c>
     </row>
     <row r="40" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A40" s="54"/>
       <c r="B40" s="11"/>
       <c r="C40" s="12"/>
       <c r="D40" s="11"/>
       <c r="E40" s="30"/>
       <c r="F40" s="11"/>
       <c r="G40" s="11"/>
       <c r="H40" s="11"/>
       <c r="I40" s="11"/>
       <c r="J40" s="11"/>
       <c r="K40" s="11"/>
       <c r="L40" s="11"/>
@@ -9447,1254 +9380,1230 @@
       <c r="R41" s="11"/>
       <c r="S41" s="11"/>
     </row>
     <row r="42" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A42" s="54"/>
       <c r="B42" s="11"/>
       <c r="C42" s="12"/>
       <c r="D42" s="11"/>
       <c r="E42" s="30"/>
       <c r="F42" s="11"/>
       <c r="G42" s="11"/>
       <c r="H42" s="11"/>
       <c r="I42" s="11"/>
       <c r="J42" s="11"/>
       <c r="K42" s="11"/>
       <c r="L42" s="11"/>
       <c r="M42" s="11"/>
       <c r="N42" s="11"/>
       <c r="O42" s="11"/>
       <c r="P42" s="11"/>
       <c r="Q42" s="11"/>
       <c r="R42" s="11"/>
       <c r="S42" s="11"/>
     </row>
     <row r="43" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A43" s="117" t="s">
+      <c r="A43" s="115" t="s">
         <v>419</v>
       </c>
-      <c r="B43" s="117"/>
-[...2 lines deleted...]
-      <c r="E43" s="117"/>
+      <c r="B43" s="115"/>
+      <c r="C43" s="115"/>
+      <c r="D43" s="115"/>
+      <c r="E43" s="115"/>
     </row>
     <row r="44" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A44" s="55" t="s">
         <v>1</v>
       </c>
-      <c r="B44" s="96" t="s">
+      <c r="B44" s="98" t="s">
         <v>2</v>
       </c>
-      <c r="C44" s="118" t="s">
+      <c r="C44" s="110" t="s">
         <v>3</v>
       </c>
-      <c r="D44" s="119"/>
+      <c r="D44" s="111"/>
       <c r="E44" s="27" t="s">
         <v>395</v>
       </c>
     </row>
     <row r="45" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A45" s="85">
         <v>37</v>
       </c>
-      <c r="B45" s="98">
+      <c r="B45" s="100">
         <v>6403093</v>
       </c>
       <c r="C45" s="8" t="s">
         <v>330</v>
       </c>
       <c r="D45" s="9" t="s">
         <v>75</v>
       </c>
       <c r="E45" s="26" t="s">
         <v>214</v>
       </c>
     </row>
     <row r="46" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A46" s="85">
         <v>38</v>
       </c>
-      <c r="B46" s="98">
+      <c r="B46" s="100">
         <v>6403096</v>
       </c>
       <c r="C46" s="8" t="s">
         <v>333</v>
       </c>
       <c r="D46" s="9" t="s">
         <v>78</v>
       </c>
       <c r="E46" s="29" t="s">
         <v>217</v>
       </c>
     </row>
     <row r="47" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A47" s="85">
         <v>39</v>
       </c>
-      <c r="B47" s="98">
+      <c r="B47" s="100">
         <v>6403106</v>
       </c>
       <c r="C47" s="8" t="s">
         <v>341</v>
       </c>
       <c r="D47" s="9" t="s">
         <v>86</v>
       </c>
       <c r="E47" s="26" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="48" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A48" s="85">
         <v>40</v>
       </c>
-      <c r="B48" s="98">
+      <c r="B48" s="100">
         <v>6403108</v>
       </c>
       <c r="C48" s="8" t="s">
         <v>342</v>
       </c>
       <c r="D48" s="9" t="s">
         <v>87</v>
       </c>
       <c r="E48" s="29" t="s">
         <v>226</v>
       </c>
     </row>
     <row r="49" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A49" s="85">
         <v>41</v>
       </c>
-      <c r="B49" s="98">
+      <c r="B49" s="100">
         <v>6403115</v>
       </c>
       <c r="C49" s="8" t="s">
         <v>348</v>
       </c>
       <c r="D49" s="9" t="s">
         <v>93</v>
       </c>
       <c r="E49" s="29" t="s">
         <v>232</v>
       </c>
     </row>
     <row r="50" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A50" s="85">
         <v>42</v>
       </c>
-      <c r="B50" s="98">
+      <c r="B50" s="100">
         <v>6403119</v>
       </c>
       <c r="C50" s="8" t="s">
         <v>352</v>
       </c>
       <c r="D50" s="9" t="s">
         <v>97</v>
       </c>
       <c r="E50" s="29" t="s">
         <v>236</v>
       </c>
     </row>
     <row r="51" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A51" s="85">
         <v>43</v>
       </c>
-      <c r="B51" s="98">
+      <c r="B51" s="100">
         <v>6403120</v>
       </c>
       <c r="C51" s="8" t="s">
         <v>353</v>
       </c>
       <c r="D51" s="9" t="s">
         <v>98</v>
       </c>
       <c r="E51" s="29" t="s">
         <v>237</v>
       </c>
     </row>
     <row r="52" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A52" s="85">
         <v>44</v>
       </c>
-      <c r="B52" s="98">
+      <c r="B52" s="100">
         <v>6403123</v>
       </c>
       <c r="C52" s="8" t="s">
         <v>356</v>
       </c>
       <c r="D52" s="9" t="s">
         <v>101</v>
       </c>
       <c r="E52" s="26" t="s">
         <v>240</v>
       </c>
     </row>
     <row r="53" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A53" s="85">
         <v>45</v>
       </c>
-      <c r="B53" s="98">
+      <c r="B53" s="100">
         <v>6403124</v>
       </c>
       <c r="C53" s="8" t="s">
         <v>357</v>
       </c>
       <c r="D53" s="9" t="s">
         <v>102</v>
       </c>
       <c r="E53" s="29" t="s">
         <v>241</v>
       </c>
     </row>
     <row r="54" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A54" s="85">
         <v>46</v>
       </c>
-      <c r="B54" s="98">
+      <c r="B54" s="100">
         <v>6403130</v>
       </c>
       <c r="C54" s="8" t="s">
         <v>361</v>
       </c>
       <c r="D54" s="9" t="s">
         <v>106</v>
       </c>
       <c r="E54" s="29" t="s">
         <v>245</v>
       </c>
     </row>
     <row r="55" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A55" s="85">
         <v>47</v>
       </c>
-      <c r="B55" s="98">
+      <c r="B55" s="100">
         <v>6403137</v>
       </c>
       <c r="C55" s="8" t="s">
         <v>366</v>
       </c>
       <c r="D55" s="9" t="s">
         <v>111</v>
       </c>
       <c r="E55" s="29" t="s">
         <v>250</v>
       </c>
     </row>
     <row r="56" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A56" s="85">
         <v>48</v>
       </c>
-      <c r="B56" s="98">
+      <c r="B56" s="100">
         <v>6403139</v>
       </c>
       <c r="C56" s="8" t="s">
         <v>368</v>
       </c>
       <c r="D56" s="9" t="s">
         <v>113</v>
       </c>
       <c r="E56" s="29" t="s">
         <v>252</v>
       </c>
     </row>
     <row r="57" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A57" s="85">
         <v>49</v>
       </c>
-      <c r="B57" s="98">
+      <c r="B57" s="100">
         <v>6403140</v>
       </c>
       <c r="C57" s="8" t="s">
         <v>369</v>
       </c>
       <c r="D57" s="9" t="s">
         <v>114</v>
       </c>
       <c r="E57" s="26" t="s">
         <v>253</v>
       </c>
     </row>
     <row r="58" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A58" s="85">
         <v>50</v>
       </c>
-      <c r="B58" s="98">
+      <c r="B58" s="100">
         <v>6403144</v>
       </c>
       <c r="C58" s="8" t="s">
         <v>373</v>
       </c>
       <c r="D58" s="9" t="s">
         <v>118</v>
       </c>
       <c r="E58" s="29" t="s">
         <v>256</v>
       </c>
     </row>
     <row r="59" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A59" s="85">
         <v>51</v>
       </c>
-      <c r="B59" s="98">
+      <c r="B59" s="100">
         <v>6403145</v>
       </c>
       <c r="C59" s="8" t="s">
         <v>374</v>
       </c>
       <c r="D59" s="9" t="s">
         <v>119</v>
       </c>
       <c r="E59" s="29" t="s">
         <v>257</v>
       </c>
     </row>
     <row r="60" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A60" s="85">
         <v>52</v>
       </c>
-      <c r="B60" s="98">
+      <c r="B60" s="100">
         <v>6403147</v>
       </c>
       <c r="C60" s="8" t="s">
         <v>375</v>
       </c>
       <c r="D60" s="9" t="s">
         <v>120</v>
       </c>
       <c r="E60" s="29" t="s">
         <v>258</v>
       </c>
     </row>
     <row r="61" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A61" s="85">
         <v>53</v>
       </c>
-      <c r="B61" s="98">
+      <c r="B61" s="100">
         <v>6403150</v>
       </c>
       <c r="C61" s="8" t="s">
         <v>378</v>
       </c>
       <c r="D61" s="9" t="s">
         <v>123</v>
       </c>
       <c r="E61" s="26" t="s">
         <v>261</v>
       </c>
     </row>
     <row r="62" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A62" s="85">
         <v>54</v>
       </c>
-      <c r="B62" s="98">
+      <c r="B62" s="100">
         <v>6403151</v>
       </c>
       <c r="C62" s="8" t="s">
         <v>379</v>
       </c>
       <c r="D62" s="9" t="s">
         <v>124</v>
       </c>
       <c r="E62" s="26" t="s">
         <v>262</v>
       </c>
     </row>
     <row r="63" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A63" s="85">
         <v>55</v>
       </c>
-      <c r="B63" s="98">
+      <c r="B63" s="100">
         <v>6403152</v>
       </c>
       <c r="C63" s="8" t="s">
         <v>380</v>
       </c>
       <c r="D63" s="9" t="s">
         <v>125</v>
       </c>
       <c r="E63" s="26" t="s">
         <v>263</v>
       </c>
     </row>
     <row r="64" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A64" s="85">
         <v>56</v>
       </c>
-      <c r="B64" s="98">
+      <c r="B64" s="100">
         <v>6403153</v>
       </c>
       <c r="C64" s="8" t="s">
         <v>381</v>
       </c>
       <c r="D64" s="9" t="s">
         <v>126</v>
       </c>
       <c r="E64" s="26" t="s">
         <v>264</v>
       </c>
     </row>
-    <row r="65" spans="1:26" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+    <row r="65" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A65" s="85">
         <v>57</v>
       </c>
-      <c r="B65" s="98">
+      <c r="B65" s="100">
         <v>6403155</v>
       </c>
       <c r="C65" s="8" t="s">
         <v>383</v>
       </c>
       <c r="D65" s="9" t="s">
         <v>128</v>
       </c>
       <c r="E65" s="26" t="s">
         <v>266</v>
       </c>
     </row>
-    <row r="66" spans="1:26" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+    <row r="66" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A66" s="85">
         <v>58</v>
       </c>
       <c r="B66" s="17">
         <v>6303081</v>
       </c>
       <c r="C66" s="18" t="s">
         <v>141</v>
       </c>
       <c r="D66" s="19" t="s">
         <v>140</v>
       </c>
       <c r="E66" s="35" t="s">
         <v>268</v>
       </c>
     </row>
-    <row r="67" spans="1:26" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+    <row r="67" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A67" s="85">
         <v>59</v>
       </c>
       <c r="B67" s="17">
         <v>6303106</v>
       </c>
       <c r="C67" s="18" t="s">
         <v>389</v>
       </c>
       <c r="D67" s="19" t="s">
         <v>390</v>
       </c>
       <c r="E67" s="34" t="s">
         <v>391</v>
       </c>
     </row>
-    <row r="68" spans="1:26" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+    <row r="68" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A68" s="85">
         <v>60</v>
       </c>
-      <c r="B68" s="96">
+      <c r="B68" s="98">
         <v>6203113</v>
       </c>
       <c r="C68" s="20" t="s">
         <v>392</v>
       </c>
       <c r="D68" s="21" t="s">
         <v>393</v>
       </c>
       <c r="E68" s="31" t="s">
         <v>394</v>
       </c>
     </row>
-    <row r="69" spans="1:26" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+    <row r="69" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A69" s="85">
         <v>61</v>
       </c>
       <c r="B69" s="22">
         <v>5603022</v>
       </c>
       <c r="C69" s="23" t="s">
         <v>396</v>
       </c>
       <c r="D69" s="24" t="s">
         <v>398</v>
       </c>
       <c r="E69" s="25" t="s">
         <v>400</v>
       </c>
     </row>
-    <row r="70" spans="1:26" s="62" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="70" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A70" s="85">
         <v>62</v>
       </c>
       <c r="B70" s="22">
         <v>5603110</v>
       </c>
       <c r="C70" s="23" t="s">
         <v>397</v>
       </c>
       <c r="D70" s="24" t="s">
         <v>399</v>
       </c>
       <c r="E70" s="25" t="s">
         <v>401</v>
       </c>
-      <c r="F70" s="61"/>
-[...21 lines deleted...]
-    <row r="71" spans="1:26" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+    </row>
+    <row r="71" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A71" s="54"/>
       <c r="B71" s="11"/>
       <c r="C71" s="12"/>
       <c r="D71" s="11"/>
       <c r="E71" s="30"/>
     </row>
-    <row r="72" spans="1:26" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+    <row r="72" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A72" s="54"/>
       <c r="B72" s="11"/>
       <c r="C72" s="12"/>
       <c r="D72" s="11"/>
-      <c r="E72" s="92"/>
-[...1 lines deleted...]
-    <row r="73" spans="1:26" s="53" customFormat="1" x14ac:dyDescent="0.5">
+      <c r="E72" s="94"/>
+    </row>
+    <row r="73" spans="1:5" s="53" customFormat="1" x14ac:dyDescent="0.5">
       <c r="E73" s="65"/>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A2:E2"/>
     <mergeCell ref="C3:D3"/>
     <mergeCell ref="A43:E43"/>
     <mergeCell ref="C44:D44"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="E17" r:id="rId1" xr:uid="{83C9C68E-1E71-4227-AF8D-30DF5F32CB1B}"/>
     <hyperlink ref="E67" r:id="rId2" xr:uid="{32F6D0AE-05D3-45D3-A6AA-FCB48B3CF84E}"/>
     <hyperlink ref="E37" r:id="rId3" xr:uid="{6CBC6FE8-8842-4CE2-8A77-536F02C16029}"/>
     <hyperlink ref="E31" r:id="rId4" xr:uid="{211ED0EF-9098-4303-9274-36304FA19D04}"/>
     <hyperlink ref="E4" r:id="rId5" xr:uid="{813AABB2-E6F6-4A79-96BF-DD7186F70045}"/>
     <hyperlink ref="E61" r:id="rId6" xr:uid="{BB3FD992-1D8D-4614-A464-5D5BDA0A4402}"/>
     <hyperlink ref="E64" r:id="rId7" xr:uid="{D4536E39-2568-4053-B58F-4BA8B8F021B4}"/>
     <hyperlink ref="E10" r:id="rId8" xr:uid="{4A0B7911-528E-4D3A-901C-4CB3C1A345AD}"/>
     <hyperlink ref="E47" r:id="rId9" xr:uid="{381EC68E-2395-4347-9C31-B129BF73117F}"/>
     <hyperlink ref="E18" r:id="rId10" xr:uid="{6130E750-ABF4-4735-A691-DA4A98592828}"/>
     <hyperlink ref="E34" r:id="rId11" xr:uid="{BC284370-C2AB-485E-913E-12CD4534BB60}"/>
     <hyperlink ref="E52" r:id="rId12" xr:uid="{A0111912-65C3-43B2-AE62-A5C6C4F9AF04}"/>
     <hyperlink ref="E26" r:id="rId13" xr:uid="{B78B86FB-3748-4457-AE5C-AA08E401BE26}"/>
     <hyperlink ref="E62" r:id="rId14" xr:uid="{F1C2E558-CD73-4DDF-9D88-26E61CC75BBC}"/>
     <hyperlink ref="E63" r:id="rId15" xr:uid="{2BC26975-F69A-4E59-A418-EEF757B7B90B}"/>
     <hyperlink ref="E32" r:id="rId16" xr:uid="{59482A62-7CCE-490B-A863-F6F04EFC96C3}"/>
     <hyperlink ref="E65" r:id="rId17" xr:uid="{BFF2E902-A360-4177-B080-DF543F2EC396}"/>
     <hyperlink ref="E24" r:id="rId18" xr:uid="{5979D4D0-2431-4397-984F-0FFB7D416097}"/>
     <hyperlink ref="E20" r:id="rId19" xr:uid="{6F6F3FA8-B29F-44B0-93FB-32384F9D79FF}"/>
     <hyperlink ref="E8" r:id="rId20" xr:uid="{F4719FC4-D5DA-4EEF-98BE-529B1326C779}"/>
     <hyperlink ref="E15" r:id="rId21" xr:uid="{E03094C1-9FA2-40D7-ABDE-2B04F33CA58F}"/>
     <hyperlink ref="E57" r:id="rId22" xr:uid="{80437B3A-5D08-49DB-ABA7-17EE0296C19E}"/>
     <hyperlink ref="E16" r:id="rId23" xr:uid="{FAD864EF-EAF9-40A6-BE8F-381AC1DCB3E3}"/>
     <hyperlink ref="E35" r:id="rId24" xr:uid="{B6DD7FDC-94FA-4C78-9E9C-E999CD6BF7F6}"/>
     <hyperlink ref="E39" r:id="rId25" xr:uid="{0D0298D0-3629-4485-848F-19FAF73E14B1}"/>
     <hyperlink ref="E5" r:id="rId26" xr:uid="{42F74401-D270-4B23-A218-A52364750F3E}"/>
     <hyperlink ref="E6" r:id="rId27" xr:uid="{0FB24439-1C83-41E6-A144-544ABFBF0E66}"/>
     <hyperlink ref="E7" r:id="rId28" xr:uid="{1D4B1BB2-5562-4A37-93ED-42D99A997002}"/>
     <hyperlink ref="E45" r:id="rId29" xr:uid="{987653F4-2043-4107-B0C1-9E75D1D840EC}"/>
     <hyperlink ref="E14" r:id="rId30" xr:uid="{10815E3D-3F89-40AE-8229-6CD804B09085}"/>
     <hyperlink ref="E9" r:id="rId31" xr:uid="{F6FC487F-B991-4C01-BBC8-75957289C6BD}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{236B60BC-D174-458A-A914-D6762BC604D7}">
-  <sheetPr>
-[...2 lines deleted...]
-  <dimension ref="A1:Z73"/>
+  <dimension ref="A1:S73"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
-      <selection activeCell="F17" sqref="F17"/>
+    <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
+      <selection activeCell="G59" sqref="G59"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="21.75" x14ac:dyDescent="0.5"/>
   <cols>
     <col min="1" max="1" width="6.85546875" style="53" customWidth="1"/>
-    <col min="2" max="2" width="9" style="97" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="4" max="4" width="13.5703125" style="97" customWidth="1"/>
+    <col min="2" max="2" width="9" style="99" customWidth="1"/>
+    <col min="3" max="3" width="20.28515625" style="99" customWidth="1"/>
+    <col min="4" max="4" width="13.5703125" style="99" customWidth="1"/>
     <col min="5" max="5" width="38.85546875" style="36" customWidth="1"/>
-    <col min="6" max="6" width="12.7109375" style="97" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="8" max="16384" width="9.140625" style="97"/>
+    <col min="6" max="6" width="9.140625" style="99"/>
+    <col min="7" max="7" width="17.140625" style="99" customWidth="1"/>
+    <col min="8" max="16384" width="9.140625" style="99"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A1" s="121" t="s">
+      <c r="A1" s="112" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="122"/>
-[...2 lines deleted...]
-      <c r="E1" s="122"/>
+      <c r="B1" s="113"/>
+      <c r="C1" s="113"/>
+      <c r="D1" s="113"/>
+      <c r="E1" s="113"/>
     </row>
     <row r="2" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A2" s="121" t="s">
+      <c r="A2" s="112" t="s">
         <v>433</v>
       </c>
-      <c r="B2" s="122"/>
-[...2 lines deleted...]
-      <c r="E2" s="122"/>
+      <c r="B2" s="113"/>
+      <c r="C2" s="113"/>
+      <c r="D2" s="113"/>
+      <c r="E2" s="113"/>
     </row>
     <row r="3" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A3" s="55" t="s">
         <v>1</v>
       </c>
-      <c r="B3" s="96" t="s">
+      <c r="B3" s="98" t="s">
         <v>2</v>
       </c>
-      <c r="C3" s="118" t="s">
+      <c r="C3" s="110" t="s">
         <v>3</v>
       </c>
-      <c r="D3" s="119"/>
+      <c r="D3" s="111"/>
       <c r="E3" s="27" t="s">
         <v>395</v>
       </c>
     </row>
     <row r="4" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A4" s="85">
         <v>1</v>
       </c>
-      <c r="B4" s="98">
+      <c r="B4" s="100">
         <v>6403003</v>
       </c>
       <c r="C4" s="8" t="s">
         <v>131</v>
       </c>
       <c r="D4" s="9" t="s">
         <v>5</v>
       </c>
       <c r="E4" s="26" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="5" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A5" s="85">
         <v>2</v>
       </c>
-      <c r="B5" s="98">
+      <c r="B5" s="100">
         <v>6403004</v>
       </c>
       <c r="C5" s="8" t="s">
         <v>274</v>
       </c>
       <c r="D5" s="9" t="s">
         <v>6</v>
       </c>
       <c r="E5" s="26" t="s">
         <v>146</v>
       </c>
     </row>
     <row r="6" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A6" s="85">
         <v>3</v>
       </c>
-      <c r="B6" s="98">
+      <c r="B6" s="100">
         <v>6403006</v>
       </c>
       <c r="C6" s="8" t="s">
         <v>133</v>
       </c>
       <c r="D6" s="9" t="s">
         <v>8</v>
       </c>
       <c r="E6" s="26" t="s">
         <v>148</v>
       </c>
     </row>
     <row r="7" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A7" s="85">
         <v>4</v>
       </c>
-      <c r="B7" s="98">
+      <c r="B7" s="100">
         <v>6403007</v>
       </c>
       <c r="C7" s="8" t="s">
         <v>134</v>
       </c>
       <c r="D7" s="9" t="s">
         <v>9</v>
       </c>
       <c r="E7" s="26" t="s">
         <v>149</v>
       </c>
     </row>
     <row r="8" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A8" s="85">
         <v>5</v>
       </c>
-      <c r="B8" s="98">
+      <c r="B8" s="100">
         <v>6403016</v>
       </c>
       <c r="C8" s="8" t="s">
         <v>275</v>
       </c>
       <c r="D8" s="9" t="s">
         <v>15</v>
       </c>
       <c r="E8" s="26" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="9" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A9" s="85">
         <v>6</v>
       </c>
-      <c r="B9" s="98">
+      <c r="B9" s="100">
         <v>6403019</v>
       </c>
       <c r="C9" s="8" t="s">
         <v>270</v>
       </c>
       <c r="D9" s="9" t="s">
         <v>18</v>
       </c>
       <c r="E9" s="26" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="10" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A10" s="85">
         <v>7</v>
       </c>
-      <c r="B10" s="98">
+      <c r="B10" s="100">
         <v>6403020</v>
       </c>
       <c r="C10" s="8" t="s">
         <v>271</v>
       </c>
       <c r="D10" s="9" t="s">
         <v>19</v>
       </c>
       <c r="E10" s="26" t="s">
         <v>159</v>
       </c>
     </row>
     <row r="11" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A11" s="85">
         <v>8</v>
       </c>
-      <c r="B11" s="98">
+      <c r="B11" s="100">
         <v>6403021</v>
       </c>
       <c r="C11" s="8" t="s">
         <v>277</v>
       </c>
       <c r="D11" s="9" t="s">
         <v>20</v>
       </c>
       <c r="E11" s="29" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="12" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A12" s="85">
         <v>9</v>
       </c>
-      <c r="B12" s="98">
+      <c r="B12" s="100">
         <v>6403022</v>
       </c>
       <c r="C12" s="8" t="s">
         <v>278</v>
       </c>
       <c r="D12" s="9" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="29" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="13" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A13" s="85">
         <v>10</v>
       </c>
-      <c r="B13" s="98">
+      <c r="B13" s="100">
         <v>6403026</v>
       </c>
       <c r="C13" s="8" t="s">
         <v>279</v>
       </c>
       <c r="D13" s="9" t="s">
         <v>24</v>
       </c>
       <c r="E13" s="29" t="s">
         <v>164</v>
       </c>
     </row>
     <row r="14" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A14" s="85">
         <v>11</v>
       </c>
-      <c r="B14" s="98">
+      <c r="B14" s="100">
         <v>6403035</v>
       </c>
       <c r="C14" s="8" t="s">
         <v>286</v>
       </c>
       <c r="D14" s="9" t="s">
         <v>31</v>
       </c>
       <c r="E14" s="26" t="s">
         <v>171</v>
       </c>
     </row>
     <row r="15" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A15" s="85">
         <v>12</v>
       </c>
-      <c r="B15" s="98">
+      <c r="B15" s="100">
         <v>6403036</v>
       </c>
       <c r="C15" s="8" t="s">
         <v>287</v>
       </c>
       <c r="D15" s="9" t="s">
         <v>32</v>
       </c>
       <c r="E15" s="26" t="s">
         <v>172</v>
       </c>
     </row>
     <row r="16" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A16" s="85">
         <v>13</v>
       </c>
-      <c r="B16" s="98">
+      <c r="B16" s="100">
         <v>6403040</v>
       </c>
       <c r="C16" s="8" t="s">
         <v>289</v>
       </c>
       <c r="D16" s="9" t="s">
         <v>34</v>
       </c>
       <c r="E16" s="26" t="s">
         <v>174</v>
       </c>
     </row>
     <row r="17" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A17" s="85">
         <v>14</v>
       </c>
-      <c r="B17" s="98">
+      <c r="B17" s="100">
         <v>6403042</v>
       </c>
       <c r="C17" s="8" t="s">
         <v>290</v>
       </c>
       <c r="D17" s="9" t="s">
         <v>35</v>
       </c>
       <c r="E17" s="26" t="s">
         <v>386</v>
       </c>
     </row>
     <row r="18" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A18" s="85">
         <v>15</v>
       </c>
-      <c r="B18" s="98">
+      <c r="B18" s="100">
         <v>6403043</v>
       </c>
       <c r="C18" s="8" t="s">
         <v>291</v>
       </c>
       <c r="D18" s="9" t="s">
         <v>36</v>
       </c>
       <c r="E18" s="26" t="s">
         <v>175</v>
       </c>
     </row>
     <row r="19" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A19" s="85">
         <v>16</v>
       </c>
-      <c r="B19" s="98">
+      <c r="B19" s="100">
         <v>6403046</v>
       </c>
       <c r="C19" s="8" t="s">
         <v>293</v>
       </c>
       <c r="D19" s="9" t="s">
         <v>38</v>
       </c>
       <c r="E19" s="29" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="20" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A20" s="85">
         <v>17</v>
       </c>
-      <c r="B20" s="98">
+      <c r="B20" s="100">
         <v>6403048</v>
       </c>
       <c r="C20" s="8" t="s">
         <v>294</v>
       </c>
       <c r="D20" s="9" t="s">
         <v>39</v>
       </c>
       <c r="E20" s="26" t="s">
         <v>178</v>
       </c>
     </row>
     <row r="21" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A21" s="85">
         <v>18</v>
       </c>
-      <c r="B21" s="98">
+      <c r="B21" s="100">
         <v>6403050</v>
       </c>
       <c r="C21" s="8" t="s">
         <v>301</v>
       </c>
       <c r="D21" s="9" t="s">
         <v>41</v>
       </c>
       <c r="E21" s="29" t="s">
         <v>180</v>
       </c>
     </row>
     <row r="22" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A22" s="85">
         <v>19</v>
       </c>
-      <c r="B22" s="98">
+      <c r="B22" s="100">
         <v>6403051</v>
       </c>
       <c r="C22" s="8" t="s">
         <v>302</v>
       </c>
       <c r="D22" s="9" t="s">
         <v>42</v>
       </c>
       <c r="E22" s="29" t="s">
         <v>181</v>
       </c>
     </row>
     <row r="23" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A23" s="85">
         <v>20</v>
       </c>
-      <c r="B23" s="98">
+      <c r="B23" s="100">
         <v>6403052</v>
       </c>
       <c r="C23" s="8" t="s">
         <v>303</v>
       </c>
       <c r="D23" s="9" t="s">
         <v>43</v>
       </c>
       <c r="E23" s="29" t="s">
         <v>182</v>
       </c>
     </row>
     <row r="24" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A24" s="85">
         <v>21</v>
       </c>
-      <c r="B24" s="98">
+      <c r="B24" s="100">
         <v>6403053</v>
       </c>
       <c r="C24" s="8" t="s">
         <v>295</v>
       </c>
       <c r="D24" s="9" t="s">
         <v>44</v>
       </c>
       <c r="E24" s="26" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="25" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A25" s="85">
         <v>22</v>
       </c>
-      <c r="B25" s="98">
+      <c r="B25" s="100">
         <v>6403058</v>
       </c>
       <c r="C25" s="8" t="s">
         <v>304</v>
       </c>
       <c r="D25" s="9" t="s">
         <v>49</v>
       </c>
       <c r="E25" s="31" t="s">
         <v>188</v>
       </c>
     </row>
     <row r="26" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A26" s="85">
         <v>23</v>
       </c>
-      <c r="B26" s="98">
+      <c r="B26" s="100">
         <v>6403061</v>
       </c>
       <c r="C26" s="8" t="s">
         <v>306</v>
       </c>
       <c r="D26" s="9" t="s">
         <v>51</v>
       </c>
       <c r="E26" s="26" t="s">
         <v>190</v>
       </c>
     </row>
     <row r="27" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A27" s="85">
         <v>24</v>
       </c>
-      <c r="B27" s="98">
+      <c r="B27" s="100">
         <v>6403062</v>
       </c>
       <c r="C27" s="8" t="s">
         <v>307</v>
       </c>
       <c r="D27" s="9" t="s">
         <v>52</v>
       </c>
       <c r="E27" s="29" t="s">
         <v>191</v>
       </c>
     </row>
     <row r="28" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A28" s="85">
         <v>25</v>
       </c>
-      <c r="B28" s="98">
+      <c r="B28" s="100">
         <v>6403064</v>
       </c>
       <c r="C28" s="8" t="s">
         <v>309</v>
       </c>
       <c r="D28" s="9" t="s">
         <v>54</v>
       </c>
       <c r="E28" s="29" t="s">
         <v>193</v>
       </c>
     </row>
     <row r="29" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A29" s="85">
         <v>26</v>
       </c>
-      <c r="B29" s="98">
+      <c r="B29" s="100">
         <v>6403067</v>
       </c>
       <c r="C29" s="8" t="s">
         <v>312</v>
       </c>
       <c r="D29" s="9" t="s">
         <v>57</v>
       </c>
       <c r="E29" s="29" t="s">
         <v>196</v>
       </c>
     </row>
     <row r="30" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A30" s="85">
         <v>27</v>
       </c>
-      <c r="B30" s="98">
+      <c r="B30" s="100">
         <v>6403069</v>
       </c>
       <c r="C30" s="8" t="s">
         <v>314</v>
       </c>
       <c r="D30" s="9" t="s">
         <v>59</v>
       </c>
       <c r="E30" s="29" t="s">
         <v>198</v>
       </c>
     </row>
     <row r="31" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A31" s="85">
         <v>28</v>
       </c>
-      <c r="B31" s="98">
+      <c r="B31" s="100">
         <v>6403072</v>
       </c>
       <c r="C31" s="8" t="s">
         <v>316</v>
       </c>
       <c r="D31" s="9" t="s">
         <v>61</v>
       </c>
       <c r="E31" s="26" t="s">
         <v>200</v>
       </c>
     </row>
     <row r="32" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A32" s="85">
         <v>29</v>
       </c>
-      <c r="B32" s="98">
+      <c r="B32" s="100">
         <v>6403076</v>
       </c>
       <c r="C32" s="8" t="s">
         <v>317</v>
       </c>
       <c r="D32" s="9" t="s">
         <v>62</v>
       </c>
       <c r="E32" s="51" t="s">
         <v>387</v>
       </c>
     </row>
     <row r="33" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A33" s="85">
         <v>30</v>
       </c>
-      <c r="B33" s="98">
+      <c r="B33" s="100">
         <v>6403077</v>
       </c>
       <c r="C33" s="8" t="s">
         <v>318</v>
       </c>
       <c r="D33" s="9" t="s">
         <v>63</v>
       </c>
       <c r="E33" s="29" t="s">
         <v>201</v>
       </c>
     </row>
     <row r="34" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A34" s="85">
         <v>31</v>
       </c>
-      <c r="B34" s="98">
+      <c r="B34" s="100">
         <v>6403078</v>
       </c>
       <c r="C34" s="8" t="s">
         <v>319</v>
       </c>
       <c r="D34" s="9" t="s">
         <v>64</v>
       </c>
       <c r="E34" s="26" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="35" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A35" s="85">
         <v>32</v>
       </c>
-      <c r="B35" s="98">
+      <c r="B35" s="100">
         <v>6403080</v>
       </c>
       <c r="C35" s="8" t="s">
         <v>321</v>
       </c>
       <c r="D35" s="9" t="s">
         <v>66</v>
       </c>
       <c r="E35" s="26" t="s">
         <v>204</v>
       </c>
     </row>
     <row r="36" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A36" s="85">
         <v>33</v>
       </c>
-      <c r="B36" s="98">
+      <c r="B36" s="100">
         <v>6403081</v>
       </c>
       <c r="C36" s="8" t="s">
         <v>322</v>
       </c>
       <c r="D36" s="9" t="s">
         <v>67</v>
       </c>
       <c r="E36" s="29" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="37" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A37" s="85">
         <v>34</v>
       </c>
-      <c r="B37" s="98">
+      <c r="B37" s="100">
         <v>6403083</v>
       </c>
       <c r="C37" s="8" t="s">
         <v>324</v>
       </c>
       <c r="D37" s="9" t="s">
         <v>69</v>
       </c>
       <c r="E37" s="26" t="s">
         <v>207</v>
       </c>
     </row>
     <row r="38" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A38" s="85">
         <v>35</v>
       </c>
-      <c r="B38" s="98">
+      <c r="B38" s="100">
         <v>6403086</v>
       </c>
       <c r="C38" s="8" t="s">
         <v>327</v>
       </c>
       <c r="D38" s="9" t="s">
         <v>72</v>
       </c>
       <c r="E38" s="29" t="s">
         <v>210</v>
       </c>
     </row>
     <row r="39" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A39" s="85">
         <v>36</v>
       </c>
-      <c r="B39" s="98">
+      <c r="B39" s="100">
         <v>6403087</v>
       </c>
       <c r="C39" s="8" t="s">
         <v>328</v>
       </c>
       <c r="D39" s="9" t="s">
         <v>66</v>
       </c>
       <c r="E39" s="26" t="s">
         <v>211</v>
       </c>
     </row>
     <row r="40" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A40" s="54"/>
       <c r="B40" s="11"/>
       <c r="C40" s="12"/>
       <c r="D40" s="11"/>
       <c r="E40" s="30"/>
       <c r="F40" s="11"/>
       <c r="G40" s="11"/>
       <c r="H40" s="11"/>
       <c r="I40" s="11"/>
       <c r="J40" s="11"/>
       <c r="K40" s="11"/>
       <c r="L40" s="11"/>
@@ -10727,1204 +10636,1195 @@
       <c r="R41" s="11"/>
       <c r="S41" s="11"/>
     </row>
     <row r="42" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A42" s="54"/>
       <c r="B42" s="11"/>
       <c r="C42" s="12"/>
       <c r="D42" s="11"/>
       <c r="E42" s="30"/>
       <c r="F42" s="11"/>
       <c r="G42" s="11"/>
       <c r="H42" s="11"/>
       <c r="I42" s="11"/>
       <c r="J42" s="11"/>
       <c r="K42" s="11"/>
       <c r="L42" s="11"/>
       <c r="M42" s="11"/>
       <c r="N42" s="11"/>
       <c r="O42" s="11"/>
       <c r="P42" s="11"/>
       <c r="Q42" s="11"/>
       <c r="R42" s="11"/>
       <c r="S42" s="11"/>
     </row>
     <row r="43" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A43" s="117" t="s">
+      <c r="A43" s="115" t="s">
         <v>419</v>
       </c>
-      <c r="B43" s="117"/>
-[...2 lines deleted...]
-      <c r="E43" s="117"/>
+      <c r="B43" s="115"/>
+      <c r="C43" s="115"/>
+      <c r="D43" s="115"/>
+      <c r="E43" s="115"/>
     </row>
     <row r="44" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A44" s="55" t="s">
         <v>1</v>
       </c>
-      <c r="B44" s="96" t="s">
+      <c r="B44" s="98" t="s">
         <v>2</v>
       </c>
-      <c r="C44" s="118" t="s">
+      <c r="C44" s="110" t="s">
         <v>3</v>
       </c>
-      <c r="D44" s="119"/>
+      <c r="D44" s="111"/>
       <c r="E44" s="27" t="s">
         <v>395</v>
       </c>
     </row>
     <row r="45" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A45" s="85">
         <v>37</v>
       </c>
-      <c r="B45" s="98">
+      <c r="B45" s="100">
         <v>6403093</v>
       </c>
       <c r="C45" s="8" t="s">
         <v>330</v>
       </c>
       <c r="D45" s="9" t="s">
         <v>75</v>
       </c>
       <c r="E45" s="26" t="s">
         <v>214</v>
       </c>
     </row>
     <row r="46" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A46" s="85">
         <v>38</v>
       </c>
-      <c r="B46" s="98">
+      <c r="B46" s="100">
         <v>6403096</v>
       </c>
       <c r="C46" s="8" t="s">
         <v>333</v>
       </c>
       <c r="D46" s="9" t="s">
         <v>78</v>
       </c>
       <c r="E46" s="29" t="s">
         <v>217</v>
       </c>
     </row>
     <row r="47" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A47" s="85">
         <v>39</v>
       </c>
-      <c r="B47" s="98">
+      <c r="B47" s="100">
         <v>6403106</v>
       </c>
       <c r="C47" s="8" t="s">
         <v>341</v>
       </c>
       <c r="D47" s="9" t="s">
         <v>86</v>
       </c>
       <c r="E47" s="26" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="48" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A48" s="85">
         <v>40</v>
       </c>
-      <c r="B48" s="98">
+      <c r="B48" s="100">
         <v>6403108</v>
       </c>
       <c r="C48" s="8" t="s">
         <v>342</v>
       </c>
       <c r="D48" s="9" t="s">
         <v>87</v>
       </c>
       <c r="E48" s="29" t="s">
         <v>226</v>
       </c>
     </row>
     <row r="49" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A49" s="85">
         <v>41</v>
       </c>
-      <c r="B49" s="98">
+      <c r="B49" s="100">
         <v>6403115</v>
       </c>
       <c r="C49" s="8" t="s">
         <v>348</v>
       </c>
       <c r="D49" s="9" t="s">
         <v>93</v>
       </c>
       <c r="E49" s="29" t="s">
         <v>232</v>
       </c>
     </row>
     <row r="50" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A50" s="85">
         <v>42</v>
       </c>
-      <c r="B50" s="98">
+      <c r="B50" s="100">
         <v>6403119</v>
       </c>
       <c r="C50" s="8" t="s">
         <v>352</v>
       </c>
       <c r="D50" s="9" t="s">
         <v>97</v>
       </c>
       <c r="E50" s="29" t="s">
         <v>236</v>
       </c>
     </row>
     <row r="51" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A51" s="85">
         <v>43</v>
       </c>
-      <c r="B51" s="98">
+      <c r="B51" s="100">
         <v>6403120</v>
       </c>
       <c r="C51" s="8" t="s">
         <v>353</v>
       </c>
       <c r="D51" s="9" t="s">
         <v>98</v>
       </c>
       <c r="E51" s="29" t="s">
         <v>237</v>
       </c>
     </row>
     <row r="52" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A52" s="85">
         <v>44</v>
       </c>
-      <c r="B52" s="98">
+      <c r="B52" s="100">
         <v>6403123</v>
       </c>
       <c r="C52" s="8" t="s">
         <v>356</v>
       </c>
       <c r="D52" s="9" t="s">
         <v>101</v>
       </c>
       <c r="E52" s="26" t="s">
         <v>240</v>
       </c>
     </row>
     <row r="53" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A53" s="85">
         <v>45</v>
       </c>
-      <c r="B53" s="98">
+      <c r="B53" s="100">
         <v>6403124</v>
       </c>
       <c r="C53" s="8" t="s">
         <v>357</v>
       </c>
       <c r="D53" s="9" t="s">
         <v>102</v>
       </c>
       <c r="E53" s="29" t="s">
         <v>241</v>
       </c>
     </row>
     <row r="54" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A54" s="85">
         <v>46</v>
       </c>
-      <c r="B54" s="98">
+      <c r="B54" s="100">
         <v>6403130</v>
       </c>
       <c r="C54" s="8" t="s">
         <v>361</v>
       </c>
       <c r="D54" s="9" t="s">
         <v>106</v>
       </c>
       <c r="E54" s="29" t="s">
         <v>245</v>
       </c>
     </row>
     <row r="55" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A55" s="85">
         <v>47</v>
       </c>
-      <c r="B55" s="98">
+      <c r="B55" s="100">
         <v>6403137</v>
       </c>
       <c r="C55" s="8" t="s">
         <v>366</v>
       </c>
       <c r="D55" s="9" t="s">
         <v>111</v>
       </c>
       <c r="E55" s="29" t="s">
         <v>250</v>
       </c>
     </row>
     <row r="56" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A56" s="85">
         <v>48</v>
       </c>
-      <c r="B56" s="98">
+      <c r="B56" s="100">
         <v>6403139</v>
       </c>
       <c r="C56" s="8" t="s">
         <v>368</v>
       </c>
       <c r="D56" s="9" t="s">
         <v>113</v>
       </c>
       <c r="E56" s="29" t="s">
         <v>252</v>
       </c>
     </row>
     <row r="57" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A57" s="85">
         <v>49</v>
       </c>
-      <c r="B57" s="98">
+      <c r="B57" s="100">
         <v>6403140</v>
       </c>
       <c r="C57" s="8" t="s">
         <v>369</v>
       </c>
       <c r="D57" s="9" t="s">
         <v>114</v>
       </c>
       <c r="E57" s="26" t="s">
         <v>253</v>
       </c>
     </row>
     <row r="58" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A58" s="85">
         <v>50</v>
       </c>
-      <c r="B58" s="98">
+      <c r="B58" s="100">
         <v>6403144</v>
       </c>
       <c r="C58" s="8" t="s">
         <v>373</v>
       </c>
       <c r="D58" s="9" t="s">
         <v>118</v>
       </c>
       <c r="E58" s="29" t="s">
         <v>256</v>
       </c>
     </row>
     <row r="59" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A59" s="85">
         <v>51</v>
       </c>
-      <c r="B59" s="98">
+      <c r="B59" s="100">
         <v>6403145</v>
       </c>
       <c r="C59" s="8" t="s">
         <v>374</v>
       </c>
       <c r="D59" s="9" t="s">
         <v>119</v>
       </c>
       <c r="E59" s="29" t="s">
         <v>257</v>
       </c>
     </row>
     <row r="60" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A60" s="85">
         <v>52</v>
       </c>
-      <c r="B60" s="98">
+      <c r="B60" s="100">
         <v>6403147</v>
       </c>
       <c r="C60" s="8" t="s">
         <v>375</v>
       </c>
       <c r="D60" s="9" t="s">
         <v>120</v>
       </c>
       <c r="E60" s="29" t="s">
         <v>258</v>
       </c>
     </row>
     <row r="61" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A61" s="85">
         <v>53</v>
       </c>
-      <c r="B61" s="98">
+      <c r="B61" s="100">
         <v>6403150</v>
       </c>
       <c r="C61" s="8" t="s">
         <v>378</v>
       </c>
       <c r="D61" s="9" t="s">
         <v>123</v>
       </c>
       <c r="E61" s="26" t="s">
         <v>261</v>
       </c>
     </row>
     <row r="62" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A62" s="85">
         <v>54</v>
       </c>
-      <c r="B62" s="98">
+      <c r="B62" s="100">
         <v>6403151</v>
       </c>
       <c r="C62" s="8" t="s">
         <v>379</v>
       </c>
       <c r="D62" s="9" t="s">
         <v>124</v>
       </c>
       <c r="E62" s="26" t="s">
         <v>262</v>
       </c>
     </row>
     <row r="63" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A63" s="85">
         <v>55</v>
       </c>
-      <c r="B63" s="98">
+      <c r="B63" s="100">
         <v>6403152</v>
       </c>
       <c r="C63" s="8" t="s">
         <v>380</v>
       </c>
       <c r="D63" s="9" t="s">
         <v>125</v>
       </c>
       <c r="E63" s="26" t="s">
         <v>263</v>
       </c>
     </row>
     <row r="64" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A64" s="85">
         <v>56</v>
       </c>
-      <c r="B64" s="98">
+      <c r="B64" s="100">
         <v>6403153</v>
       </c>
       <c r="C64" s="8" t="s">
         <v>381</v>
       </c>
       <c r="D64" s="9" t="s">
         <v>126</v>
       </c>
       <c r="E64" s="26" t="s">
         <v>264</v>
       </c>
     </row>
-    <row r="65" spans="1:26" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+    <row r="65" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A65" s="85">
         <v>57</v>
       </c>
-      <c r="B65" s="98">
+      <c r="B65" s="100">
         <v>6403155</v>
       </c>
       <c r="C65" s="8" t="s">
         <v>383</v>
       </c>
       <c r="D65" s="9" t="s">
         <v>128</v>
       </c>
       <c r="E65" s="26" t="s">
         <v>266</v>
       </c>
     </row>
-    <row r="66" spans="1:26" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+    <row r="66" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A66" s="85">
         <v>58</v>
       </c>
       <c r="B66" s="17">
         <v>6303081</v>
       </c>
       <c r="C66" s="18" t="s">
         <v>141</v>
       </c>
       <c r="D66" s="19" t="s">
         <v>140</v>
       </c>
       <c r="E66" s="35" t="s">
         <v>268</v>
       </c>
     </row>
-    <row r="67" spans="1:26" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+    <row r="67" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A67" s="85">
         <v>59</v>
       </c>
       <c r="B67" s="17">
         <v>6303106</v>
       </c>
       <c r="C67" s="18" t="s">
         <v>389</v>
       </c>
       <c r="D67" s="19" t="s">
         <v>390</v>
       </c>
       <c r="E67" s="34" t="s">
         <v>391</v>
       </c>
     </row>
-    <row r="68" spans="1:26" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+    <row r="68" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A68" s="85">
         <v>60</v>
       </c>
-      <c r="B68" s="96">
+      <c r="B68" s="98">
         <v>6203113</v>
       </c>
       <c r="C68" s="20" t="s">
         <v>392</v>
       </c>
       <c r="D68" s="21" t="s">
         <v>393</v>
       </c>
       <c r="E68" s="31" t="s">
         <v>394</v>
       </c>
     </row>
-    <row r="69" spans="1:26" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+    <row r="69" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A69" s="85">
         <v>61</v>
       </c>
       <c r="B69" s="22">
         <v>5603022</v>
       </c>
       <c r="C69" s="23" t="s">
         <v>396</v>
       </c>
       <c r="D69" s="24" t="s">
         <v>398</v>
       </c>
       <c r="E69" s="25" t="s">
         <v>400</v>
       </c>
     </row>
-    <row r="70" spans="1:26" s="62" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="70" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A70" s="85">
         <v>62</v>
       </c>
       <c r="B70" s="22">
         <v>5603110</v>
       </c>
       <c r="C70" s="23" t="s">
         <v>397</v>
       </c>
       <c r="D70" s="24" t="s">
         <v>399</v>
       </c>
       <c r="E70" s="25" t="s">
         <v>401</v>
       </c>
-      <c r="F70" s="61"/>
-[...21 lines deleted...]
-    <row r="71" spans="1:26" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+    </row>
+    <row r="71" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A71" s="54"/>
       <c r="B71" s="11"/>
       <c r="C71" s="12"/>
       <c r="D71" s="11"/>
       <c r="E71" s="30"/>
     </row>
-    <row r="72" spans="1:26" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+    <row r="72" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A72" s="54"/>
       <c r="B72" s="11"/>
       <c r="C72" s="12"/>
       <c r="D72" s="11"/>
-      <c r="E72" s="92"/>
-[...1 lines deleted...]
-    <row r="73" spans="1:26" s="53" customFormat="1" x14ac:dyDescent="0.5">
+      <c r="E72" s="94"/>
+    </row>
+    <row r="73" spans="1:5" s="53" customFormat="1" x14ac:dyDescent="0.5">
       <c r="E73" s="65"/>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A2:E2"/>
     <mergeCell ref="C3:D3"/>
     <mergeCell ref="A43:E43"/>
     <mergeCell ref="C44:D44"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="E17" r:id="rId1" xr:uid="{5DA09C4B-3C96-47E5-A275-CAB623B3FEB2}"/>
     <hyperlink ref="E67" r:id="rId2" xr:uid="{7789C912-9EE6-42C7-A5E1-CAEDC84932CC}"/>
     <hyperlink ref="E37" r:id="rId3" xr:uid="{3497FC8A-4F8D-49D3-83EE-7DBE18D2B29A}"/>
     <hyperlink ref="E31" r:id="rId4" xr:uid="{EBE10937-6075-4A24-9A65-D81A20EF851F}"/>
     <hyperlink ref="E4" r:id="rId5" xr:uid="{5CC1FAE5-F01A-4052-822B-D8F099CD4169}"/>
     <hyperlink ref="E61" r:id="rId6" xr:uid="{8A69E1C1-29F0-46D4-AA6D-B688FB4F502C}"/>
     <hyperlink ref="E64" r:id="rId7" xr:uid="{520E7D9F-7E86-41EC-AD48-8BA866FEF5B0}"/>
     <hyperlink ref="E10" r:id="rId8" xr:uid="{F364506E-A02C-45BA-ADC6-94BC0E111828}"/>
     <hyperlink ref="E47" r:id="rId9" xr:uid="{6F5FC71C-E154-4387-918D-089A24EA3E77}"/>
     <hyperlink ref="E18" r:id="rId10" xr:uid="{975E3045-F553-4C83-9383-18962AC89AC6}"/>
     <hyperlink ref="E34" r:id="rId11" xr:uid="{2FC78B8E-BC77-4194-AB2A-7D3C9EB01013}"/>
     <hyperlink ref="E52" r:id="rId12" xr:uid="{8B53FA6D-8257-432B-AFEB-0F598479A838}"/>
     <hyperlink ref="E26" r:id="rId13" xr:uid="{793C5FCA-E77F-42B4-8366-BF9D6C6AAEE2}"/>
     <hyperlink ref="E62" r:id="rId14" xr:uid="{6AD4F590-D850-457D-9EA5-EBF942224563}"/>
     <hyperlink ref="E63" r:id="rId15" xr:uid="{66F9DA5F-9974-4BDF-B11E-6AD82D25B912}"/>
     <hyperlink ref="E32" r:id="rId16" xr:uid="{3B4DB7E6-DE91-4A07-971A-B18DC99732A0}"/>
     <hyperlink ref="E65" r:id="rId17" xr:uid="{700D7C58-2662-4A5B-B813-F73B0B8BF747}"/>
     <hyperlink ref="E24" r:id="rId18" xr:uid="{277B4459-2514-4CB7-B0E8-938881306895}"/>
     <hyperlink ref="E20" r:id="rId19" xr:uid="{9DC3529B-2E3E-4DA1-9330-8D8744B83761}"/>
     <hyperlink ref="E8" r:id="rId20" xr:uid="{825B3841-2A75-40D2-AD4D-6AA26D85774C}"/>
     <hyperlink ref="E15" r:id="rId21" xr:uid="{CA8AD970-D54D-43E2-8F26-1990FC2119E5}"/>
     <hyperlink ref="E57" r:id="rId22" xr:uid="{12842896-82CA-4022-B4B3-3765AE450BDE}"/>
     <hyperlink ref="E16" r:id="rId23" xr:uid="{7886AA9A-2C99-4BE2-BD05-6BF7DBC37BEF}"/>
     <hyperlink ref="E35" r:id="rId24" xr:uid="{A52409F0-8AFF-4F6D-B044-322ADE442E14}"/>
     <hyperlink ref="E39" r:id="rId25" xr:uid="{7EFF962D-9FA9-46F5-91EE-84BAFB378AA3}"/>
     <hyperlink ref="E5" r:id="rId26" xr:uid="{58B38E7E-5D93-44A1-9D94-6B9893B688F1}"/>
     <hyperlink ref="E6" r:id="rId27" xr:uid="{4608CEC7-B056-4061-98D5-10AFF84FCF49}"/>
     <hyperlink ref="E7" r:id="rId28" xr:uid="{8F33FD5C-6DB2-4F86-BB50-09687319BF99}"/>
     <hyperlink ref="E45" r:id="rId29" xr:uid="{72FBC903-3955-4E14-B494-4A2917D96EA9}"/>
     <hyperlink ref="E14" r:id="rId30" xr:uid="{A3792925-2C58-4994-99F3-75C5F07D0B95}"/>
     <hyperlink ref="E9" r:id="rId31" xr:uid="{5163F57B-0918-4D36-ACFD-15228BA9A242}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId32"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <dimension ref="A1:Z173"/>
+<file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DE68431B-6C8F-4A48-B29C-89F40C5966AC}">
+  <dimension ref="A1:Z165"/>
   <sheetViews>
-    <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
-      <selection sqref="A1:XFD1048576"/>
+    <sheetView tabSelected="1" zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
+      <selection activeCell="I170" sqref="I170"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="21.75" x14ac:dyDescent="0.5"/>
   <cols>
-    <col min="1" max="1" width="6.85546875" style="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="4" width="13.5703125" style="1" customWidth="1"/>
+    <col min="1" max="1" width="6.85546875" style="107" customWidth="1"/>
+    <col min="2" max="2" width="9" style="107" customWidth="1"/>
+    <col min="3" max="3" width="20.28515625" style="107" customWidth="1"/>
+    <col min="4" max="4" width="13.5703125" style="107" customWidth="1"/>
     <col min="5" max="5" width="38.85546875" style="36" customWidth="1"/>
-    <col min="6" max="6" width="9.140625" style="1"/>
-[...1 lines deleted...]
-    <col min="8" max="16384" width="9.140625" style="1"/>
+    <col min="6" max="6" width="9.140625" style="107"/>
+    <col min="7" max="7" width="17.140625" style="107" customWidth="1"/>
+    <col min="8" max="16384" width="9.140625" style="107"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A1" s="121" t="s">
+      <c r="A1" s="112" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="122"/>
-[...2 lines deleted...]
-      <c r="E1" s="122"/>
+      <c r="B1" s="113"/>
+      <c r="C1" s="113"/>
+      <c r="D1" s="113"/>
+      <c r="E1" s="113"/>
     </row>
     <row r="2" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A2" s="121" t="s">
-[...5 lines deleted...]
-      <c r="E2" s="122"/>
+      <c r="A2" s="112" t="s">
+        <v>442</v>
+      </c>
+      <c r="B2" s="113"/>
+      <c r="C2" s="113"/>
+      <c r="D2" s="113"/>
+      <c r="E2" s="113"/>
     </row>
     <row r="3" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
-      <c r="B3" s="3" t="s">
+      <c r="B3" s="106" t="s">
         <v>2</v>
       </c>
-      <c r="C3" s="118" t="s">
+      <c r="C3" s="110" t="s">
         <v>3</v>
       </c>
-      <c r="D3" s="119"/>
+      <c r="D3" s="111"/>
       <c r="E3" s="27" t="s">
         <v>395</v>
       </c>
     </row>
     <row r="4" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A4" s="4"/>
-[...5 lines deleted...]
-      <c r="E4" s="28"/>
+      <c r="A4" s="6">
+        <v>1</v>
+      </c>
+      <c r="B4" s="108">
+        <v>6403002</v>
+      </c>
+      <c r="C4" s="8" t="s">
+        <v>130</v>
+      </c>
+      <c r="D4" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="E4" s="29" t="s">
+        <v>144</v>
+      </c>
     </row>
     <row r="5" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A5" s="6">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>6403002</v>
+        <v>2</v>
+      </c>
+      <c r="B5" s="108">
+        <v>6403003</v>
       </c>
       <c r="C5" s="8" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D5" s="9" t="s">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>144</v>
+        <v>5</v>
+      </c>
+      <c r="E5" s="26" t="s">
+        <v>145</v>
       </c>
     </row>
     <row r="6" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A6" s="6">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>6403003</v>
+        <v>3</v>
+      </c>
+      <c r="B6" s="108">
+        <v>6403004</v>
       </c>
       <c r="C6" s="8" t="s">
-        <v>131</v>
+        <v>274</v>
       </c>
       <c r="D6" s="9" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="E6" s="26" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
     </row>
     <row r="7" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A7" s="6">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>6403004</v>
+        <v>4</v>
+      </c>
+      <c r="B7" s="108">
+        <v>6403005</v>
       </c>
       <c r="C7" s="8" t="s">
-        <v>274</v>
+        <v>132</v>
       </c>
       <c r="D7" s="9" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="E7" s="26" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
     </row>
     <row r="8" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A8" s="6">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>6403005</v>
+        <v>5</v>
+      </c>
+      <c r="B8" s="108">
+        <v>6403006</v>
       </c>
       <c r="C8" s="8" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D8" s="9" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="E8" s="26" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
     </row>
     <row r="9" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A9" s="6">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>6403006</v>
+        <v>6</v>
+      </c>
+      <c r="B9" s="108">
+        <v>6403007</v>
       </c>
       <c r="C9" s="8" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="D9" s="9" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E9" s="26" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
     </row>
     <row r="10" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A10" s="6">
-        <v>6</v>
-[...2 lines deleted...]
-        <v>6403007</v>
+        <v>7</v>
+      </c>
+      <c r="B10" s="108">
+        <v>6403008</v>
       </c>
       <c r="C10" s="8" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="D10" s="9" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>149</v>
+        <v>10</v>
+      </c>
+      <c r="E10" s="29" t="s">
+        <v>150</v>
       </c>
     </row>
     <row r="11" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A11" s="6">
-        <v>7</v>
-[...2 lines deleted...]
-        <v>6403008</v>
+        <v>8</v>
+      </c>
+      <c r="B11" s="108">
+        <v>6403009</v>
       </c>
       <c r="C11" s="8" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D11" s="9" t="s">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>150</v>
+        <v>11</v>
+      </c>
+      <c r="E11" s="26" t="s">
+        <v>151</v>
       </c>
     </row>
     <row r="12" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A12" s="6">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>6403009</v>
+        <v>9</v>
+      </c>
+      <c r="B12" s="108">
+        <v>6403011</v>
       </c>
       <c r="C12" s="8" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="D12" s="9" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="E12" s="26" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
     </row>
     <row r="13" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A13" s="6">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>6403011</v>
+        <v>10</v>
+      </c>
+      <c r="B13" s="108">
+        <v>6403014</v>
       </c>
       <c r="C13" s="8" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="D13" s="9" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>152</v>
+        <v>13</v>
+      </c>
+      <c r="E13" s="29" t="s">
+        <v>153</v>
       </c>
     </row>
     <row r="14" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A14" s="6">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>6403014</v>
+        <v>11</v>
+      </c>
+      <c r="B14" s="108">
+        <v>6403015</v>
       </c>
       <c r="C14" s="8" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="D14" s="9" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E14" s="29" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
     </row>
     <row r="15" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A15" s="6">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>6403015</v>
+        <v>12</v>
+      </c>
+      <c r="B15" s="108">
+        <v>6403016</v>
       </c>
       <c r="C15" s="8" t="s">
-        <v>139</v>
+        <v>275</v>
       </c>
       <c r="D15" s="9" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>154</v>
+        <v>15</v>
+      </c>
+      <c r="E15" s="26" t="s">
+        <v>155</v>
       </c>
     </row>
     <row r="16" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A16" s="6">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>6403016</v>
+        <v>13</v>
+      </c>
+      <c r="B16" s="108">
+        <v>6403017</v>
       </c>
       <c r="C16" s="8" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="D16" s="9" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E16" s="26" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
     </row>
     <row r="17" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A17" s="6">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>6403017</v>
+        <v>14</v>
+      </c>
+      <c r="B17" s="108">
+        <v>6403018</v>
       </c>
       <c r="C17" s="8" t="s">
-        <v>276</v>
+        <v>269</v>
       </c>
       <c r="D17" s="9" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>156</v>
+        <v>17</v>
+      </c>
+      <c r="E17" s="29" t="s">
+        <v>157</v>
       </c>
     </row>
     <row r="18" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A18" s="6">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>6403018</v>
+        <v>15</v>
+      </c>
+      <c r="B18" s="108">
+        <v>6403019</v>
       </c>
       <c r="C18" s="8" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="D18" s="9" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>157</v>
+        <v>18</v>
+      </c>
+      <c r="E18" s="26" t="s">
+        <v>158</v>
       </c>
     </row>
     <row r="19" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A19" s="6">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>6403019</v>
+        <v>16</v>
+      </c>
+      <c r="B19" s="108">
+        <v>6403020</v>
       </c>
       <c r="C19" s="8" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="D19" s="9" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="E19" s="26" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
     </row>
     <row r="20" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A20" s="6">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>6403020</v>
+        <v>17</v>
+      </c>
+      <c r="B20" s="108">
+        <v>6403021</v>
       </c>
       <c r="C20" s="8" t="s">
-        <v>271</v>
+        <v>277</v>
       </c>
       <c r="D20" s="9" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>159</v>
+        <v>20</v>
+      </c>
+      <c r="E20" s="29" t="s">
+        <v>160</v>
       </c>
     </row>
     <row r="21" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A21" s="6">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>6403021</v>
+        <v>18</v>
+      </c>
+      <c r="B21" s="108">
+        <v>6403022</v>
       </c>
       <c r="C21" s="8" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="D21" s="9" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="E21" s="29" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
     </row>
     <row r="22" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A22" s="6">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>6403022</v>
+        <v>19</v>
+      </c>
+      <c r="B22" s="108">
+        <v>6403024</v>
       </c>
       <c r="C22" s="8" t="s">
-        <v>278</v>
+        <v>272</v>
       </c>
       <c r="D22" s="9" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>161</v>
+        <v>22</v>
+      </c>
+      <c r="E22" s="26" t="s">
+        <v>162</v>
       </c>
     </row>
     <row r="23" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A23" s="6">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>6403024</v>
+        <v>20</v>
+      </c>
+      <c r="B23" s="108">
+        <v>6403025</v>
       </c>
       <c r="C23" s="8" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="D23" s="9" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>162</v>
+        <v>23</v>
+      </c>
+      <c r="E23" s="29" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="24" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A24" s="6">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>6403025</v>
+        <v>21</v>
+      </c>
+      <c r="B24" s="108">
+        <v>6403026</v>
       </c>
       <c r="C24" s="8" t="s">
-        <v>273</v>
+        <v>279</v>
       </c>
       <c r="D24" s="9" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="E24" s="29" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
     </row>
     <row r="25" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A25" s="6">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>6403026</v>
+        <v>22</v>
+      </c>
+      <c r="B25" s="108">
+        <v>6403027</v>
       </c>
       <c r="C25" s="8" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="D25" s="9" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="E25" s="29" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
     </row>
     <row r="26" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A26" s="6">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>6403027</v>
+        <v>23</v>
+      </c>
+      <c r="B26" s="108">
+        <v>6403029</v>
       </c>
       <c r="C26" s="8" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="D26" s="9" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>165</v>
+        <v>26</v>
+      </c>
+      <c r="E26" s="26" t="s">
+        <v>166</v>
       </c>
     </row>
     <row r="27" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A27" s="6">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>6403029</v>
+        <v>24</v>
+      </c>
+      <c r="B27" s="108">
+        <v>6403030</v>
       </c>
       <c r="C27" s="8" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="D27" s="9" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>166</v>
+        <v>27</v>
+      </c>
+      <c r="E27" s="29" t="s">
+        <v>167</v>
       </c>
     </row>
     <row r="28" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A28" s="6">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>6403030</v>
+        <v>25</v>
+      </c>
+      <c r="B28" s="108">
+        <v>6403031</v>
       </c>
       <c r="C28" s="8" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="D28" s="9" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="E28" s="29" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
     </row>
     <row r="29" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A29" s="6">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>6403031</v>
+        <v>26</v>
+      </c>
+      <c r="B29" s="108">
+        <v>6403032</v>
       </c>
       <c r="C29" s="8" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="D29" s="9" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>168</v>
+        <v>29</v>
+      </c>
+      <c r="E29" s="26" t="s">
+        <v>169</v>
       </c>
     </row>
     <row r="30" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A30" s="6">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>6403032</v>
+        <v>27</v>
+      </c>
+      <c r="B30" s="108">
+        <v>6403033</v>
       </c>
       <c r="C30" s="8" t="s">
-        <v>285</v>
+        <v>283</v>
       </c>
       <c r="D30" s="9" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-        <v>169</v>
+        <v>30</v>
+      </c>
+      <c r="E30" s="29" t="s">
+        <v>170</v>
       </c>
     </row>
     <row r="31" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A31" s="6">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>6403033</v>
+        <v>28</v>
+      </c>
+      <c r="B31" s="108">
+        <v>6403035</v>
       </c>
       <c r="C31" s="8" t="s">
-        <v>283</v>
+        <v>286</v>
       </c>
       <c r="D31" s="9" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>170</v>
+        <v>31</v>
+      </c>
+      <c r="E31" s="26" t="s">
+        <v>171</v>
       </c>
     </row>
     <row r="32" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A32" s="6">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>6403035</v>
+        <v>29</v>
+      </c>
+      <c r="B32" s="108">
+        <v>6403036</v>
       </c>
       <c r="C32" s="8" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="D32" s="9" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E32" s="26" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
     </row>
     <row r="33" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A33" s="6">
-        <v>29</v>
-[...2 lines deleted...]
-        <v>6403036</v>
+        <v>30</v>
+      </c>
+      <c r="B33" s="108">
+        <v>6403037</v>
       </c>
       <c r="C33" s="8" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="D33" s="9" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E33" s="26" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
     </row>
     <row r="34" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A34" s="6">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>6403037</v>
+        <v>31</v>
+      </c>
+      <c r="B34" s="108">
+        <v>6403040</v>
       </c>
       <c r="C34" s="8" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="D34" s="9" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="E34" s="26" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
     </row>
     <row r="35" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A35" s="6">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>6403040</v>
+        <v>32</v>
+      </c>
+      <c r="B35" s="108">
+        <v>6403042</v>
       </c>
       <c r="C35" s="8" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="D35" s="9" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="E35" s="26" t="s">
-        <v>174</v>
+        <v>386</v>
       </c>
     </row>
     <row r="36" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A36" s="6">
-[...13 lines deleted...]
-      </c>
+      <c r="A36" s="11"/>
+      <c r="B36" s="11"/>
+      <c r="C36" s="12"/>
+      <c r="D36" s="11"/>
+      <c r="E36" s="30"/>
+      <c r="F36" s="11"/>
+      <c r="G36" s="11"/>
+      <c r="H36" s="11"/>
+      <c r="I36" s="11"/>
+      <c r="J36" s="11"/>
+      <c r="K36" s="11"/>
+      <c r="L36" s="11"/>
+      <c r="M36" s="11"/>
+      <c r="N36" s="11"/>
+      <c r="O36" s="11"/>
+      <c r="P36" s="11"/>
+      <c r="Q36" s="11"/>
+      <c r="R36" s="11"/>
+      <c r="S36" s="11"/>
     </row>
     <row r="37" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A37" s="11"/>
       <c r="B37" s="11"/>
       <c r="C37" s="12"/>
       <c r="D37" s="11"/>
       <c r="E37" s="30"/>
       <c r="F37" s="11"/>
       <c r="G37" s="11"/>
       <c r="H37" s="11"/>
       <c r="I37" s="11"/>
       <c r="J37" s="11"/>
       <c r="K37" s="11"/>
       <c r="L37" s="11"/>
       <c r="M37" s="11"/>
       <c r="N37" s="11"/>
       <c r="O37" s="11"/>
       <c r="P37" s="11"/>
       <c r="Q37" s="11"/>
       <c r="R37" s="11"/>
       <c r="S37" s="11"/>
     </row>
     <row r="38" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A38" s="11"/>
       <c r="B38" s="11"/>
@@ -12009,588 +11909,588 @@
       <c r="R41" s="11"/>
       <c r="S41" s="11"/>
     </row>
     <row r="42" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A42" s="11"/>
       <c r="B42" s="11"/>
       <c r="C42" s="12"/>
       <c r="D42" s="11"/>
       <c r="E42" s="30"/>
       <c r="F42" s="11"/>
       <c r="G42" s="11"/>
       <c r="H42" s="11"/>
       <c r="I42" s="11"/>
       <c r="J42" s="11"/>
       <c r="K42" s="11"/>
       <c r="L42" s="11"/>
       <c r="M42" s="11"/>
       <c r="N42" s="11"/>
       <c r="O42" s="11"/>
       <c r="P42" s="11"/>
       <c r="Q42" s="11"/>
       <c r="R42" s="11"/>
       <c r="S42" s="11"/>
     </row>
     <row r="43" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A43" s="117" t="s">
+      <c r="A43" s="115" t="s">
         <v>412</v>
       </c>
-      <c r="B43" s="117"/>
-[...2 lines deleted...]
-      <c r="E43" s="117"/>
+      <c r="B43" s="115"/>
+      <c r="C43" s="115"/>
+      <c r="D43" s="115"/>
+      <c r="E43" s="115"/>
     </row>
     <row r="44" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A44" s="2" t="s">
         <v>1</v>
       </c>
-      <c r="B44" s="3" t="s">
+      <c r="B44" s="106" t="s">
         <v>2</v>
       </c>
-      <c r="C44" s="118" t="s">
+      <c r="C44" s="110" t="s">
         <v>3</v>
       </c>
-      <c r="D44" s="119"/>
+      <c r="D44" s="111"/>
       <c r="E44" s="27" t="s">
         <v>395</v>
       </c>
     </row>
     <row r="45" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A45" s="6">
         <v>33</v>
       </c>
-      <c r="B45" s="7">
+      <c r="B45" s="108">
         <v>6403043</v>
       </c>
       <c r="C45" s="8" t="s">
         <v>291</v>
       </c>
       <c r="D45" s="9" t="s">
         <v>36</v>
       </c>
       <c r="E45" s="26" t="s">
         <v>175</v>
       </c>
     </row>
     <row r="46" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A46" s="6">
         <v>34</v>
       </c>
-      <c r="B46" s="7">
+      <c r="B46" s="108">
         <v>6403045</v>
       </c>
       <c r="C46" s="13" t="s">
         <v>292</v>
       </c>
       <c r="D46" s="9" t="s">
         <v>37</v>
       </c>
       <c r="E46" s="29" t="s">
         <v>176</v>
       </c>
     </row>
     <row r="47" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A47" s="6">
         <v>35</v>
       </c>
-      <c r="B47" s="7">
+      <c r="B47" s="108">
         <v>6403046</v>
       </c>
       <c r="C47" s="8" t="s">
         <v>293</v>
       </c>
       <c r="D47" s="9" t="s">
         <v>38</v>
       </c>
       <c r="E47" s="29" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="48" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A48" s="6">
         <v>36</v>
       </c>
-      <c r="B48" s="7">
+      <c r="B48" s="108">
         <v>6403048</v>
       </c>
       <c r="C48" s="8" t="s">
         <v>294</v>
       </c>
       <c r="D48" s="9" t="s">
         <v>39</v>
       </c>
       <c r="E48" s="26" t="s">
         <v>178</v>
       </c>
     </row>
     <row r="49" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A49" s="6">
         <v>37</v>
       </c>
-      <c r="B49" s="7">
+      <c r="B49" s="108">
         <v>6403049</v>
       </c>
       <c r="C49" s="8" t="s">
         <v>300</v>
       </c>
       <c r="D49" s="9" t="s">
         <v>40</v>
       </c>
       <c r="E49" s="26" t="s">
         <v>179</v>
       </c>
     </row>
     <row r="50" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A50" s="6">
         <v>38</v>
       </c>
-      <c r="B50" s="7">
+      <c r="B50" s="108">
         <v>6403050</v>
       </c>
       <c r="C50" s="8" t="s">
         <v>301</v>
       </c>
       <c r="D50" s="9" t="s">
         <v>41</v>
       </c>
       <c r="E50" s="29" t="s">
         <v>180</v>
       </c>
     </row>
     <row r="51" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A51" s="6">
         <v>39</v>
       </c>
-      <c r="B51" s="7">
+      <c r="B51" s="108">
         <v>6403051</v>
       </c>
       <c r="C51" s="8" t="s">
         <v>302</v>
       </c>
       <c r="D51" s="9" t="s">
         <v>42</v>
       </c>
       <c r="E51" s="29" t="s">
         <v>181</v>
       </c>
     </row>
     <row r="52" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A52" s="6">
         <v>40</v>
       </c>
-      <c r="B52" s="7">
+      <c r="B52" s="108">
         <v>6403052</v>
       </c>
       <c r="C52" s="8" t="s">
         <v>303</v>
       </c>
       <c r="D52" s="9" t="s">
         <v>43</v>
       </c>
       <c r="E52" s="29" t="s">
         <v>182</v>
       </c>
     </row>
     <row r="53" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A53" s="6">
         <v>41</v>
       </c>
-      <c r="B53" s="7">
+      <c r="B53" s="108">
         <v>6403053</v>
       </c>
       <c r="C53" s="8" t="s">
         <v>295</v>
       </c>
       <c r="D53" s="9" t="s">
         <v>44</v>
       </c>
       <c r="E53" s="26" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="54" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A54" s="6">
         <v>42</v>
       </c>
-      <c r="B54" s="7">
+      <c r="B54" s="108">
         <v>6403054</v>
       </c>
       <c r="C54" s="8" t="s">
         <v>296</v>
       </c>
       <c r="D54" s="9" t="s">
         <v>45</v>
       </c>
       <c r="E54" s="26" t="s">
         <v>184</v>
       </c>
     </row>
     <row r="55" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A55" s="6">
         <v>43</v>
       </c>
-      <c r="B55" s="7">
+      <c r="B55" s="108">
         <v>6403055</v>
       </c>
       <c r="C55" s="8" t="s">
         <v>297</v>
       </c>
       <c r="D55" s="9" t="s">
         <v>46</v>
       </c>
       <c r="E55" s="34" t="s">
         <v>185</v>
       </c>
     </row>
     <row r="56" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A56" s="6">
         <v>44</v>
       </c>
-      <c r="B56" s="7">
+      <c r="B56" s="108">
         <v>6403056</v>
       </c>
       <c r="C56" s="8" t="s">
         <v>298</v>
       </c>
       <c r="D56" s="9" t="s">
         <v>47</v>
       </c>
       <c r="E56" s="34" t="s">
         <v>186</v>
       </c>
     </row>
     <row r="57" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A57" s="6">
         <v>45</v>
       </c>
-      <c r="B57" s="7">
+      <c r="B57" s="108">
         <v>6403057</v>
       </c>
       <c r="C57" s="8" t="s">
         <v>299</v>
       </c>
       <c r="D57" s="9" t="s">
         <v>48</v>
       </c>
       <c r="E57" s="31" t="s">
         <v>187</v>
       </c>
     </row>
     <row r="58" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A58" s="6">
         <v>46</v>
       </c>
-      <c r="B58" s="7">
+      <c r="B58" s="108">
         <v>6403058</v>
       </c>
       <c r="C58" s="8" t="s">
         <v>304</v>
       </c>
       <c r="D58" s="9" t="s">
         <v>49</v>
       </c>
       <c r="E58" s="31" t="s">
         <v>188</v>
       </c>
     </row>
     <row r="59" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A59" s="6">
         <v>47</v>
       </c>
-      <c r="B59" s="7">
+      <c r="B59" s="108">
         <v>6403059</v>
       </c>
       <c r="C59" s="8" t="s">
         <v>305</v>
       </c>
       <c r="D59" s="9" t="s">
         <v>50</v>
       </c>
       <c r="E59" s="29" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="60" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A60" s="6">
         <v>48</v>
       </c>
-      <c r="B60" s="7">
+      <c r="B60" s="108">
         <v>6403061</v>
       </c>
       <c r="C60" s="8" t="s">
         <v>306</v>
       </c>
       <c r="D60" s="9" t="s">
         <v>51</v>
       </c>
       <c r="E60" s="26" t="s">
         <v>190</v>
       </c>
     </row>
     <row r="61" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A61" s="6">
         <v>49</v>
       </c>
-      <c r="B61" s="7">
+      <c r="B61" s="108">
         <v>6403062</v>
       </c>
       <c r="C61" s="8" t="s">
         <v>307</v>
       </c>
       <c r="D61" s="9" t="s">
         <v>52</v>
       </c>
       <c r="E61" s="29" t="s">
         <v>191</v>
       </c>
     </row>
     <row r="62" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A62" s="6">
         <v>50</v>
       </c>
-      <c r="B62" s="7">
+      <c r="B62" s="108">
         <v>6403063</v>
       </c>
       <c r="C62" s="8" t="s">
         <v>308</v>
       </c>
       <c r="D62" s="9" t="s">
         <v>53</v>
       </c>
       <c r="E62" s="29" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="63" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A63" s="6">
         <v>51</v>
       </c>
-      <c r="B63" s="7">
+      <c r="B63" s="108">
         <v>6403064</v>
       </c>
       <c r="C63" s="8" t="s">
         <v>309</v>
       </c>
       <c r="D63" s="9" t="s">
         <v>54</v>
       </c>
       <c r="E63" s="29" t="s">
         <v>193</v>
       </c>
     </row>
     <row r="64" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A64" s="6">
         <v>52</v>
       </c>
-      <c r="B64" s="7">
+      <c r="B64" s="108">
         <v>6403065</v>
       </c>
       <c r="C64" s="8" t="s">
         <v>310</v>
       </c>
       <c r="D64" s="9" t="s">
         <v>55</v>
       </c>
       <c r="E64" s="26" t="s">
         <v>194</v>
       </c>
     </row>
     <row r="65" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A65" s="6">
         <v>53</v>
       </c>
-      <c r="B65" s="7">
+      <c r="B65" s="108">
         <v>6403066</v>
       </c>
       <c r="C65" s="8" t="s">
         <v>311</v>
       </c>
       <c r="D65" s="9" t="s">
         <v>56</v>
       </c>
       <c r="E65" s="29" t="s">
         <v>195</v>
       </c>
     </row>
     <row r="66" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A66" s="6">
         <v>54</v>
       </c>
-      <c r="B66" s="7">
+      <c r="B66" s="108">
         <v>6403067</v>
       </c>
       <c r="C66" s="8" t="s">
         <v>312</v>
       </c>
       <c r="D66" s="9" t="s">
         <v>57</v>
       </c>
       <c r="E66" s="29" t="s">
         <v>196</v>
       </c>
     </row>
     <row r="67" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A67" s="6">
         <v>55</v>
       </c>
-      <c r="B67" s="7">
+      <c r="B67" s="108">
         <v>6403068</v>
       </c>
       <c r="C67" s="8" t="s">
         <v>313</v>
       </c>
       <c r="D67" s="9" t="s">
         <v>58</v>
       </c>
       <c r="E67" s="29" t="s">
         <v>197</v>
       </c>
     </row>
     <row r="68" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A68" s="6">
         <v>56</v>
       </c>
-      <c r="B68" s="7">
+      <c r="B68" s="108">
         <v>6403069</v>
       </c>
       <c r="C68" s="8" t="s">
         <v>314</v>
       </c>
       <c r="D68" s="9" t="s">
         <v>59</v>
       </c>
       <c r="E68" s="29" t="s">
         <v>198</v>
       </c>
     </row>
     <row r="69" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A69" s="6">
         <v>57</v>
       </c>
-      <c r="B69" s="7">
+      <c r="B69" s="108">
         <v>6403070</v>
       </c>
       <c r="C69" s="8" t="s">
         <v>315</v>
       </c>
       <c r="D69" s="9" t="s">
         <v>60</v>
       </c>
       <c r="E69" s="29" t="s">
         <v>199</v>
       </c>
     </row>
     <row r="70" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A70" s="6">
         <v>58</v>
       </c>
-      <c r="B70" s="7">
+      <c r="B70" s="108">
         <v>6403072</v>
       </c>
       <c r="C70" s="8" t="s">
         <v>316</v>
       </c>
       <c r="D70" s="9" t="s">
         <v>61</v>
       </c>
       <c r="E70" s="26" t="s">
         <v>200</v>
       </c>
     </row>
     <row r="71" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A71" s="6">
         <v>59</v>
       </c>
-      <c r="B71" s="7">
+      <c r="B71" s="108">
         <v>6403076</v>
       </c>
       <c r="C71" s="8" t="s">
         <v>317</v>
       </c>
       <c r="D71" s="9" t="s">
         <v>62</v>
       </c>
       <c r="E71" s="51" t="s">
         <v>387</v>
       </c>
     </row>
     <row r="72" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A72" s="6">
         <v>60</v>
       </c>
-      <c r="B72" s="7">
+      <c r="B72" s="108">
         <v>6403077</v>
       </c>
       <c r="C72" s="8" t="s">
         <v>318</v>
       </c>
       <c r="D72" s="9" t="s">
         <v>63</v>
       </c>
       <c r="E72" s="29" t="s">
         <v>201</v>
       </c>
     </row>
     <row r="73" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A73" s="6">
         <v>61</v>
       </c>
-      <c r="B73" s="7">
+      <c r="B73" s="108">
         <v>6403078</v>
       </c>
       <c r="C73" s="8" t="s">
         <v>319</v>
       </c>
       <c r="D73" s="9" t="s">
         <v>64</v>
       </c>
       <c r="E73" s="26" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="74" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A74" s="6">
         <v>62</v>
       </c>
-      <c r="B74" s="7">
+      <c r="B74" s="108">
         <v>6403079</v>
       </c>
       <c r="C74" s="8" t="s">
         <v>320</v>
       </c>
       <c r="D74" s="9" t="s">
         <v>65</v>
       </c>
       <c r="E74" s="29" t="s">
         <v>203</v>
       </c>
     </row>
     <row r="75" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A75" s="6">
         <v>63</v>
       </c>
-      <c r="B75" s="7">
+      <c r="B75" s="108">
         <v>6403080</v>
       </c>
       <c r="C75" s="8" t="s">
         <v>321</v>
       </c>
       <c r="D75" s="9" t="s">
         <v>66</v>
       </c>
       <c r="E75" s="26" t="s">
         <v>204</v>
       </c>
     </row>
     <row r="76" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A76" s="11"/>
       <c r="B76" s="11"/>
       <c r="C76" s="12"/>
       <c r="D76" s="11"/>
       <c r="E76" s="30"/>
       <c r="F76" s="11"/>
       <c r="G76" s="11"/>
       <c r="H76" s="11"/>
       <c r="I76" s="11"/>
       <c r="J76" s="11"/>
       <c r="K76" s="11"/>
       <c r="L76" s="11"/>
@@ -12664,50 +12564,2946 @@
       <c r="Q79" s="11"/>
       <c r="R79" s="11"/>
       <c r="S79" s="11"/>
     </row>
     <row r="80" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A80" s="11"/>
       <c r="B80" s="11"/>
       <c r="C80" s="12"/>
       <c r="D80" s="11"/>
       <c r="E80" s="30"/>
       <c r="F80" s="11"/>
       <c r="G80" s="11"/>
       <c r="H80" s="11"/>
       <c r="I80" s="11"/>
       <c r="J80" s="11"/>
       <c r="K80" s="11"/>
       <c r="L80" s="11"/>
       <c r="M80" s="11"/>
       <c r="N80" s="11"/>
       <c r="O80" s="11"/>
       <c r="P80" s="11"/>
       <c r="Q80" s="11"/>
       <c r="R80" s="11"/>
       <c r="S80" s="11"/>
     </row>
+    <row r="81" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A81" s="11"/>
+      <c r="B81" s="11"/>
+      <c r="C81" s="12"/>
+      <c r="D81" s="11"/>
+      <c r="E81" s="30"/>
+      <c r="F81" s="11"/>
+      <c r="G81" s="11"/>
+      <c r="H81" s="11"/>
+      <c r="I81" s="11"/>
+      <c r="J81" s="11"/>
+      <c r="K81" s="11"/>
+      <c r="L81" s="11"/>
+      <c r="M81" s="11"/>
+      <c r="N81" s="11"/>
+      <c r="O81" s="11"/>
+      <c r="P81" s="11"/>
+      <c r="Q81" s="11"/>
+      <c r="R81" s="11"/>
+      <c r="S81" s="11"/>
+    </row>
+    <row r="82" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A82" s="11"/>
+      <c r="B82" s="11"/>
+      <c r="C82" s="12"/>
+      <c r="D82" s="11"/>
+      <c r="E82" s="30"/>
+      <c r="F82" s="11"/>
+      <c r="G82" s="11"/>
+      <c r="H82" s="11"/>
+      <c r="I82" s="11"/>
+      <c r="J82" s="11"/>
+      <c r="K82" s="11"/>
+      <c r="L82" s="11"/>
+      <c r="M82" s="11"/>
+      <c r="N82" s="11"/>
+      <c r="O82" s="11"/>
+      <c r="P82" s="11"/>
+      <c r="Q82" s="11"/>
+      <c r="R82" s="11"/>
+      <c r="S82" s="11"/>
+    </row>
+    <row r="83" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A83" s="11"/>
+      <c r="B83" s="11"/>
+      <c r="C83" s="12"/>
+      <c r="D83" s="11"/>
+      <c r="E83" s="30"/>
+      <c r="F83" s="11"/>
+      <c r="G83" s="11"/>
+      <c r="H83" s="11"/>
+      <c r="I83" s="11"/>
+      <c r="J83" s="11"/>
+      <c r="K83" s="11"/>
+      <c r="L83" s="11"/>
+      <c r="M83" s="11"/>
+      <c r="N83" s="11"/>
+      <c r="O83" s="11"/>
+      <c r="P83" s="11"/>
+      <c r="Q83" s="11"/>
+      <c r="R83" s="11"/>
+      <c r="S83" s="11"/>
+    </row>
+    <row r="84" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A84" s="11"/>
+      <c r="B84" s="11"/>
+      <c r="C84" s="12"/>
+      <c r="D84" s="11"/>
+      <c r="E84" s="30"/>
+      <c r="F84" s="11"/>
+      <c r="G84" s="11"/>
+      <c r="H84" s="11"/>
+      <c r="I84" s="11"/>
+      <c r="J84" s="11"/>
+      <c r="K84" s="11"/>
+      <c r="L84" s="11"/>
+      <c r="M84" s="11"/>
+      <c r="N84" s="11"/>
+      <c r="O84" s="11"/>
+      <c r="P84" s="11"/>
+      <c r="Q84" s="11"/>
+      <c r="R84" s="11"/>
+      <c r="S84" s="11"/>
+    </row>
+    <row r="85" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A85" s="115" t="s">
+        <v>413</v>
+      </c>
+      <c r="B85" s="115"/>
+      <c r="C85" s="115"/>
+      <c r="D85" s="115"/>
+      <c r="E85" s="115"/>
+    </row>
+    <row r="86" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A86" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="B86" s="106" t="s">
+        <v>2</v>
+      </c>
+      <c r="C86" s="110" t="s">
+        <v>3</v>
+      </c>
+      <c r="D86" s="111"/>
+      <c r="E86" s="27" t="s">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="87" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A87" s="6">
+        <v>64</v>
+      </c>
+      <c r="B87" s="108">
+        <v>6403081</v>
+      </c>
+      <c r="C87" s="8" t="s">
+        <v>322</v>
+      </c>
+      <c r="D87" s="9" t="s">
+        <v>67</v>
+      </c>
+      <c r="E87" s="29" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="88" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A88" s="6">
+        <v>65</v>
+      </c>
+      <c r="B88" s="108">
+        <v>6403082</v>
+      </c>
+      <c r="C88" s="8" t="s">
+        <v>323</v>
+      </c>
+      <c r="D88" s="9" t="s">
+        <v>68</v>
+      </c>
+      <c r="E88" s="26" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="89" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A89" s="6">
+        <v>66</v>
+      </c>
+      <c r="B89" s="108">
+        <v>6403083</v>
+      </c>
+      <c r="C89" s="8" t="s">
+        <v>324</v>
+      </c>
+      <c r="D89" s="9" t="s">
+        <v>69</v>
+      </c>
+      <c r="E89" s="26" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="90" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A90" s="6">
+        <v>67</v>
+      </c>
+      <c r="B90" s="108">
+        <v>6403084</v>
+      </c>
+      <c r="C90" s="8" t="s">
+        <v>325</v>
+      </c>
+      <c r="D90" s="9" t="s">
+        <v>70</v>
+      </c>
+      <c r="E90" s="26" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="91" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A91" s="6">
+        <v>68</v>
+      </c>
+      <c r="B91" s="108">
+        <v>6403085</v>
+      </c>
+      <c r="C91" s="8" t="s">
+        <v>326</v>
+      </c>
+      <c r="D91" s="9" t="s">
+        <v>71</v>
+      </c>
+      <c r="E91" s="26" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="92" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A92" s="6">
+        <v>69</v>
+      </c>
+      <c r="B92" s="108">
+        <v>6403086</v>
+      </c>
+      <c r="C92" s="8" t="s">
+        <v>327</v>
+      </c>
+      <c r="D92" s="9" t="s">
+        <v>72</v>
+      </c>
+      <c r="E92" s="29" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="93" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A93" s="6">
+        <v>70</v>
+      </c>
+      <c r="B93" s="108">
+        <v>6403087</v>
+      </c>
+      <c r="C93" s="8" t="s">
+        <v>328</v>
+      </c>
+      <c r="D93" s="9" t="s">
+        <v>66</v>
+      </c>
+      <c r="E93" s="26" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="94" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A94" s="6">
+        <v>71</v>
+      </c>
+      <c r="B94" s="108">
+        <v>6403088</v>
+      </c>
+      <c r="C94" s="8" t="s">
+        <v>329</v>
+      </c>
+      <c r="D94" s="9" t="s">
+        <v>73</v>
+      </c>
+      <c r="E94" s="29" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="95" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A95" s="6">
+        <v>72</v>
+      </c>
+      <c r="B95" s="108">
+        <v>6403090</v>
+      </c>
+      <c r="C95" s="8" t="s">
+        <v>385</v>
+      </c>
+      <c r="D95" s="9" t="s">
+        <v>74</v>
+      </c>
+      <c r="E95" s="26" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="96" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A96" s="6">
+        <v>73</v>
+      </c>
+      <c r="B96" s="108">
+        <v>6403093</v>
+      </c>
+      <c r="C96" s="8" t="s">
+        <v>330</v>
+      </c>
+      <c r="D96" s="9" t="s">
+        <v>75</v>
+      </c>
+      <c r="E96" s="26" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="97" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A97" s="6">
+        <v>74</v>
+      </c>
+      <c r="B97" s="108">
+        <v>6403094</v>
+      </c>
+      <c r="C97" s="8" t="s">
+        <v>331</v>
+      </c>
+      <c r="D97" s="9" t="s">
+        <v>76</v>
+      </c>
+      <c r="E97" s="29" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="98" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A98" s="6">
+        <v>75</v>
+      </c>
+      <c r="B98" s="108">
+        <v>6403095</v>
+      </c>
+      <c r="C98" s="8" t="s">
+        <v>332</v>
+      </c>
+      <c r="D98" s="9" t="s">
+        <v>77</v>
+      </c>
+      <c r="E98" s="26" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="99" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A99" s="6">
+        <v>76</v>
+      </c>
+      <c r="B99" s="108">
+        <v>6403096</v>
+      </c>
+      <c r="C99" s="8" t="s">
+        <v>333</v>
+      </c>
+      <c r="D99" s="9" t="s">
+        <v>78</v>
+      </c>
+      <c r="E99" s="29" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="100" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A100" s="6">
+        <v>77</v>
+      </c>
+      <c r="B100" s="108">
+        <v>6403098</v>
+      </c>
+      <c r="C100" s="8" t="s">
+        <v>334</v>
+      </c>
+      <c r="D100" s="9" t="s">
+        <v>79</v>
+      </c>
+      <c r="E100" s="26" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="101" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A101" s="6">
+        <v>78</v>
+      </c>
+      <c r="B101" s="108">
+        <v>6403099</v>
+      </c>
+      <c r="C101" s="8" t="s">
+        <v>335</v>
+      </c>
+      <c r="D101" s="9" t="s">
+        <v>80</v>
+      </c>
+      <c r="E101" s="29" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="102" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A102" s="6">
+        <v>79</v>
+      </c>
+      <c r="B102" s="108">
+        <v>6403100</v>
+      </c>
+      <c r="C102" s="8" t="s">
+        <v>336</v>
+      </c>
+      <c r="D102" s="9" t="s">
+        <v>81</v>
+      </c>
+      <c r="E102" s="29" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="103" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A103" s="6">
+        <v>80</v>
+      </c>
+      <c r="B103" s="108">
+        <v>6403102</v>
+      </c>
+      <c r="C103" s="8" t="s">
+        <v>337</v>
+      </c>
+      <c r="D103" s="9" t="s">
+        <v>82</v>
+      </c>
+      <c r="E103" s="29" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="104" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A104" s="6">
+        <v>81</v>
+      </c>
+      <c r="B104" s="108">
+        <v>6403103</v>
+      </c>
+      <c r="C104" s="8" t="s">
+        <v>339</v>
+      </c>
+      <c r="D104" s="9" t="s">
+        <v>83</v>
+      </c>
+      <c r="E104" s="26" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="105" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A105" s="6">
+        <v>82</v>
+      </c>
+      <c r="B105" s="108">
+        <v>6403104</v>
+      </c>
+      <c r="C105" s="8" t="s">
+        <v>338</v>
+      </c>
+      <c r="D105" s="9" t="s">
+        <v>84</v>
+      </c>
+      <c r="E105" s="29" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="106" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A106" s="6">
+        <v>83</v>
+      </c>
+      <c r="B106" s="108">
+        <v>6403105</v>
+      </c>
+      <c r="C106" s="8" t="s">
+        <v>340</v>
+      </c>
+      <c r="D106" s="9" t="s">
+        <v>85</v>
+      </c>
+      <c r="E106" s="26" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="107" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A107" s="6">
+        <v>84</v>
+      </c>
+      <c r="B107" s="108">
+        <v>6403106</v>
+      </c>
+      <c r="C107" s="8" t="s">
+        <v>341</v>
+      </c>
+      <c r="D107" s="9" t="s">
+        <v>86</v>
+      </c>
+      <c r="E107" s="26" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="108" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A108" s="6">
+        <v>85</v>
+      </c>
+      <c r="B108" s="108">
+        <v>6403108</v>
+      </c>
+      <c r="C108" s="8" t="s">
+        <v>342</v>
+      </c>
+      <c r="D108" s="9" t="s">
+        <v>87</v>
+      </c>
+      <c r="E108" s="29" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="109" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A109" s="6">
+        <v>86</v>
+      </c>
+      <c r="B109" s="108">
+        <v>6403109</v>
+      </c>
+      <c r="C109" s="8" t="s">
+        <v>343</v>
+      </c>
+      <c r="D109" s="9" t="s">
+        <v>88</v>
+      </c>
+      <c r="E109" s="29" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="110" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A110" s="6">
+        <v>87</v>
+      </c>
+      <c r="B110" s="108">
+        <v>6403110</v>
+      </c>
+      <c r="C110" s="8" t="s">
+        <v>344</v>
+      </c>
+      <c r="D110" s="9" t="s">
+        <v>89</v>
+      </c>
+      <c r="E110" s="26" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="111" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A111" s="6">
+        <v>88</v>
+      </c>
+      <c r="B111" s="108">
+        <v>6403113</v>
+      </c>
+      <c r="C111" s="8" t="s">
+        <v>346</v>
+      </c>
+      <c r="D111" s="9" t="s">
+        <v>91</v>
+      </c>
+      <c r="E111" s="29" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="112" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A112" s="6">
+        <v>89</v>
+      </c>
+      <c r="B112" s="108">
+        <v>6403114</v>
+      </c>
+      <c r="C112" s="8" t="s">
+        <v>347</v>
+      </c>
+      <c r="D112" s="9" t="s">
+        <v>92</v>
+      </c>
+      <c r="E112" s="29" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="113" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A113" s="6">
+        <v>90</v>
+      </c>
+      <c r="B113" s="108">
+        <v>6403115</v>
+      </c>
+      <c r="C113" s="8" t="s">
+        <v>348</v>
+      </c>
+      <c r="D113" s="9" t="s">
+        <v>93</v>
+      </c>
+      <c r="E113" s="29" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="114" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A114" s="6">
+        <v>91</v>
+      </c>
+      <c r="B114" s="108">
+        <v>6403116</v>
+      </c>
+      <c r="C114" s="8" t="s">
+        <v>349</v>
+      </c>
+      <c r="D114" s="9" t="s">
+        <v>94</v>
+      </c>
+      <c r="E114" s="26" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="115" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A115" s="6">
+        <v>92</v>
+      </c>
+      <c r="B115" s="108">
+        <v>6403117</v>
+      </c>
+      <c r="C115" s="8" t="s">
+        <v>350</v>
+      </c>
+      <c r="D115" s="9" t="s">
+        <v>95</v>
+      </c>
+      <c r="E115" s="26" t="s">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="116" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A116" s="6">
+        <v>93</v>
+      </c>
+      <c r="B116" s="108">
+        <v>6403118</v>
+      </c>
+      <c r="C116" s="8" t="s">
+        <v>351</v>
+      </c>
+      <c r="D116" s="9" t="s">
+        <v>96</v>
+      </c>
+      <c r="E116" s="26" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="117" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A117" s="6">
+        <v>94</v>
+      </c>
+      <c r="B117" s="108">
+        <v>6403119</v>
+      </c>
+      <c r="C117" s="8" t="s">
+        <v>352</v>
+      </c>
+      <c r="D117" s="9" t="s">
+        <v>97</v>
+      </c>
+      <c r="E117" s="29" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="118" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A118" s="6">
+        <v>95</v>
+      </c>
+      <c r="B118" s="108">
+        <v>6403120</v>
+      </c>
+      <c r="C118" s="8" t="s">
+        <v>353</v>
+      </c>
+      <c r="D118" s="9" t="s">
+        <v>98</v>
+      </c>
+      <c r="E118" s="29" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="119" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A119" s="6">
+        <v>96</v>
+      </c>
+      <c r="B119" s="108">
+        <v>6403121</v>
+      </c>
+      <c r="C119" s="8" t="s">
+        <v>354</v>
+      </c>
+      <c r="D119" s="9" t="s">
+        <v>99</v>
+      </c>
+      <c r="E119" s="29" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="120" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A120" s="6">
+        <v>97</v>
+      </c>
+      <c r="B120" s="108">
+        <v>6403122</v>
+      </c>
+      <c r="C120" s="8" t="s">
+        <v>355</v>
+      </c>
+      <c r="D120" s="9" t="s">
+        <v>100</v>
+      </c>
+      <c r="E120" s="26" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="122" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A122" s="11"/>
+      <c r="B122" s="11"/>
+      <c r="C122" s="12"/>
+      <c r="D122" s="11"/>
+      <c r="E122" s="30"/>
+      <c r="F122" s="11"/>
+      <c r="G122" s="11"/>
+      <c r="H122" s="11"/>
+      <c r="I122" s="11"/>
+      <c r="J122" s="11"/>
+      <c r="K122" s="11"/>
+      <c r="L122" s="11"/>
+      <c r="M122" s="11"/>
+      <c r="N122" s="11"/>
+      <c r="O122" s="11"/>
+      <c r="P122" s="11"/>
+      <c r="Q122" s="11"/>
+      <c r="R122" s="11"/>
+      <c r="S122" s="11"/>
+    </row>
+    <row r="123" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A123" s="11"/>
+      <c r="B123" s="11"/>
+      <c r="C123" s="12"/>
+      <c r="D123" s="11"/>
+      <c r="E123" s="30"/>
+      <c r="F123" s="11"/>
+      <c r="G123" s="11"/>
+      <c r="H123" s="11"/>
+      <c r="I123" s="11"/>
+      <c r="J123" s="11"/>
+      <c r="K123" s="11"/>
+      <c r="L123" s="11"/>
+      <c r="M123" s="11"/>
+      <c r="N123" s="11"/>
+      <c r="O123" s="11"/>
+      <c r="P123" s="11"/>
+      <c r="Q123" s="11"/>
+      <c r="R123" s="11"/>
+      <c r="S123" s="11"/>
+    </row>
+    <row r="124" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A124" s="11"/>
+      <c r="B124" s="11"/>
+      <c r="C124" s="12"/>
+      <c r="D124" s="11"/>
+      <c r="E124" s="30"/>
+      <c r="F124" s="11"/>
+      <c r="G124" s="11"/>
+      <c r="H124" s="11"/>
+      <c r="I124" s="11"/>
+      <c r="J124" s="11"/>
+      <c r="K124" s="11"/>
+      <c r="L124" s="11"/>
+      <c r="M124" s="11"/>
+      <c r="N124" s="11"/>
+      <c r="O124" s="11"/>
+      <c r="P124" s="11"/>
+      <c r="Q124" s="11"/>
+      <c r="R124" s="11"/>
+      <c r="S124" s="11"/>
+    </row>
+    <row r="125" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A125" s="11"/>
+      <c r="B125" s="11"/>
+      <c r="C125" s="12"/>
+      <c r="D125" s="11"/>
+      <c r="E125" s="30"/>
+      <c r="F125" s="11"/>
+      <c r="G125" s="11"/>
+      <c r="H125" s="11"/>
+      <c r="I125" s="11"/>
+      <c r="J125" s="11"/>
+      <c r="K125" s="11"/>
+      <c r="L125" s="11"/>
+      <c r="M125" s="11"/>
+      <c r="N125" s="11"/>
+      <c r="O125" s="11"/>
+      <c r="P125" s="11"/>
+      <c r="Q125" s="11"/>
+      <c r="R125" s="11"/>
+      <c r="S125" s="11"/>
+    </row>
+    <row r="126" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A126" s="11"/>
+      <c r="B126" s="11"/>
+      <c r="C126" s="12"/>
+      <c r="D126" s="11"/>
+      <c r="E126" s="30"/>
+      <c r="F126" s="11"/>
+      <c r="G126" s="11"/>
+      <c r="H126" s="11"/>
+      <c r="I126" s="11"/>
+      <c r="J126" s="11"/>
+      <c r="K126" s="11"/>
+      <c r="L126" s="11"/>
+      <c r="M126" s="11"/>
+      <c r="N126" s="11"/>
+      <c r="O126" s="11"/>
+      <c r="P126" s="11"/>
+      <c r="Q126" s="11"/>
+      <c r="R126" s="11"/>
+      <c r="S126" s="11"/>
+    </row>
+    <row r="127" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A127" s="115" t="s">
+        <v>414</v>
+      </c>
+      <c r="B127" s="115"/>
+      <c r="C127" s="115"/>
+      <c r="D127" s="115"/>
+      <c r="E127" s="115"/>
+    </row>
+    <row r="128" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A128" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="B128" s="106" t="s">
+        <v>2</v>
+      </c>
+      <c r="C128" s="110" t="s">
+        <v>3</v>
+      </c>
+      <c r="D128" s="111"/>
+      <c r="E128" s="27" t="s">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="129" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A129" s="6">
+        <v>98</v>
+      </c>
+      <c r="B129" s="108">
+        <v>6403123</v>
+      </c>
+      <c r="C129" s="8" t="s">
+        <v>356</v>
+      </c>
+      <c r="D129" s="9" t="s">
+        <v>101</v>
+      </c>
+      <c r="E129" s="26" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="130" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A130" s="6">
+        <v>99</v>
+      </c>
+      <c r="B130" s="108">
+        <v>6403124</v>
+      </c>
+      <c r="C130" s="8" t="s">
+        <v>357</v>
+      </c>
+      <c r="D130" s="9" t="s">
+        <v>102</v>
+      </c>
+      <c r="E130" s="29" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="131" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A131" s="6">
+        <v>100</v>
+      </c>
+      <c r="B131" s="108">
+        <v>6403127</v>
+      </c>
+      <c r="C131" s="8" t="s">
+        <v>358</v>
+      </c>
+      <c r="D131" s="9" t="s">
+        <v>103</v>
+      </c>
+      <c r="E131" s="26" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="132" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A132" s="6">
+        <v>101</v>
+      </c>
+      <c r="B132" s="108">
+        <v>6403128</v>
+      </c>
+      <c r="C132" s="8" t="s">
+        <v>359</v>
+      </c>
+      <c r="D132" s="9" t="s">
+        <v>104</v>
+      </c>
+      <c r="E132" s="26" t="s">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="133" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A133" s="6">
+        <v>102</v>
+      </c>
+      <c r="B133" s="108">
+        <v>6403129</v>
+      </c>
+      <c r="C133" s="8" t="s">
+        <v>360</v>
+      </c>
+      <c r="D133" s="9" t="s">
+        <v>105</v>
+      </c>
+      <c r="E133" s="29" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="134" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A134" s="6">
+        <v>103</v>
+      </c>
+      <c r="B134" s="108">
+        <v>6403130</v>
+      </c>
+      <c r="C134" s="8" t="s">
+        <v>361</v>
+      </c>
+      <c r="D134" s="9" t="s">
+        <v>106</v>
+      </c>
+      <c r="E134" s="29" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="135" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A135" s="6">
+        <v>104</v>
+      </c>
+      <c r="B135" s="108">
+        <v>6403131</v>
+      </c>
+      <c r="C135" s="8" t="s">
+        <v>362</v>
+      </c>
+      <c r="D135" s="9" t="s">
+        <v>107</v>
+      </c>
+      <c r="E135" s="26" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="136" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A136" s="6">
+        <v>105</v>
+      </c>
+      <c r="B136" s="108">
+        <v>6403132</v>
+      </c>
+      <c r="C136" s="8" t="s">
+        <v>363</v>
+      </c>
+      <c r="D136" s="9" t="s">
+        <v>108</v>
+      </c>
+      <c r="E136" s="29" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="137" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A137" s="6">
+        <v>106</v>
+      </c>
+      <c r="B137" s="108">
+        <v>6403133</v>
+      </c>
+      <c r="C137" s="8" t="s">
+        <v>364</v>
+      </c>
+      <c r="D137" s="9" t="s">
+        <v>109</v>
+      </c>
+      <c r="E137" s="29" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="138" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A138" s="6">
+        <v>107</v>
+      </c>
+      <c r="B138" s="108">
+        <v>6403134</v>
+      </c>
+      <c r="C138" s="8" t="s">
+        <v>365</v>
+      </c>
+      <c r="D138" s="9" t="s">
+        <v>110</v>
+      </c>
+      <c r="E138" s="26" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="139" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A139" s="6">
+        <v>108</v>
+      </c>
+      <c r="B139" s="108">
+        <v>6403137</v>
+      </c>
+      <c r="C139" s="8" t="s">
+        <v>366</v>
+      </c>
+      <c r="D139" s="9" t="s">
+        <v>111</v>
+      </c>
+      <c r="E139" s="29" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="140" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A140" s="6">
+        <v>109</v>
+      </c>
+      <c r="B140" s="108">
+        <v>6403138</v>
+      </c>
+      <c r="C140" s="8" t="s">
+        <v>367</v>
+      </c>
+      <c r="D140" s="9" t="s">
+        <v>112</v>
+      </c>
+      <c r="E140" s="26" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="141" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A141" s="6">
+        <v>110</v>
+      </c>
+      <c r="B141" s="108">
+        <v>6403139</v>
+      </c>
+      <c r="C141" s="8" t="s">
+        <v>368</v>
+      </c>
+      <c r="D141" s="9" t="s">
+        <v>113</v>
+      </c>
+      <c r="E141" s="29" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="142" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A142" s="6">
+        <v>111</v>
+      </c>
+      <c r="B142" s="108">
+        <v>6403140</v>
+      </c>
+      <c r="C142" s="8" t="s">
+        <v>369</v>
+      </c>
+      <c r="D142" s="9" t="s">
+        <v>114</v>
+      </c>
+      <c r="E142" s="26" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="143" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A143" s="6">
+        <v>112</v>
+      </c>
+      <c r="B143" s="108">
+        <v>6403141</v>
+      </c>
+      <c r="C143" s="8" t="s">
+        <v>370</v>
+      </c>
+      <c r="D143" s="9" t="s">
+        <v>115</v>
+      </c>
+      <c r="E143" s="32" t="s">
+        <v>388</v>
+      </c>
+    </row>
+    <row r="144" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A144" s="6">
+        <v>113</v>
+      </c>
+      <c r="B144" s="108">
+        <v>6403142</v>
+      </c>
+      <c r="C144" s="8" t="s">
+        <v>371</v>
+      </c>
+      <c r="D144" s="9" t="s">
+        <v>116</v>
+      </c>
+      <c r="E144" s="26" t="s">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="145" spans="1:26" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A145" s="6">
+        <v>114</v>
+      </c>
+      <c r="B145" s="108">
+        <v>6403143</v>
+      </c>
+      <c r="C145" s="8" t="s">
+        <v>372</v>
+      </c>
+      <c r="D145" s="9" t="s">
+        <v>117</v>
+      </c>
+      <c r="E145" s="29" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="146" spans="1:26" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A146" s="6">
+        <v>115</v>
+      </c>
+      <c r="B146" s="108">
+        <v>6403144</v>
+      </c>
+      <c r="C146" s="8" t="s">
+        <v>373</v>
+      </c>
+      <c r="D146" s="9" t="s">
+        <v>118</v>
+      </c>
+      <c r="E146" s="29" t="s">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="147" spans="1:26" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A147" s="6">
+        <v>116</v>
+      </c>
+      <c r="B147" s="108">
+        <v>6403145</v>
+      </c>
+      <c r="C147" s="8" t="s">
+        <v>374</v>
+      </c>
+      <c r="D147" s="9" t="s">
+        <v>119</v>
+      </c>
+      <c r="E147" s="29" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="148" spans="1:26" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A148" s="6">
+        <v>117</v>
+      </c>
+      <c r="B148" s="108">
+        <v>6403147</v>
+      </c>
+      <c r="C148" s="8" t="s">
+        <v>375</v>
+      </c>
+      <c r="D148" s="9" t="s">
+        <v>120</v>
+      </c>
+      <c r="E148" s="29" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="149" spans="1:26" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A149" s="6">
+        <v>118</v>
+      </c>
+      <c r="B149" s="108">
+        <v>6403148</v>
+      </c>
+      <c r="C149" s="8" t="s">
+        <v>376</v>
+      </c>
+      <c r="D149" s="9" t="s">
+        <v>121</v>
+      </c>
+      <c r="E149" s="29" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="150" spans="1:26" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A150" s="6">
+        <v>119</v>
+      </c>
+      <c r="B150" s="108">
+        <v>6403149</v>
+      </c>
+      <c r="C150" s="8" t="s">
+        <v>377</v>
+      </c>
+      <c r="D150" s="9" t="s">
+        <v>122</v>
+      </c>
+      <c r="E150" s="29" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="151" spans="1:26" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A151" s="6">
+        <v>120</v>
+      </c>
+      <c r="B151" s="108">
+        <v>6403150</v>
+      </c>
+      <c r="C151" s="8" t="s">
+        <v>378</v>
+      </c>
+      <c r="D151" s="9" t="s">
+        <v>123</v>
+      </c>
+      <c r="E151" s="26" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="152" spans="1:26" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A152" s="6">
+        <v>121</v>
+      </c>
+      <c r="B152" s="108">
+        <v>6403151</v>
+      </c>
+      <c r="C152" s="8" t="s">
+        <v>379</v>
+      </c>
+      <c r="D152" s="9" t="s">
+        <v>124</v>
+      </c>
+      <c r="E152" s="26" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="153" spans="1:26" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A153" s="6">
+        <v>122</v>
+      </c>
+      <c r="B153" s="108">
+        <v>6403152</v>
+      </c>
+      <c r="C153" s="8" t="s">
+        <v>380</v>
+      </c>
+      <c r="D153" s="9" t="s">
+        <v>125</v>
+      </c>
+      <c r="E153" s="26" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="154" spans="1:26" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A154" s="6">
+        <v>123</v>
+      </c>
+      <c r="B154" s="108">
+        <v>6403153</v>
+      </c>
+      <c r="C154" s="8" t="s">
+        <v>381</v>
+      </c>
+      <c r="D154" s="9" t="s">
+        <v>126</v>
+      </c>
+      <c r="E154" s="26" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="155" spans="1:26" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A155" s="6">
+        <v>124</v>
+      </c>
+      <c r="B155" s="108">
+        <v>6403154</v>
+      </c>
+      <c r="C155" s="8" t="s">
+        <v>382</v>
+      </c>
+      <c r="D155" s="9" t="s">
+        <v>127</v>
+      </c>
+      <c r="E155" s="29" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="156" spans="1:26" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A156" s="6">
+        <v>125</v>
+      </c>
+      <c r="B156" s="108">
+        <v>6403155</v>
+      </c>
+      <c r="C156" s="8" t="s">
+        <v>383</v>
+      </c>
+      <c r="D156" s="9" t="s">
+        <v>128</v>
+      </c>
+      <c r="E156" s="26" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="157" spans="1:26" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A157" s="6">
+        <v>126</v>
+      </c>
+      <c r="B157" s="14">
+        <v>6403156</v>
+      </c>
+      <c r="C157" s="15" t="s">
+        <v>384</v>
+      </c>
+      <c r="D157" s="16" t="s">
+        <v>129</v>
+      </c>
+      <c r="E157" s="33" t="s">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="158" spans="1:26" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A158" s="6">
+        <v>127</v>
+      </c>
+      <c r="B158" s="17">
+        <v>6303081</v>
+      </c>
+      <c r="C158" s="18" t="s">
+        <v>141</v>
+      </c>
+      <c r="D158" s="19" t="s">
+        <v>140</v>
+      </c>
+      <c r="E158" s="35" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="159" spans="1:26" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A159" s="6">
+        <v>128</v>
+      </c>
+      <c r="B159" s="106">
+        <v>6203113</v>
+      </c>
+      <c r="C159" s="20" t="s">
+        <v>392</v>
+      </c>
+      <c r="D159" s="21" t="s">
+        <v>393</v>
+      </c>
+      <c r="E159" s="31" t="s">
+        <v>394</v>
+      </c>
+    </row>
+    <row r="160" spans="1:26" s="62" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A160" s="6">
+        <v>129</v>
+      </c>
+      <c r="B160" s="66">
+        <v>6003029</v>
+      </c>
+      <c r="C160" s="67" t="s">
+        <v>408</v>
+      </c>
+      <c r="D160" s="68" t="s">
+        <v>409</v>
+      </c>
+      <c r="E160" s="69" t="s">
+        <v>410</v>
+      </c>
+      <c r="F160" s="70"/>
+      <c r="G160" s="61"/>
+      <c r="H160" s="61"/>
+      <c r="I160" s="61"/>
+      <c r="J160" s="61"/>
+      <c r="K160" s="61"/>
+      <c r="L160" s="61"/>
+      <c r="M160" s="61"/>
+      <c r="N160" s="61"/>
+      <c r="O160" s="61"/>
+      <c r="P160" s="61"/>
+      <c r="Q160" s="61"/>
+      <c r="R160" s="61"/>
+      <c r="S160" s="61"/>
+      <c r="T160" s="61"/>
+      <c r="U160" s="61"/>
+      <c r="V160" s="61"/>
+      <c r="W160" s="61"/>
+      <c r="X160" s="61"/>
+      <c r="Y160" s="61"/>
+      <c r="Z160" s="61"/>
+    </row>
+    <row r="161" spans="1:5" s="105" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A161" s="6">
+        <v>130</v>
+      </c>
+      <c r="B161" s="5">
+        <v>6403047</v>
+      </c>
+      <c r="C161" s="104" t="s">
+        <v>434</v>
+      </c>
+      <c r="D161" s="10" t="s">
+        <v>435</v>
+      </c>
+      <c r="E161" s="29" t="s">
+        <v>436</v>
+      </c>
+    </row>
+    <row r="162" spans="1:5" s="105" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A162" s="6">
+        <v>131</v>
+      </c>
+      <c r="B162" s="5">
+        <v>6403060</v>
+      </c>
+      <c r="C162" s="104" t="s">
+        <v>437</v>
+      </c>
+      <c r="D162" s="10" t="s">
+        <v>438</v>
+      </c>
+      <c r="E162" s="29" t="s">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="163" spans="1:5" s="53" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A163" s="54"/>
+      <c r="B163" s="54"/>
+      <c r="C163" s="63"/>
+      <c r="D163" s="54"/>
+      <c r="E163" s="64"/>
+    </row>
+    <row r="164" spans="1:5" s="53" customFormat="1" x14ac:dyDescent="0.5">
+      <c r="E164" s="65"/>
+    </row>
+    <row r="165" spans="1:5" s="53" customFormat="1" x14ac:dyDescent="0.5">
+      <c r="E165" s="65"/>
+    </row>
+  </sheetData>
+  <mergeCells count="9">
+    <mergeCell ref="A85:E85"/>
+    <mergeCell ref="C86:D86"/>
+    <mergeCell ref="A127:E127"/>
+    <mergeCell ref="C128:D128"/>
+    <mergeCell ref="A1:E1"/>
+    <mergeCell ref="A2:E2"/>
+    <mergeCell ref="C3:D3"/>
+    <mergeCell ref="A43:E43"/>
+    <mergeCell ref="C44:D44"/>
+  </mergeCells>
+  <hyperlinks>
+    <hyperlink ref="E35" r:id="rId1" xr:uid="{A1D7EEA7-F80B-48BA-893E-5102329665F3}"/>
+    <hyperlink ref="E29" r:id="rId2" xr:uid="{A8764219-AB13-4D32-AE45-A1DBEB8B0D69}"/>
+    <hyperlink ref="E114" r:id="rId3" xr:uid="{4E77FEB1-3871-4161-9C99-35B40AE6A09B}"/>
+    <hyperlink ref="E132" r:id="rId4" xr:uid="{2B9CF33F-A34F-4746-BEA3-EE752058732B}"/>
+    <hyperlink ref="E64" r:id="rId5" xr:uid="{718EBCE2-AB32-4F20-BA5F-E71CC7989348}"/>
+    <hyperlink ref="E89" r:id="rId6" xr:uid="{8BA0C8FD-AD85-4AD4-9E24-214F2CAC3536}"/>
+    <hyperlink ref="E7" r:id="rId7" xr:uid="{38E26C0D-9344-4ACD-8BC9-20E9637DF185}"/>
+    <hyperlink ref="E22" r:id="rId8" xr:uid="{1E5C985E-2CF6-4E6E-ACF9-4B355B55947B}"/>
+    <hyperlink ref="E70" r:id="rId9" xr:uid="{85AC1901-4C8E-493C-8A87-271E258AFBC2}"/>
+    <hyperlink ref="E5" r:id="rId10" xr:uid="{D422BC15-AC24-4FCD-81F6-C6073196A14E}"/>
+    <hyperlink ref="E8" r:id="rId11" xr:uid="{09F1F4B9-C7D3-4D4A-A253-DB3A986A5E21}"/>
+    <hyperlink ref="E151" r:id="rId12" xr:uid="{49688528-8FE0-4072-AF6B-D8E2BAFB3A0D}"/>
+    <hyperlink ref="E154" r:id="rId13" xr:uid="{026DA43B-170B-4BD4-814A-7E9B63D74227}"/>
+    <hyperlink ref="E19" r:id="rId14" xr:uid="{6116F8BA-4402-43A3-A4FB-238A1659EB29}"/>
+    <hyperlink ref="E26" r:id="rId15" xr:uid="{84DF9FD1-9ABA-47DE-A84C-E165E7656A5E}"/>
+    <hyperlink ref="E49" r:id="rId16" xr:uid="{784BBB52-E5FA-4E26-8734-9A3D59BD3C43}"/>
+    <hyperlink ref="E91" r:id="rId17" xr:uid="{465D9443-154E-43D4-84E3-6FCD2C576D46}"/>
+    <hyperlink ref="E107" r:id="rId18" xr:uid="{51340A07-3BCE-46FC-BAB1-5FF7C2F759E1}"/>
+    <hyperlink ref="E110" r:id="rId19" xr:uid="{04ECD679-30E6-458C-9CDA-82C5D5C02B3D}"/>
+    <hyperlink ref="E31" r:id="rId20" xr:uid="{60B92B09-AA29-4292-AF49-21FD6E5CA701}"/>
+    <hyperlink ref="E45" r:id="rId21" xr:uid="{B2B5A691-7ED1-4B77-9E8F-8D8C687019CD}"/>
+    <hyperlink ref="E73" r:id="rId22" xr:uid="{4AA9C2EE-388E-498E-A704-3A58808E3A4C}"/>
+    <hyperlink ref="E129" r:id="rId23" xr:uid="{09B32D24-AB68-4915-B48E-2D117454B8B7}"/>
+    <hyperlink ref="E33" r:id="rId24" xr:uid="{2F86055E-66BC-4C1B-AED2-5DEE02CFB3B3}"/>
+    <hyperlink ref="E88" r:id="rId25" xr:uid="{0AD38509-4E2E-4376-AA56-AA15FA0665CE}"/>
+    <hyperlink ref="E104" r:id="rId26" xr:uid="{12790675-535D-4CD3-BFDB-2081BDD2672D}"/>
+    <hyperlink ref="E116" r:id="rId27" xr:uid="{637E5865-7575-41C6-9CB6-20973B531B7D}"/>
+    <hyperlink ref="E9" r:id="rId28" xr:uid="{7DFED692-612A-4169-8125-750982B47526}"/>
+    <hyperlink ref="E11" r:id="rId29" xr:uid="{3EFB0CCE-CCEC-4165-BD06-4FF46FB93DAE}"/>
+    <hyperlink ref="E131" r:id="rId30" xr:uid="{8B1653EB-CEDA-467D-9FFD-30ECE5411E03}"/>
+    <hyperlink ref="E138" r:id="rId31" xr:uid="{8CECC39D-DD01-461A-BDFB-21371E58F5D0}"/>
+    <hyperlink ref="E6" r:id="rId32" xr:uid="{8AC64EDB-8CDF-41B3-B209-126340D2E32B}"/>
+    <hyperlink ref="E60" r:id="rId33" xr:uid="{8C82F051-69DB-49FD-B837-08EF468CC095}"/>
+    <hyperlink ref="E152" r:id="rId34" xr:uid="{B75F5DA9-CD25-47E8-A87D-E388E54274D6}"/>
+    <hyperlink ref="E153" r:id="rId35" xr:uid="{B71EFC7F-D6BD-4B30-9450-DC1886BDC6F9}"/>
+    <hyperlink ref="E96" r:id="rId36" xr:uid="{15713C33-3494-4B2A-ACC8-E4A9525371C7}"/>
+    <hyperlink ref="E100" r:id="rId37" xr:uid="{42E05BF4-AE95-4CB2-99E8-5376446D9DC6}"/>
+    <hyperlink ref="E71" r:id="rId38" xr:uid="{BCEA9D5A-D8A7-41B6-BC6B-A65AB0772CC1}"/>
+    <hyperlink ref="E156" r:id="rId39" xr:uid="{269AFE60-89BB-405F-827E-4DBBA7CB1872}"/>
+    <hyperlink ref="E53" r:id="rId40" xr:uid="{AF4E73C5-E7DB-4858-94A4-4F579CA2C3E1}"/>
+    <hyperlink ref="E140" r:id="rId41" xr:uid="{530CA273-5B07-4841-BBD7-32377DEBE533}"/>
+    <hyperlink ref="E55" r:id="rId42" xr:uid="{6E5E034A-0E6C-438C-AA69-F33E26D97904}"/>
+    <hyperlink ref="E56" r:id="rId43" xr:uid="{9C0D96AA-A006-4A4B-89F7-D200453C100C}"/>
+    <hyperlink ref="E48" r:id="rId44" xr:uid="{08E14DB3-3A1B-4764-8C38-C7F87FD809EA}"/>
+    <hyperlink ref="E135" r:id="rId45" xr:uid="{88046E3E-A786-4D40-9EA5-2EEB50A1373E}"/>
+    <hyperlink ref="E54" r:id="rId46" xr:uid="{A1C5DDB5-36A2-42D0-8720-761650AEEDBF}"/>
+    <hyperlink ref="E98" r:id="rId47" xr:uid="{91FCB3E0-485F-4035-A9D8-DBDAEAB0416F}"/>
+    <hyperlink ref="E15" r:id="rId48" xr:uid="{5F9CD33D-61A5-4230-AA7C-AD7FE57386AA}"/>
+    <hyperlink ref="E32" r:id="rId49" xr:uid="{2804EFFD-9E8D-4490-AA37-67329FFA88A8}"/>
+    <hyperlink ref="E106" r:id="rId50" xr:uid="{76E34B8E-42CB-432E-AFD4-9494EB1B7FDE}"/>
+    <hyperlink ref="E142" r:id="rId51" xr:uid="{F5375726-7F29-4D38-928B-BA44FE52BC1A}"/>
+    <hyperlink ref="E115" r:id="rId52" xr:uid="{21B6FDA7-8A04-465F-BED0-095C330207E6}"/>
+    <hyperlink ref="E12" r:id="rId53" xr:uid="{E3801032-78AB-4A6E-96EB-C971A60348CF}"/>
+    <hyperlink ref="E90" r:id="rId54" xr:uid="{E969444B-1AC2-4E35-A5F7-95AC30D23977}"/>
+    <hyperlink ref="E16" r:id="rId55" xr:uid="{47B8CC69-43CD-498D-96A7-67DA09E12F96}"/>
+    <hyperlink ref="E120" r:id="rId56" xr:uid="{BB34835D-1B3C-49C1-8398-A81BB7855D4E}"/>
+    <hyperlink ref="E18" r:id="rId57" xr:uid="{53F57040-DCE7-4805-9CE3-56D6BAA202F9}"/>
+    <hyperlink ref="E34" r:id="rId58" xr:uid="{1FD1D105-0D47-4F94-A549-EAC3CB021D65}"/>
+    <hyperlink ref="E95" r:id="rId59" xr:uid="{A0594A8D-FE56-4BF0-84D5-F8BE2CE88B5B}"/>
+    <hyperlink ref="E144" r:id="rId60" xr:uid="{A690A7C2-890F-47AF-B182-17FBB4E0F24D}"/>
+    <hyperlink ref="E75" r:id="rId61" xr:uid="{8E7D1167-3050-4DEC-9625-65924B6C5DD4}"/>
+    <hyperlink ref="E93" r:id="rId62" xr:uid="{0D4E2667-7208-45AA-865A-C708EE388E76}"/>
+  </hyperlinks>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId63"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8CD8841B-A76B-4F01-A25B-46640F18B44C}">
+  <dimension ref="A1:Z173"/>
+  <sheetViews>
+    <sheetView topLeftCell="A143" zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
+      <selection activeCell="A143" sqref="A1:XFD1048576"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="21.75" x14ac:dyDescent="0.5"/>
+  <cols>
+    <col min="1" max="1" width="6.85546875" style="1" customWidth="1"/>
+    <col min="2" max="2" width="9" style="1" customWidth="1"/>
+    <col min="3" max="3" width="20.28515625" style="1" customWidth="1"/>
+    <col min="4" max="4" width="13.5703125" style="1" customWidth="1"/>
+    <col min="5" max="5" width="38.85546875" style="36" customWidth="1"/>
+    <col min="6" max="6" width="9.140625" style="1"/>
+    <col min="7" max="7" width="17.140625" style="1" customWidth="1"/>
+    <col min="8" max="16384" width="9.140625" style="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A1" s="112" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="113"/>
+      <c r="C1" s="113"/>
+      <c r="D1" s="113"/>
+      <c r="E1" s="113"/>
+    </row>
+    <row r="2" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A2" s="112" t="s">
+        <v>411</v>
+      </c>
+      <c r="B2" s="113"/>
+      <c r="C2" s="113"/>
+      <c r="D2" s="113"/>
+      <c r="E2" s="113"/>
+    </row>
+    <row r="3" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A3" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="B3" s="3" t="s">
+        <v>2</v>
+      </c>
+      <c r="C3" s="110" t="s">
+        <v>3</v>
+      </c>
+      <c r="D3" s="111"/>
+      <c r="E3" s="27" t="s">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="4" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A4" s="4"/>
+      <c r="B4" s="5"/>
+      <c r="C4" s="110" t="s">
+        <v>142</v>
+      </c>
+      <c r="D4" s="114"/>
+      <c r="E4" s="28"/>
+    </row>
+    <row r="5" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A5" s="6">
+        <v>1</v>
+      </c>
+      <c r="B5" s="7">
+        <v>6403002</v>
+      </c>
+      <c r="C5" s="8" t="s">
+        <v>130</v>
+      </c>
+      <c r="D5" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="E5" s="29" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="6" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A6" s="6">
+        <v>2</v>
+      </c>
+      <c r="B6" s="7">
+        <v>6403003</v>
+      </c>
+      <c r="C6" s="8" t="s">
+        <v>131</v>
+      </c>
+      <c r="D6" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="E6" s="26" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="7" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A7" s="6">
+        <v>3</v>
+      </c>
+      <c r="B7" s="7">
+        <v>6403004</v>
+      </c>
+      <c r="C7" s="8" t="s">
+        <v>274</v>
+      </c>
+      <c r="D7" s="9" t="s">
+        <v>6</v>
+      </c>
+      <c r="E7" s="26" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="8" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A8" s="6">
+        <v>4</v>
+      </c>
+      <c r="B8" s="7">
+        <v>6403005</v>
+      </c>
+      <c r="C8" s="8" t="s">
+        <v>132</v>
+      </c>
+      <c r="D8" s="9" t="s">
+        <v>7</v>
+      </c>
+      <c r="E8" s="26" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="9" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A9" s="6">
+        <v>5</v>
+      </c>
+      <c r="B9" s="7">
+        <v>6403006</v>
+      </c>
+      <c r="C9" s="8" t="s">
+        <v>133</v>
+      </c>
+      <c r="D9" s="9" t="s">
+        <v>8</v>
+      </c>
+      <c r="E9" s="26" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="10" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A10" s="6">
+        <v>6</v>
+      </c>
+      <c r="B10" s="7">
+        <v>6403007</v>
+      </c>
+      <c r="C10" s="8" t="s">
+        <v>134</v>
+      </c>
+      <c r="D10" s="9" t="s">
+        <v>9</v>
+      </c>
+      <c r="E10" s="26" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="11" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A11" s="6">
+        <v>7</v>
+      </c>
+      <c r="B11" s="7">
+        <v>6403008</v>
+      </c>
+      <c r="C11" s="8" t="s">
+        <v>135</v>
+      </c>
+      <c r="D11" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="E11" s="29" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="12" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A12" s="6">
+        <v>8</v>
+      </c>
+      <c r="B12" s="7">
+        <v>6403009</v>
+      </c>
+      <c r="C12" s="8" t="s">
+        <v>136</v>
+      </c>
+      <c r="D12" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" s="26" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="13" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A13" s="6">
+        <v>9</v>
+      </c>
+      <c r="B13" s="7">
+        <v>6403011</v>
+      </c>
+      <c r="C13" s="8" t="s">
+        <v>137</v>
+      </c>
+      <c r="D13" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E13" s="26" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="14" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A14" s="6">
+        <v>10</v>
+      </c>
+      <c r="B14" s="7">
+        <v>6403014</v>
+      </c>
+      <c r="C14" s="8" t="s">
+        <v>138</v>
+      </c>
+      <c r="D14" s="9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" s="29" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="15" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A15" s="6">
+        <v>11</v>
+      </c>
+      <c r="B15" s="7">
+        <v>6403015</v>
+      </c>
+      <c r="C15" s="8" t="s">
+        <v>139</v>
+      </c>
+      <c r="D15" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="E15" s="29" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="16" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A16" s="6">
+        <v>12</v>
+      </c>
+      <c r="B16" s="7">
+        <v>6403016</v>
+      </c>
+      <c r="C16" s="8" t="s">
+        <v>275</v>
+      </c>
+      <c r="D16" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="E16" s="26" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="17" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A17" s="6">
+        <v>13</v>
+      </c>
+      <c r="B17" s="7">
+        <v>6403017</v>
+      </c>
+      <c r="C17" s="8" t="s">
+        <v>276</v>
+      </c>
+      <c r="D17" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="E17" s="26" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="18" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A18" s="6">
+        <v>14</v>
+      </c>
+      <c r="B18" s="7">
+        <v>6403018</v>
+      </c>
+      <c r="C18" s="8" t="s">
+        <v>269</v>
+      </c>
+      <c r="D18" s="9" t="s">
+        <v>17</v>
+      </c>
+      <c r="E18" s="29" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="19" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A19" s="6">
+        <v>15</v>
+      </c>
+      <c r="B19" s="7">
+        <v>6403019</v>
+      </c>
+      <c r="C19" s="8" t="s">
+        <v>270</v>
+      </c>
+      <c r="D19" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="E19" s="26" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="20" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A20" s="6">
+        <v>16</v>
+      </c>
+      <c r="B20" s="7">
+        <v>6403020</v>
+      </c>
+      <c r="C20" s="8" t="s">
+        <v>271</v>
+      </c>
+      <c r="D20" s="9" t="s">
+        <v>19</v>
+      </c>
+      <c r="E20" s="26" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="21" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A21" s="6">
+        <v>17</v>
+      </c>
+      <c r="B21" s="7">
+        <v>6403021</v>
+      </c>
+      <c r="C21" s="8" t="s">
+        <v>277</v>
+      </c>
+      <c r="D21" s="9" t="s">
+        <v>20</v>
+      </c>
+      <c r="E21" s="29" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="22" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A22" s="6">
+        <v>18</v>
+      </c>
+      <c r="B22" s="7">
+        <v>6403022</v>
+      </c>
+      <c r="C22" s="8" t="s">
+        <v>278</v>
+      </c>
+      <c r="D22" s="9" t="s">
+        <v>21</v>
+      </c>
+      <c r="E22" s="29" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="23" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A23" s="6">
+        <v>19</v>
+      </c>
+      <c r="B23" s="7">
+        <v>6403024</v>
+      </c>
+      <c r="C23" s="8" t="s">
+        <v>272</v>
+      </c>
+      <c r="D23" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="E23" s="26" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="24" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A24" s="6">
+        <v>20</v>
+      </c>
+      <c r="B24" s="7">
+        <v>6403025</v>
+      </c>
+      <c r="C24" s="8" t="s">
+        <v>273</v>
+      </c>
+      <c r="D24" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="E24" s="29" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="25" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A25" s="6">
+        <v>21</v>
+      </c>
+      <c r="B25" s="7">
+        <v>6403026</v>
+      </c>
+      <c r="C25" s="8" t="s">
+        <v>279</v>
+      </c>
+      <c r="D25" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="E25" s="29" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="26" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A26" s="6">
+        <v>22</v>
+      </c>
+      <c r="B26" s="7">
+        <v>6403027</v>
+      </c>
+      <c r="C26" s="8" t="s">
+        <v>280</v>
+      </c>
+      <c r="D26" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="E26" s="29" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="27" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A27" s="6">
+        <v>23</v>
+      </c>
+      <c r="B27" s="7">
+        <v>6403029</v>
+      </c>
+      <c r="C27" s="8" t="s">
+        <v>281</v>
+      </c>
+      <c r="D27" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="E27" s="26" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="28" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A28" s="6">
+        <v>24</v>
+      </c>
+      <c r="B28" s="7">
+        <v>6403030</v>
+      </c>
+      <c r="C28" s="8" t="s">
+        <v>282</v>
+      </c>
+      <c r="D28" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="E28" s="29" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="29" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A29" s="6">
+        <v>25</v>
+      </c>
+      <c r="B29" s="7">
+        <v>6403031</v>
+      </c>
+      <c r="C29" s="8" t="s">
+        <v>284</v>
+      </c>
+      <c r="D29" s="9" t="s">
+        <v>28</v>
+      </c>
+      <c r="E29" s="29" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="30" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A30" s="6">
+        <v>26</v>
+      </c>
+      <c r="B30" s="7">
+        <v>6403032</v>
+      </c>
+      <c r="C30" s="8" t="s">
+        <v>285</v>
+      </c>
+      <c r="D30" s="9" t="s">
+        <v>29</v>
+      </c>
+      <c r="E30" s="26" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="31" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A31" s="6">
+        <v>27</v>
+      </c>
+      <c r="B31" s="7">
+        <v>6403033</v>
+      </c>
+      <c r="C31" s="8" t="s">
+        <v>283</v>
+      </c>
+      <c r="D31" s="9" t="s">
+        <v>30</v>
+      </c>
+      <c r="E31" s="29" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="32" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A32" s="6">
+        <v>28</v>
+      </c>
+      <c r="B32" s="7">
+        <v>6403035</v>
+      </c>
+      <c r="C32" s="8" t="s">
+        <v>286</v>
+      </c>
+      <c r="D32" s="9" t="s">
+        <v>31</v>
+      </c>
+      <c r="E32" s="26" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="33" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A33" s="6">
+        <v>29</v>
+      </c>
+      <c r="B33" s="7">
+        <v>6403036</v>
+      </c>
+      <c r="C33" s="8" t="s">
+        <v>287</v>
+      </c>
+      <c r="D33" s="9" t="s">
+        <v>32</v>
+      </c>
+      <c r="E33" s="26" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="34" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A34" s="6">
+        <v>30</v>
+      </c>
+      <c r="B34" s="7">
+        <v>6403037</v>
+      </c>
+      <c r="C34" s="8" t="s">
+        <v>288</v>
+      </c>
+      <c r="D34" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="E34" s="26" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="35" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A35" s="6">
+        <v>31</v>
+      </c>
+      <c r="B35" s="7">
+        <v>6403040</v>
+      </c>
+      <c r="C35" s="8" t="s">
+        <v>289</v>
+      </c>
+      <c r="D35" s="9" t="s">
+        <v>34</v>
+      </c>
+      <c r="E35" s="26" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="36" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A36" s="6">
+        <v>32</v>
+      </c>
+      <c r="B36" s="7">
+        <v>6403042</v>
+      </c>
+      <c r="C36" s="8" t="s">
+        <v>290</v>
+      </c>
+      <c r="D36" s="9" t="s">
+        <v>35</v>
+      </c>
+      <c r="E36" s="26" t="s">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="37" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A37" s="11"/>
+      <c r="B37" s="11"/>
+      <c r="C37" s="12"/>
+      <c r="D37" s="11"/>
+      <c r="E37" s="30"/>
+      <c r="F37" s="11"/>
+      <c r="G37" s="11"/>
+      <c r="H37" s="11"/>
+      <c r="I37" s="11"/>
+      <c r="J37" s="11"/>
+      <c r="K37" s="11"/>
+      <c r="L37" s="11"/>
+      <c r="M37" s="11"/>
+      <c r="N37" s="11"/>
+      <c r="O37" s="11"/>
+      <c r="P37" s="11"/>
+      <c r="Q37" s="11"/>
+      <c r="R37" s="11"/>
+      <c r="S37" s="11"/>
+    </row>
+    <row r="38" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A38" s="11"/>
+      <c r="B38" s="11"/>
+      <c r="C38" s="12"/>
+      <c r="D38" s="11"/>
+      <c r="E38" s="30"/>
+      <c r="F38" s="11"/>
+      <c r="G38" s="11"/>
+      <c r="H38" s="11"/>
+      <c r="I38" s="11"/>
+      <c r="J38" s="11"/>
+      <c r="K38" s="11"/>
+      <c r="L38" s="11"/>
+      <c r="M38" s="11"/>
+      <c r="N38" s="11"/>
+      <c r="O38" s="11"/>
+      <c r="P38" s="11"/>
+      <c r="Q38" s="11"/>
+      <c r="R38" s="11"/>
+      <c r="S38" s="11"/>
+    </row>
+    <row r="39" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A39" s="11"/>
+      <c r="B39" s="11"/>
+      <c r="C39" s="12"/>
+      <c r="D39" s="11"/>
+      <c r="E39" s="30"/>
+      <c r="F39" s="11"/>
+      <c r="G39" s="11"/>
+      <c r="H39" s="11"/>
+      <c r="I39" s="11"/>
+      <c r="J39" s="11"/>
+      <c r="K39" s="11"/>
+      <c r="L39" s="11"/>
+      <c r="M39" s="11"/>
+      <c r="N39" s="11"/>
+      <c r="O39" s="11"/>
+      <c r="P39" s="11"/>
+      <c r="Q39" s="11"/>
+      <c r="R39" s="11"/>
+      <c r="S39" s="11"/>
+    </row>
+    <row r="40" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A40" s="11"/>
+      <c r="B40" s="11"/>
+      <c r="C40" s="12"/>
+      <c r="D40" s="11"/>
+      <c r="E40" s="30"/>
+      <c r="F40" s="11"/>
+      <c r="G40" s="11"/>
+      <c r="H40" s="11"/>
+      <c r="I40" s="11"/>
+      <c r="J40" s="11"/>
+      <c r="K40" s="11"/>
+      <c r="L40" s="11"/>
+      <c r="M40" s="11"/>
+      <c r="N40" s="11"/>
+      <c r="O40" s="11"/>
+      <c r="P40" s="11"/>
+      <c r="Q40" s="11"/>
+      <c r="R40" s="11"/>
+      <c r="S40" s="11"/>
+    </row>
+    <row r="41" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A41" s="11"/>
+      <c r="B41" s="11"/>
+      <c r="C41" s="12"/>
+      <c r="D41" s="11"/>
+      <c r="E41" s="30"/>
+      <c r="F41" s="11"/>
+      <c r="G41" s="11"/>
+      <c r="H41" s="11"/>
+      <c r="I41" s="11"/>
+      <c r="J41" s="11"/>
+      <c r="K41" s="11"/>
+      <c r="L41" s="11"/>
+      <c r="M41" s="11"/>
+      <c r="N41" s="11"/>
+      <c r="O41" s="11"/>
+      <c r="P41" s="11"/>
+      <c r="Q41" s="11"/>
+      <c r="R41" s="11"/>
+      <c r="S41" s="11"/>
+    </row>
+    <row r="42" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A42" s="11"/>
+      <c r="B42" s="11"/>
+      <c r="C42" s="12"/>
+      <c r="D42" s="11"/>
+      <c r="E42" s="30"/>
+      <c r="F42" s="11"/>
+      <c r="G42" s="11"/>
+      <c r="H42" s="11"/>
+      <c r="I42" s="11"/>
+      <c r="J42" s="11"/>
+      <c r="K42" s="11"/>
+      <c r="L42" s="11"/>
+      <c r="M42" s="11"/>
+      <c r="N42" s="11"/>
+      <c r="O42" s="11"/>
+      <c r="P42" s="11"/>
+      <c r="Q42" s="11"/>
+      <c r="R42" s="11"/>
+      <c r="S42" s="11"/>
+    </row>
+    <row r="43" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A43" s="115" t="s">
+        <v>412</v>
+      </c>
+      <c r="B43" s="115"/>
+      <c r="C43" s="115"/>
+      <c r="D43" s="115"/>
+      <c r="E43" s="115"/>
+    </row>
+    <row r="44" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A44" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="B44" s="3" t="s">
+        <v>2</v>
+      </c>
+      <c r="C44" s="110" t="s">
+        <v>3</v>
+      </c>
+      <c r="D44" s="111"/>
+      <c r="E44" s="27" t="s">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="45" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A45" s="6">
+        <v>33</v>
+      </c>
+      <c r="B45" s="7">
+        <v>6403043</v>
+      </c>
+      <c r="C45" s="8" t="s">
+        <v>291</v>
+      </c>
+      <c r="D45" s="9" t="s">
+        <v>36</v>
+      </c>
+      <c r="E45" s="26" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="46" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A46" s="6">
+        <v>34</v>
+      </c>
+      <c r="B46" s="7">
+        <v>6403045</v>
+      </c>
+      <c r="C46" s="13" t="s">
+        <v>292</v>
+      </c>
+      <c r="D46" s="9" t="s">
+        <v>37</v>
+      </c>
+      <c r="E46" s="29" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="47" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A47" s="6">
+        <v>35</v>
+      </c>
+      <c r="B47" s="7">
+        <v>6403046</v>
+      </c>
+      <c r="C47" s="8" t="s">
+        <v>293</v>
+      </c>
+      <c r="D47" s="9" t="s">
+        <v>38</v>
+      </c>
+      <c r="E47" s="29" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="48" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A48" s="6">
+        <v>36</v>
+      </c>
+      <c r="B48" s="7">
+        <v>6403048</v>
+      </c>
+      <c r="C48" s="8" t="s">
+        <v>294</v>
+      </c>
+      <c r="D48" s="9" t="s">
+        <v>39</v>
+      </c>
+      <c r="E48" s="26" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="49" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A49" s="6">
+        <v>37</v>
+      </c>
+      <c r="B49" s="7">
+        <v>6403049</v>
+      </c>
+      <c r="C49" s="8" t="s">
+        <v>300</v>
+      </c>
+      <c r="D49" s="9" t="s">
+        <v>40</v>
+      </c>
+      <c r="E49" s="26" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="50" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A50" s="6">
+        <v>38</v>
+      </c>
+      <c r="B50" s="7">
+        <v>6403050</v>
+      </c>
+      <c r="C50" s="8" t="s">
+        <v>301</v>
+      </c>
+      <c r="D50" s="9" t="s">
+        <v>41</v>
+      </c>
+      <c r="E50" s="29" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="51" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A51" s="6">
+        <v>39</v>
+      </c>
+      <c r="B51" s="7">
+        <v>6403051</v>
+      </c>
+      <c r="C51" s="8" t="s">
+        <v>302</v>
+      </c>
+      <c r="D51" s="9" t="s">
+        <v>42</v>
+      </c>
+      <c r="E51" s="29" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="52" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A52" s="6">
+        <v>40</v>
+      </c>
+      <c r="B52" s="7">
+        <v>6403052</v>
+      </c>
+      <c r="C52" s="8" t="s">
+        <v>303</v>
+      </c>
+      <c r="D52" s="9" t="s">
+        <v>43</v>
+      </c>
+      <c r="E52" s="29" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="53" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A53" s="6">
+        <v>41</v>
+      </c>
+      <c r="B53" s="7">
+        <v>6403053</v>
+      </c>
+      <c r="C53" s="8" t="s">
+        <v>295</v>
+      </c>
+      <c r="D53" s="9" t="s">
+        <v>44</v>
+      </c>
+      <c r="E53" s="26" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="54" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A54" s="6">
+        <v>42</v>
+      </c>
+      <c r="B54" s="7">
+        <v>6403054</v>
+      </c>
+      <c r="C54" s="8" t="s">
+        <v>296</v>
+      </c>
+      <c r="D54" s="9" t="s">
+        <v>45</v>
+      </c>
+      <c r="E54" s="26" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="55" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A55" s="6">
+        <v>43</v>
+      </c>
+      <c r="B55" s="7">
+        <v>6403055</v>
+      </c>
+      <c r="C55" s="8" t="s">
+        <v>297</v>
+      </c>
+      <c r="D55" s="9" t="s">
+        <v>46</v>
+      </c>
+      <c r="E55" s="34" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="56" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A56" s="6">
+        <v>44</v>
+      </c>
+      <c r="B56" s="7">
+        <v>6403056</v>
+      </c>
+      <c r="C56" s="8" t="s">
+        <v>298</v>
+      </c>
+      <c r="D56" s="9" t="s">
+        <v>47</v>
+      </c>
+      <c r="E56" s="34" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="57" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A57" s="6">
+        <v>45</v>
+      </c>
+      <c r="B57" s="7">
+        <v>6403057</v>
+      </c>
+      <c r="C57" s="8" t="s">
+        <v>299</v>
+      </c>
+      <c r="D57" s="9" t="s">
+        <v>48</v>
+      </c>
+      <c r="E57" s="31" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="58" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A58" s="6">
+        <v>46</v>
+      </c>
+      <c r="B58" s="7">
+        <v>6403058</v>
+      </c>
+      <c r="C58" s="8" t="s">
+        <v>304</v>
+      </c>
+      <c r="D58" s="9" t="s">
+        <v>49</v>
+      </c>
+      <c r="E58" s="31" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="59" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A59" s="6">
+        <v>47</v>
+      </c>
+      <c r="B59" s="7">
+        <v>6403059</v>
+      </c>
+      <c r="C59" s="8" t="s">
+        <v>305</v>
+      </c>
+      <c r="D59" s="9" t="s">
+        <v>50</v>
+      </c>
+      <c r="E59" s="29" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="60" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A60" s="6">
+        <v>48</v>
+      </c>
+      <c r="B60" s="7">
+        <v>6403061</v>
+      </c>
+      <c r="C60" s="8" t="s">
+        <v>306</v>
+      </c>
+      <c r="D60" s="9" t="s">
+        <v>51</v>
+      </c>
+      <c r="E60" s="26" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="61" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A61" s="6">
+        <v>49</v>
+      </c>
+      <c r="B61" s="7">
+        <v>6403062</v>
+      </c>
+      <c r="C61" s="8" t="s">
+        <v>307</v>
+      </c>
+      <c r="D61" s="9" t="s">
+        <v>52</v>
+      </c>
+      <c r="E61" s="29" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="62" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A62" s="6">
+        <v>50</v>
+      </c>
+      <c r="B62" s="7">
+        <v>6403063</v>
+      </c>
+      <c r="C62" s="8" t="s">
+        <v>308</v>
+      </c>
+      <c r="D62" s="9" t="s">
+        <v>53</v>
+      </c>
+      <c r="E62" s="29" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="63" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A63" s="6">
+        <v>51</v>
+      </c>
+      <c r="B63" s="7">
+        <v>6403064</v>
+      </c>
+      <c r="C63" s="8" t="s">
+        <v>309</v>
+      </c>
+      <c r="D63" s="9" t="s">
+        <v>54</v>
+      </c>
+      <c r="E63" s="29" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="64" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A64" s="6">
+        <v>52</v>
+      </c>
+      <c r="B64" s="7">
+        <v>6403065</v>
+      </c>
+      <c r="C64" s="8" t="s">
+        <v>310</v>
+      </c>
+      <c r="D64" s="9" t="s">
+        <v>55</v>
+      </c>
+      <c r="E64" s="26" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="65" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A65" s="6">
+        <v>53</v>
+      </c>
+      <c r="B65" s="7">
+        <v>6403066</v>
+      </c>
+      <c r="C65" s="8" t="s">
+        <v>311</v>
+      </c>
+      <c r="D65" s="9" t="s">
+        <v>56</v>
+      </c>
+      <c r="E65" s="29" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="66" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A66" s="6">
+        <v>54</v>
+      </c>
+      <c r="B66" s="7">
+        <v>6403067</v>
+      </c>
+      <c r="C66" s="8" t="s">
+        <v>312</v>
+      </c>
+      <c r="D66" s="9" t="s">
+        <v>57</v>
+      </c>
+      <c r="E66" s="29" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="67" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A67" s="6">
+        <v>55</v>
+      </c>
+      <c r="B67" s="7">
+        <v>6403068</v>
+      </c>
+      <c r="C67" s="8" t="s">
+        <v>313</v>
+      </c>
+      <c r="D67" s="9" t="s">
+        <v>58</v>
+      </c>
+      <c r="E67" s="29" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="68" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A68" s="6">
+        <v>56</v>
+      </c>
+      <c r="B68" s="7">
+        <v>6403069</v>
+      </c>
+      <c r="C68" s="8" t="s">
+        <v>314</v>
+      </c>
+      <c r="D68" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="E68" s="29" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="69" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A69" s="6">
+        <v>57</v>
+      </c>
+      <c r="B69" s="7">
+        <v>6403070</v>
+      </c>
+      <c r="C69" s="8" t="s">
+        <v>315</v>
+      </c>
+      <c r="D69" s="9" t="s">
+        <v>60</v>
+      </c>
+      <c r="E69" s="29" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="70" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A70" s="6">
+        <v>58</v>
+      </c>
+      <c r="B70" s="7">
+        <v>6403072</v>
+      </c>
+      <c r="C70" s="8" t="s">
+        <v>316</v>
+      </c>
+      <c r="D70" s="9" t="s">
+        <v>61</v>
+      </c>
+      <c r="E70" s="26" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="71" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A71" s="6">
+        <v>59</v>
+      </c>
+      <c r="B71" s="7">
+        <v>6403076</v>
+      </c>
+      <c r="C71" s="8" t="s">
+        <v>317</v>
+      </c>
+      <c r="D71" s="9" t="s">
+        <v>62</v>
+      </c>
+      <c r="E71" s="51" t="s">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="72" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A72" s="6">
+        <v>60</v>
+      </c>
+      <c r="B72" s="7">
+        <v>6403077</v>
+      </c>
+      <c r="C72" s="8" t="s">
+        <v>318</v>
+      </c>
+      <c r="D72" s="9" t="s">
+        <v>63</v>
+      </c>
+      <c r="E72" s="29" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="73" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A73" s="6">
+        <v>61</v>
+      </c>
+      <c r="B73" s="7">
+        <v>6403078</v>
+      </c>
+      <c r="C73" s="8" t="s">
+        <v>319</v>
+      </c>
+      <c r="D73" s="9" t="s">
+        <v>64</v>
+      </c>
+      <c r="E73" s="26" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="74" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A74" s="6">
+        <v>62</v>
+      </c>
+      <c r="B74" s="7">
+        <v>6403079</v>
+      </c>
+      <c r="C74" s="8" t="s">
+        <v>320</v>
+      </c>
+      <c r="D74" s="9" t="s">
+        <v>65</v>
+      </c>
+      <c r="E74" s="29" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="75" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A75" s="6">
+        <v>63</v>
+      </c>
+      <c r="B75" s="7">
+        <v>6403080</v>
+      </c>
+      <c r="C75" s="8" t="s">
+        <v>321</v>
+      </c>
+      <c r="D75" s="9" t="s">
+        <v>66</v>
+      </c>
+      <c r="E75" s="26" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="76" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A76" s="11"/>
+      <c r="B76" s="11"/>
+      <c r="C76" s="12"/>
+      <c r="D76" s="11"/>
+      <c r="E76" s="30"/>
+      <c r="F76" s="11"/>
+      <c r="G76" s="11"/>
+      <c r="H76" s="11"/>
+      <c r="I76" s="11"/>
+      <c r="J76" s="11"/>
+      <c r="K76" s="11"/>
+      <c r="L76" s="11"/>
+      <c r="M76" s="11"/>
+      <c r="N76" s="11"/>
+      <c r="O76" s="11"/>
+      <c r="P76" s="11"/>
+      <c r="Q76" s="11"/>
+      <c r="R76" s="11"/>
+      <c r="S76" s="11"/>
+    </row>
+    <row r="77" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A77" s="11"/>
+      <c r="B77" s="11"/>
+      <c r="C77" s="12"/>
+      <c r="D77" s="11"/>
+      <c r="E77" s="30"/>
+      <c r="F77" s="11"/>
+      <c r="G77" s="11"/>
+      <c r="H77" s="11"/>
+      <c r="I77" s="11"/>
+      <c r="J77" s="11"/>
+      <c r="K77" s="11"/>
+      <c r="L77" s="11"/>
+      <c r="M77" s="11"/>
+      <c r="N77" s="11"/>
+      <c r="O77" s="11"/>
+      <c r="P77" s="11"/>
+      <c r="Q77" s="11"/>
+      <c r="R77" s="11"/>
+      <c r="S77" s="11"/>
+    </row>
+    <row r="78" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A78" s="11"/>
+      <c r="B78" s="11"/>
+      <c r="C78" s="12"/>
+      <c r="D78" s="11"/>
+      <c r="E78" s="30"/>
+      <c r="F78" s="11"/>
+      <c r="G78" s="11"/>
+      <c r="H78" s="11"/>
+      <c r="I78" s="11"/>
+      <c r="J78" s="11"/>
+      <c r="K78" s="11"/>
+      <c r="L78" s="11"/>
+      <c r="M78" s="11"/>
+      <c r="N78" s="11"/>
+      <c r="O78" s="11"/>
+      <c r="P78" s="11"/>
+      <c r="Q78" s="11"/>
+      <c r="R78" s="11"/>
+      <c r="S78" s="11"/>
+    </row>
+    <row r="79" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A79" s="11"/>
+      <c r="B79" s="11"/>
+      <c r="C79" s="12"/>
+      <c r="D79" s="11"/>
+      <c r="E79" s="30"/>
+      <c r="F79" s="11"/>
+      <c r="G79" s="11"/>
+      <c r="H79" s="11"/>
+      <c r="I79" s="11"/>
+      <c r="J79" s="11"/>
+      <c r="K79" s="11"/>
+      <c r="L79" s="11"/>
+      <c r="M79" s="11"/>
+      <c r="N79" s="11"/>
+      <c r="O79" s="11"/>
+      <c r="P79" s="11"/>
+      <c r="Q79" s="11"/>
+      <c r="R79" s="11"/>
+      <c r="S79" s="11"/>
+    </row>
+    <row r="80" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A80" s="11"/>
+      <c r="B80" s="11"/>
+      <c r="C80" s="12"/>
+      <c r="D80" s="11"/>
+      <c r="E80" s="30"/>
+      <c r="F80" s="11"/>
+      <c r="G80" s="11"/>
+      <c r="H80" s="11"/>
+      <c r="I80" s="11"/>
+      <c r="J80" s="11"/>
+      <c r="K80" s="11"/>
+      <c r="L80" s="11"/>
+      <c r="M80" s="11"/>
+      <c r="N80" s="11"/>
+      <c r="O80" s="11"/>
+      <c r="P80" s="11"/>
+      <c r="Q80" s="11"/>
+      <c r="R80" s="11"/>
+      <c r="S80" s="11"/>
+    </row>
     <row r="81" spans="1:19" s="52" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A81" s="11"/>
       <c r="B81" s="11"/>
       <c r="C81" s="12"/>
       <c r="D81" s="11"/>
       <c r="E81" s="30"/>
       <c r="F81" s="11"/>
       <c r="G81" s="11"/>
       <c r="H81" s="11"/>
       <c r="I81" s="11"/>
       <c r="J81" s="11"/>
       <c r="K81" s="11"/>
       <c r="L81" s="11"/>
       <c r="M81" s="11"/>
       <c r="N81" s="11"/>
       <c r="O81" s="11"/>
       <c r="P81" s="11"/>
       <c r="Q81" s="11"/>
       <c r="R81" s="11"/>
       <c r="S81" s="11"/>
     </row>
     <row r="82" spans="1:19" s="52" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A82" s="11"/>
       <c r="B82" s="11"/>
       <c r="C82" s="12"/>
@@ -12749,80 +15545,80 @@
       <c r="R83" s="11"/>
       <c r="S83" s="11"/>
     </row>
     <row r="84" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A84" s="11"/>
       <c r="B84" s="11"/>
       <c r="C84" s="12"/>
       <c r="D84" s="11"/>
       <c r="E84" s="30"/>
       <c r="F84" s="11"/>
       <c r="G84" s="11"/>
       <c r="H84" s="11"/>
       <c r="I84" s="11"/>
       <c r="J84" s="11"/>
       <c r="K84" s="11"/>
       <c r="L84" s="11"/>
       <c r="M84" s="11"/>
       <c r="N84" s="11"/>
       <c r="O84" s="11"/>
       <c r="P84" s="11"/>
       <c r="Q84" s="11"/>
       <c r="R84" s="11"/>
       <c r="S84" s="11"/>
     </row>
     <row r="85" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A85" s="117" t="s">
+      <c r="A85" s="115" t="s">
         <v>413</v>
       </c>
-      <c r="B85" s="117"/>
-[...2 lines deleted...]
-      <c r="E85" s="117"/>
+      <c r="B85" s="115"/>
+      <c r="C85" s="115"/>
+      <c r="D85" s="115"/>
+      <c r="E85" s="115"/>
     </row>
     <row r="86" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A86" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>2</v>
       </c>
-      <c r="C86" s="118" t="s">
+      <c r="C86" s="110" t="s">
         <v>3</v>
       </c>
-      <c r="D86" s="119"/>
+      <c r="D86" s="111"/>
       <c r="E86" s="27" t="s">
         <v>395</v>
       </c>
     </row>
     <row r="87" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A87" s="4"/>
       <c r="B87" s="5"/>
-      <c r="C87" s="118" t="s">
+      <c r="C87" s="110" t="s">
         <v>143</v>
       </c>
-      <c r="D87" s="120"/>
+      <c r="D87" s="114"/>
       <c r="E87" s="28"/>
     </row>
     <row r="88" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A88" s="6">
         <v>64</v>
       </c>
       <c r="B88" s="7">
         <v>6403081</v>
       </c>
       <c r="C88" s="8" t="s">
         <v>322</v>
       </c>
       <c r="D88" s="9" t="s">
         <v>67</v>
       </c>
       <c r="E88" s="29" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="89" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A89" s="6">
         <v>65</v>
       </c>
       <c r="B89" s="7">
         <v>6403082</v>
@@ -13419,69 +16215,69 @@
       <c r="R124" s="11"/>
       <c r="S124" s="11"/>
     </row>
     <row r="125" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A125" s="11"/>
       <c r="B125" s="11"/>
       <c r="C125" s="12"/>
       <c r="D125" s="11"/>
       <c r="E125" s="30"/>
       <c r="F125" s="11"/>
       <c r="G125" s="11"/>
       <c r="H125" s="11"/>
       <c r="I125" s="11"/>
       <c r="J125" s="11"/>
       <c r="K125" s="11"/>
       <c r="L125" s="11"/>
       <c r="M125" s="11"/>
       <c r="N125" s="11"/>
       <c r="O125" s="11"/>
       <c r="P125" s="11"/>
       <c r="Q125" s="11"/>
       <c r="R125" s="11"/>
       <c r="S125" s="11"/>
     </row>
     <row r="126" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A126" s="117" t="s">
+      <c r="A126" s="115" t="s">
         <v>414</v>
       </c>
-      <c r="B126" s="117"/>
-[...2 lines deleted...]
-      <c r="E126" s="117"/>
+      <c r="B126" s="115"/>
+      <c r="C126" s="115"/>
+      <c r="D126" s="115"/>
+      <c r="E126" s="115"/>
     </row>
     <row r="127" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A127" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B127" s="3" t="s">
         <v>2</v>
       </c>
-      <c r="C127" s="118" t="s">
+      <c r="C127" s="110" t="s">
         <v>3</v>
       </c>
-      <c r="D127" s="119"/>
+      <c r="D127" s="111"/>
       <c r="E127" s="27" t="s">
         <v>395</v>
       </c>
     </row>
     <row r="128" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A128" s="6">
         <v>99</v>
       </c>
       <c r="B128" s="7">
         <v>6403123</v>
       </c>
       <c r="C128" s="8" t="s">
         <v>356</v>
       </c>
       <c r="D128" s="9" t="s">
         <v>101</v>
       </c>
       <c r="E128" s="26" t="s">
         <v>240</v>
       </c>
     </row>
     <row r="129" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A129" s="6">
         <v>100</v>
       </c>
@@ -14195,61 +16991,61 @@
       <c r="D169" s="11"/>
       <c r="E169" s="30"/>
     </row>
     <row r="170" spans="1:26" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A170" s="11"/>
       <c r="B170" s="11"/>
       <c r="C170" s="12"/>
       <c r="D170" s="11"/>
       <c r="E170" s="30"/>
     </row>
     <row r="171" spans="1:26" s="53" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A171" s="54"/>
       <c r="B171" s="54"/>
       <c r="C171" s="63"/>
       <c r="D171" s="54"/>
       <c r="E171" s="64"/>
     </row>
     <row r="172" spans="1:26" s="53" customFormat="1" x14ac:dyDescent="0.5">
       <c r="E172" s="65"/>
     </row>
     <row r="173" spans="1:26" s="53" customFormat="1" x14ac:dyDescent="0.5">
       <c r="E173" s="65"/>
     </row>
   </sheetData>
   <mergeCells count="11">
-    <mergeCell ref="A85:E85"/>
-[...3 lines deleted...]
-    <mergeCell ref="C127:D127"/>
     <mergeCell ref="C44:D44"/>
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A2:E2"/>
     <mergeCell ref="C3:D3"/>
     <mergeCell ref="C4:D4"/>
     <mergeCell ref="A43:E43"/>
+    <mergeCell ref="A85:E85"/>
+    <mergeCell ref="C86:D86"/>
+    <mergeCell ref="C87:D87"/>
+    <mergeCell ref="A126:E126"/>
+    <mergeCell ref="C127:D127"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="E36" r:id="rId1" xr:uid="{4449DB87-5BAA-45F8-8CD6-178B9AD61041}"/>
     <hyperlink ref="E158" r:id="rId2" xr:uid="{3B25EA4C-E916-433B-96C7-508B23AB7792}"/>
     <hyperlink ref="E30" r:id="rId3" xr:uid="{71AFF375-E34C-4BC6-820C-9C031858B44D}"/>
     <hyperlink ref="E116" r:id="rId4" xr:uid="{566085CA-6D8E-48E9-8208-D4A3E1D45477}"/>
     <hyperlink ref="E131" r:id="rId5" xr:uid="{FB8FA814-A39E-4A19-9F11-5D9074A6377B}"/>
     <hyperlink ref="E64" r:id="rId6" xr:uid="{5EFA8166-730C-4453-AC9E-D1105E538871}"/>
     <hyperlink ref="E90" r:id="rId7" xr:uid="{4A710562-7EE4-4C99-98B7-10BECAE9D560}"/>
     <hyperlink ref="E8" r:id="rId8" xr:uid="{C867D07E-4189-451F-BA7B-D757C98056A6}"/>
     <hyperlink ref="E23" r:id="rId9" xr:uid="{4462A05D-DF4E-44C7-A0D6-18CE5FFC57CD}"/>
     <hyperlink ref="E70" r:id="rId10" xr:uid="{F8A9FBA1-A2BD-4194-A2B9-C00219DFB430}"/>
     <hyperlink ref="E6" r:id="rId11" xr:uid="{B894B025-390F-454D-B0FC-C0AAC3280B4A}"/>
     <hyperlink ref="E9" r:id="rId12" xr:uid="{E8EDB270-9C1C-4F37-B747-2292131432B7}"/>
     <hyperlink ref="E150" r:id="rId13" xr:uid="{7F0A773F-88BE-4D7A-A156-1B716CEFC5E8}"/>
     <hyperlink ref="E153" r:id="rId14" xr:uid="{A6D0FDFF-CF98-46C6-8009-289CF819D59C}"/>
     <hyperlink ref="E20" r:id="rId15" xr:uid="{96B47D25-DAC8-4E1D-9265-8659ED11EA8C}"/>
     <hyperlink ref="E27" r:id="rId16" xr:uid="{F6C73A38-16A8-42D4-97E2-36BBCA794796}"/>
     <hyperlink ref="E49" r:id="rId17" xr:uid="{D04E33EB-1619-41B7-AB0E-C6E4CEF23A74}"/>
     <hyperlink ref="E92" r:id="rId18" xr:uid="{46A24089-344E-419D-A45C-A2AB77DA4C3E}"/>
     <hyperlink ref="E108" r:id="rId19" xr:uid="{0DB101D7-2958-4157-A64F-CA4A252AE7F7}"/>
     <hyperlink ref="E111" r:id="rId20" xr:uid="{CC61A81B-6DE6-45D4-B36A-005E56756CD9}"/>
     <hyperlink ref="E32" r:id="rId21" xr:uid="{74F1ADC3-5B9D-48CF-82AA-260B6E10A7B6}"/>
     <hyperlink ref="E45" r:id="rId22" xr:uid="{EECC27FE-D6A5-44D1-99B9-7D6B3B8D987D}"/>
     <hyperlink ref="E73" r:id="rId23" xr:uid="{B16AD9F9-D5DD-4431-B3D8-0EEDD382DB0E}"/>
@@ -14282,95 +17078,95 @@
     <hyperlink ref="E33" r:id="rId50" xr:uid="{7F2FC66E-BB29-4EFA-B84A-7F66B505EACD}"/>
     <hyperlink ref="E107" r:id="rId51" xr:uid="{844CE0A2-F353-4A5F-93A4-FF8747A89944}"/>
     <hyperlink ref="E141" r:id="rId52" xr:uid="{918A0A0A-A52E-401A-8129-5A20E97E90DF}"/>
     <hyperlink ref="E117" r:id="rId53" xr:uid="{27122866-E40D-400A-AC9A-63AEA45C7E9B}"/>
     <hyperlink ref="E13" r:id="rId54" xr:uid="{AA29E71D-2FEA-4ECD-BE23-0E7BB5737DF8}"/>
     <hyperlink ref="E91" r:id="rId55" xr:uid="{7C3AA268-6284-40EA-BD1F-8A20554B3F14}"/>
     <hyperlink ref="E17" r:id="rId56" xr:uid="{CE679DA1-B1E4-4E50-A855-1EADD41E2F78}"/>
     <hyperlink ref="E122" r:id="rId57" xr:uid="{1C92C597-9C3C-4AD1-AE49-DE515F0FD5C8}"/>
     <hyperlink ref="E19" r:id="rId58" xr:uid="{36AA74D8-93CC-4162-BD3D-2F52F91E0D18}"/>
     <hyperlink ref="E35" r:id="rId59" xr:uid="{07774405-8201-4210-9C0F-2F0BF6148EF3}"/>
     <hyperlink ref="E96" r:id="rId60" xr:uid="{8D7E52DF-2232-410D-B0C5-960092632D4B}"/>
     <hyperlink ref="E143" r:id="rId61" xr:uid="{E907DC7C-A092-427B-ACE7-BA0F23379723}"/>
     <hyperlink ref="E75" r:id="rId62" xr:uid="{0F0F5B28-EDA2-4DDF-BE99-5650D5BBCA74}"/>
     <hyperlink ref="E94" r:id="rId63" xr:uid="{0B3AFE8F-2B89-40F1-A5E7-F2DB1E65F9A6}"/>
     <hyperlink ref="E160" r:id="rId64" xr:uid="{FED9C96E-CEAE-4C74-BC01-A16939075C3C}"/>
   </hyperlinks>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId65"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{817E5BB8-1407-4E27-9DD8-4C5712019C6B}">
   <dimension ref="A1:Z80"/>
   <sheetViews>
-    <sheetView topLeftCell="A26" zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
-      <selection activeCell="A26" sqref="A1:XFD1048576"/>
+    <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
+      <selection activeCell="I45" sqref="I45"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="21.75" x14ac:dyDescent="0.5"/>
   <cols>
     <col min="1" max="1" width="6.85546875" style="53" customWidth="1"/>
     <col min="2" max="2" width="9" style="79" customWidth="1"/>
     <col min="3" max="3" width="20.28515625" style="79" customWidth="1"/>
     <col min="4" max="4" width="13.5703125" style="79" customWidth="1"/>
     <col min="5" max="5" width="38.85546875" style="36" customWidth="1"/>
     <col min="6" max="6" width="9.140625" style="79"/>
     <col min="7" max="7" width="17.140625" style="79" customWidth="1"/>
     <col min="8" max="16384" width="9.140625" style="79"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A1" s="121" t="s">
+      <c r="A1" s="112" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="122"/>
-[...2 lines deleted...]
-      <c r="E1" s="122"/>
+      <c r="B1" s="113"/>
+      <c r="C1" s="113"/>
+      <c r="D1" s="113"/>
+      <c r="E1" s="113"/>
     </row>
     <row r="2" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A2" s="121" t="s">
+      <c r="A2" s="112" t="s">
         <v>418</v>
       </c>
-      <c r="B2" s="122"/>
-[...2 lines deleted...]
-      <c r="E2" s="122"/>
+      <c r="B2" s="113"/>
+      <c r="C2" s="113"/>
+      <c r="D2" s="113"/>
+      <c r="E2" s="113"/>
     </row>
     <row r="3" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A3" s="55" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="78" t="s">
         <v>2</v>
       </c>
-      <c r="C3" s="118" t="s">
+      <c r="C3" s="110" t="s">
         <v>3</v>
       </c>
-      <c r="D3" s="119"/>
+      <c r="D3" s="111"/>
       <c r="E3" s="27" t="s">
         <v>395</v>
       </c>
     </row>
     <row r="4" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A4" s="85">
         <v>1</v>
       </c>
       <c r="B4" s="80">
         <v>6403002</v>
       </c>
       <c r="C4" s="8" t="s">
         <v>130</v>
       </c>
       <c r="D4" s="9" t="s">
         <v>4</v>
       </c>
       <c r="E4" s="29" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="5" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A5" s="85">
         <v>2</v>
       </c>
@@ -14965,69 +17761,69 @@
         <v>213</v>
       </c>
     </row>
     <row r="41" spans="1:19" s="87" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A41" s="54"/>
       <c r="B41" s="11"/>
       <c r="C41" s="12"/>
       <c r="D41" s="11"/>
       <c r="E41" s="30"/>
       <c r="F41" s="11"/>
       <c r="G41" s="11"/>
       <c r="H41" s="11"/>
       <c r="I41" s="11"/>
       <c r="J41" s="11"/>
       <c r="K41" s="11"/>
       <c r="L41" s="11"/>
       <c r="M41" s="11"/>
       <c r="N41" s="11"/>
       <c r="O41" s="11"/>
       <c r="P41" s="11"/>
       <c r="Q41" s="11"/>
       <c r="R41" s="11"/>
       <c r="S41" s="11"/>
     </row>
     <row r="42" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A42" s="117" t="s">
+      <c r="A42" s="115" t="s">
         <v>419</v>
       </c>
-      <c r="B42" s="117"/>
-[...2 lines deleted...]
-      <c r="E42" s="117"/>
+      <c r="B42" s="115"/>
+      <c r="C42" s="115"/>
+      <c r="D42" s="115"/>
+      <c r="E42" s="115"/>
     </row>
     <row r="43" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A43" s="55" t="s">
         <v>1</v>
       </c>
       <c r="B43" s="78" t="s">
         <v>2</v>
       </c>
-      <c r="C43" s="118" t="s">
+      <c r="C43" s="110" t="s">
         <v>3</v>
       </c>
-      <c r="D43" s="119"/>
+      <c r="D43" s="111"/>
       <c r="E43" s="27" t="s">
         <v>395</v>
       </c>
     </row>
     <row r="44" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A44" s="85">
         <v>37</v>
       </c>
       <c r="B44" s="80">
         <v>6403094</v>
       </c>
       <c r="C44" s="8" t="s">
         <v>331</v>
       </c>
       <c r="D44" s="9" t="s">
         <v>76</v>
       </c>
       <c r="E44" s="29" t="s">
         <v>215</v>
       </c>
     </row>
     <row r="45" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A45" s="85">
         <v>38</v>
       </c>
@@ -15599,51 +18395,51 @@
       <c r="O77" s="61"/>
       <c r="P77" s="61"/>
       <c r="Q77" s="61"/>
       <c r="R77" s="61"/>
       <c r="S77" s="61"/>
       <c r="T77" s="61"/>
       <c r="U77" s="61"/>
       <c r="V77" s="61"/>
       <c r="W77" s="61"/>
       <c r="X77" s="61"/>
       <c r="Y77" s="61"/>
       <c r="Z77" s="61"/>
     </row>
     <row r="78" spans="1:26" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A78" s="54"/>
       <c r="B78" s="11"/>
       <c r="C78" s="12"/>
       <c r="D78" s="11"/>
       <c r="E78" s="30"/>
     </row>
     <row r="79" spans="1:26" s="53" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A79" s="54"/>
       <c r="B79" s="54"/>
       <c r="C79" s="63"/>
       <c r="D79" s="54"/>
-      <c r="E79" s="91" t="s">
+      <c r="E79" s="93" t="s">
         <v>421</v>
       </c>
     </row>
     <row r="80" spans="1:26" s="53" customFormat="1" x14ac:dyDescent="0.5">
       <c r="E80" s="65"/>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A2:E2"/>
     <mergeCell ref="C3:D3"/>
     <mergeCell ref="A42:E42"/>
     <mergeCell ref="C43:D43"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="E19" r:id="rId1" xr:uid="{3C690AF0-9F24-4BD2-8658-7311B606F825}"/>
     <hyperlink ref="E57" r:id="rId2" xr:uid="{E1DDAFA7-5153-42DE-AC47-3E13B3E632E9}"/>
     <hyperlink ref="E63" r:id="rId3" xr:uid="{F638AA3E-E3AE-4B7A-A1BD-649BB4A43990}"/>
     <hyperlink ref="E5" r:id="rId4" xr:uid="{1C989D9C-719B-4CD5-9884-FB0452FF741F}"/>
     <hyperlink ref="E13" r:id="rId5" xr:uid="{68045153-EC33-4950-A6E4-CD5B8D1709CC}"/>
     <hyperlink ref="E23" r:id="rId6" xr:uid="{25EE3A46-71D1-4D63-ABF8-3D644F2837E3}"/>
     <hyperlink ref="E37" r:id="rId7" xr:uid="{8A27D8A5-81A8-4B7E-87D8-A3AF4458C456}"/>
     <hyperlink ref="E54" r:id="rId8" xr:uid="{B9DB5252-47AC-4D6D-A008-721EF5D1A757}"/>
     <hyperlink ref="E21" r:id="rId9" xr:uid="{7C0015B3-6658-470E-9BED-549A0AC8953C}"/>
     <hyperlink ref="E35" r:id="rId10" xr:uid="{F853CE85-D538-4FC7-A0F1-78C1D6EEA255}"/>
@@ -15658,94 +18454,94 @@
     <hyperlink ref="E65" r:id="rId19" xr:uid="{1F602040-3581-4E8B-BC47-A57DD874B0DE}"/>
     <hyperlink ref="E24" r:id="rId20" xr:uid="{560D6D0B-C8E5-4C58-BA3E-67EE46E5CC76}"/>
     <hyperlink ref="E45" r:id="rId21" xr:uid="{F6D8E299-DA28-4F6A-9DFA-FBDCEEC83D77}"/>
     <hyperlink ref="E58" r:id="rId22" xr:uid="{692BB94B-8D26-432C-98AD-1F612AA05867}"/>
     <hyperlink ref="E8" r:id="rId23" xr:uid="{15CDF301-9AA5-44F2-A6B5-5DD7EB52B37E}"/>
     <hyperlink ref="E36" r:id="rId24" xr:uid="{3DB563C0-5358-4B80-AC27-D5D3F9F8B99C}"/>
     <hyperlink ref="E11" r:id="rId25" xr:uid="{252F2771-A38C-4BA5-8F80-5A6E92A15AB3}"/>
     <hyperlink ref="E61" r:id="rId26" xr:uid="{3ECC6572-F714-4AA2-AA9F-B50EB32D28AE}"/>
     <hyperlink ref="E39" r:id="rId27" xr:uid="{14A794E3-7797-4799-8E88-FDABA225B00F}"/>
     <hyperlink ref="E71" r:id="rId28" xr:uid="{452D99ED-079C-4CDC-969A-DAE5215EC9B9}"/>
     <hyperlink ref="E16" r:id="rId29" xr:uid="{B2E5D97B-07E9-4D99-A3BE-9B393A540146}"/>
     <hyperlink ref="E52" r:id="rId30" xr:uid="{1EE7BD18-F0A1-4B48-AD9A-A2683D882EB2}"/>
     <hyperlink ref="E69" r:id="rId31" xr:uid="{A26FDD1C-CFE0-435C-9169-024E8ECE9F7A}"/>
     <hyperlink ref="E30" r:id="rId32" xr:uid="{48E709F0-CB7B-4DAC-A6FD-15E1ECA6D9E6}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId33"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{51BE479E-393F-485A-836C-81261560FE58}">
   <dimension ref="A1:Z76"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
-      <selection sqref="A1:XFD1048576"/>
+      <selection activeCell="M17" sqref="M17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="21.75" x14ac:dyDescent="0.5"/>
   <cols>
     <col min="1" max="1" width="6.85546875" style="53" customWidth="1"/>
     <col min="2" max="2" width="9" style="79" customWidth="1"/>
     <col min="3" max="3" width="20.28515625" style="79" customWidth="1"/>
     <col min="4" max="4" width="13.5703125" style="79" customWidth="1"/>
     <col min="5" max="5" width="38.85546875" style="36" customWidth="1"/>
     <col min="6" max="6" width="9.140625" style="79"/>
     <col min="7" max="7" width="17.140625" style="79" customWidth="1"/>
     <col min="8" max="16384" width="9.140625" style="79"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A1" s="121" t="s">
+      <c r="A1" s="112" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="122"/>
-[...2 lines deleted...]
-      <c r="E1" s="122"/>
+      <c r="B1" s="113"/>
+      <c r="C1" s="113"/>
+      <c r="D1" s="113"/>
+      <c r="E1" s="113"/>
     </row>
     <row r="2" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A2" s="121" t="s">
+      <c r="A2" s="112" t="s">
         <v>420</v>
       </c>
-      <c r="B2" s="122"/>
-[...2 lines deleted...]
-      <c r="E2" s="122"/>
+      <c r="B2" s="113"/>
+      <c r="C2" s="113"/>
+      <c r="D2" s="113"/>
+      <c r="E2" s="113"/>
     </row>
     <row r="3" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A3" s="55" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="78" t="s">
         <v>2</v>
       </c>
-      <c r="C3" s="118" t="s">
+      <c r="C3" s="110" t="s">
         <v>3</v>
       </c>
-      <c r="D3" s="119"/>
+      <c r="D3" s="111"/>
       <c r="E3" s="27" t="s">
         <v>395</v>
       </c>
     </row>
     <row r="4" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A4" s="85">
         <v>1</v>
       </c>
       <c r="B4" s="80">
         <v>6403003</v>
       </c>
       <c r="C4" s="8" t="s">
         <v>131</v>
       </c>
       <c r="D4" s="9" t="s">
         <v>5</v>
       </c>
       <c r="E4" s="26" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="5" spans="1:5" s="87" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A5" s="85">
         <v>2</v>
       </c>
@@ -16382,69 +19178,69 @@
       <c r="R41" s="11"/>
       <c r="S41" s="11"/>
     </row>
     <row r="42" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A42" s="54"/>
       <c r="B42" s="11"/>
       <c r="C42" s="12"/>
       <c r="D42" s="11"/>
       <c r="E42" s="30"/>
       <c r="F42" s="11"/>
       <c r="G42" s="11"/>
       <c r="H42" s="11"/>
       <c r="I42" s="11"/>
       <c r="J42" s="11"/>
       <c r="K42" s="11"/>
       <c r="L42" s="11"/>
       <c r="M42" s="11"/>
       <c r="N42" s="11"/>
       <c r="O42" s="11"/>
       <c r="P42" s="11"/>
       <c r="Q42" s="11"/>
       <c r="R42" s="11"/>
       <c r="S42" s="11"/>
     </row>
     <row r="43" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A43" s="117" t="s">
+      <c r="A43" s="115" t="s">
         <v>419</v>
       </c>
-      <c r="B43" s="117"/>
-[...2 lines deleted...]
-      <c r="E43" s="117"/>
+      <c r="B43" s="115"/>
+      <c r="C43" s="115"/>
+      <c r="D43" s="115"/>
+      <c r="E43" s="115"/>
     </row>
     <row r="44" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A44" s="55" t="s">
         <v>1</v>
       </c>
       <c r="B44" s="78" t="s">
         <v>2</v>
       </c>
-      <c r="C44" s="118" t="s">
+      <c r="C44" s="110" t="s">
         <v>3</v>
       </c>
-      <c r="D44" s="119"/>
+      <c r="D44" s="111"/>
       <c r="E44" s="27" t="s">
         <v>395</v>
       </c>
     </row>
     <row r="45" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A45" s="85">
         <v>37</v>
       </c>
       <c r="B45" s="80">
         <v>6403093</v>
       </c>
       <c r="C45" s="8" t="s">
         <v>330</v>
       </c>
       <c r="D45" s="9" t="s">
         <v>75</v>
       </c>
       <c r="E45" s="26" t="s">
         <v>214</v>
       </c>
     </row>
     <row r="46" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A46" s="85">
         <v>38</v>
       </c>
@@ -16952,51 +19748,51 @@
       <c r="B73" s="22">
         <v>5603110</v>
       </c>
       <c r="C73" s="23" t="s">
         <v>397</v>
       </c>
       <c r="D73" s="24" t="s">
         <v>399</v>
       </c>
       <c r="E73" s="25" t="s">
         <v>401</v>
       </c>
     </row>
     <row r="74" spans="1:26" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A74" s="54"/>
       <c r="B74" s="11"/>
       <c r="C74" s="12"/>
       <c r="D74" s="11"/>
       <c r="E74" s="30"/>
     </row>
     <row r="75" spans="1:26" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A75" s="54"/>
       <c r="B75" s="11"/>
       <c r="C75" s="12"/>
       <c r="D75" s="11"/>
-      <c r="E75" s="92" t="s">
+      <c r="E75" s="94" t="s">
         <v>421</v>
       </c>
     </row>
     <row r="76" spans="1:26" s="53" customFormat="1" x14ac:dyDescent="0.5">
       <c r="E76" s="65"/>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A2:E2"/>
     <mergeCell ref="C3:D3"/>
     <mergeCell ref="A43:E43"/>
     <mergeCell ref="C44:D44"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="E17" r:id="rId1" xr:uid="{3959DE76-E967-4522-AD7A-F2C8A9282728}"/>
     <hyperlink ref="E68" r:id="rId2" xr:uid="{7ABF2476-3F00-48CC-9BE8-D16263F594E3}"/>
     <hyperlink ref="E37" r:id="rId3" xr:uid="{4A183B1B-6B07-432A-BE26-62FEAE58AD46}"/>
     <hyperlink ref="E31" r:id="rId4" xr:uid="{A848FF30-D9B8-43A7-9FBC-489065BB29AC}"/>
     <hyperlink ref="E4" r:id="rId5" xr:uid="{A19B99C5-2421-4B2A-9AF6-E4180C533703}"/>
     <hyperlink ref="E62" r:id="rId6" xr:uid="{0B7799D2-F762-4C15-9778-BC98D4B17E4C}"/>
     <hyperlink ref="E65" r:id="rId7" xr:uid="{40D6B7B1-7E48-48D5-BAD8-C35A3A4C7D11}"/>
     <hyperlink ref="E10" r:id="rId8" xr:uid="{1065D469-CA71-49EB-98C8-34661BFBB577}"/>
     <hyperlink ref="E47" r:id="rId9" xr:uid="{6EAB7998-0075-49E7-B38D-38EE81F3FCDC}"/>
     <hyperlink ref="E18" r:id="rId10" xr:uid="{E852B1C0-9F1E-4D7A-BDC7-6E69DD2F3BEF}"/>
@@ -17008,4182 +19804,4221 @@
     <hyperlink ref="E32" r:id="rId16" xr:uid="{8FAA4DFF-FF26-4D84-A15A-60CB20B47F91}"/>
     <hyperlink ref="E66" r:id="rId17" xr:uid="{B06EB56A-341E-4FC3-9946-B1B4661E0696}"/>
     <hyperlink ref="E24" r:id="rId18" xr:uid="{F2F3C25F-6EC4-42E2-BA78-F3C14A36D27E}"/>
     <hyperlink ref="E20" r:id="rId19" xr:uid="{88396B5E-5AF9-4168-8900-F3BB1500C224}"/>
     <hyperlink ref="E8" r:id="rId20" xr:uid="{9BF0DFCD-8AA6-4908-A508-786E2861EE7C}"/>
     <hyperlink ref="E15" r:id="rId21" xr:uid="{18845BB1-514C-42D7-986F-D330227D32BE}"/>
     <hyperlink ref="E58" r:id="rId22" xr:uid="{2FF77DFA-C18A-4160-9CA4-D2008DFEC1A3}"/>
     <hyperlink ref="E16" r:id="rId23" xr:uid="{16C8D599-AC65-41DC-9139-F594031329C2}"/>
     <hyperlink ref="E35" r:id="rId24" xr:uid="{0A59C2CA-50B4-4C2D-87D9-757587BA829B}"/>
     <hyperlink ref="E39" r:id="rId25" xr:uid="{C0EBCEC2-B754-49B3-9D1E-2A954C5E256B}"/>
     <hyperlink ref="E70" r:id="rId26" xr:uid="{FFCF3F79-29EA-4FA9-B256-68A70CCD87A6}"/>
     <hyperlink ref="E5" r:id="rId27" xr:uid="{B6721350-6465-4F54-A239-3E6770BBFF9D}"/>
     <hyperlink ref="E6" r:id="rId28" xr:uid="{1E66DAAE-5DFF-498B-AA2A-E50430CA9923}"/>
     <hyperlink ref="E7" r:id="rId29" xr:uid="{68B16CB5-B795-4586-BB3B-6BE507B5DE54}"/>
     <hyperlink ref="E45" r:id="rId30" xr:uid="{72884C34-699F-4B71-834E-D15D77194DE2}"/>
     <hyperlink ref="E14" r:id="rId31" xr:uid="{6ADCBF7F-EBC7-4408-94EF-497F13C3780B}"/>
     <hyperlink ref="E9" r:id="rId32" xr:uid="{8C5DBF73-CB92-4AA6-8522-D931186079D9}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId33"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{68764B1A-5918-40FA-AC6D-989EC449723E}">
-  <sheetPr>
-[...2 lines deleted...]
-  <dimension ref="A1:Z165"/>
+  <dimension ref="A1:S169"/>
   <sheetViews>
-    <sheetView topLeftCell="A103" zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
-      <selection activeCell="C145" sqref="C145"/>
+    <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
+      <selection activeCell="H171" sqref="H171"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="21.75" x14ac:dyDescent="0.5"/>
   <cols>
-    <col min="1" max="1" width="6.85546875" style="90" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="4" width="13.5703125" style="90" customWidth="1"/>
+    <col min="1" max="1" width="6.85546875" style="92" customWidth="1"/>
+    <col min="2" max="2" width="9" style="92" customWidth="1"/>
+    <col min="3" max="3" width="20.28515625" style="92" customWidth="1"/>
+    <col min="4" max="4" width="13.5703125" style="92" customWidth="1"/>
     <col min="5" max="5" width="38.85546875" style="36" customWidth="1"/>
-    <col min="6" max="6" width="9.140625" style="90"/>
-[...1 lines deleted...]
-    <col min="8" max="16384" width="9.140625" style="90"/>
+    <col min="6" max="6" width="9.140625" style="92"/>
+    <col min="7" max="7" width="17.140625" style="92" customWidth="1"/>
+    <col min="8" max="16384" width="9.140625" style="92"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A1" s="121" t="s">
+      <c r="A1" s="112" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="122"/>
-[...2 lines deleted...]
-      <c r="E1" s="122"/>
+      <c r="B1" s="113"/>
+      <c r="C1" s="113"/>
+      <c r="D1" s="113"/>
+      <c r="E1" s="113"/>
     </row>
     <row r="2" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A2" s="121" t="s">
+      <c r="A2" s="112" t="s">
         <v>424</v>
       </c>
-      <c r="B2" s="122"/>
-[...2 lines deleted...]
-      <c r="E2" s="122"/>
+      <c r="B2" s="113"/>
+      <c r="C2" s="113"/>
+      <c r="D2" s="113"/>
+      <c r="E2" s="113"/>
     </row>
     <row r="3" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
-      <c r="B3" s="109" t="s">
+      <c r="B3" s="91" t="s">
         <v>2</v>
       </c>
-      <c r="C3" s="118" t="s">
+      <c r="C3" s="110" t="s">
         <v>3</v>
       </c>
-      <c r="D3" s="119"/>
+      <c r="D3" s="111"/>
       <c r="E3" s="27" t="s">
         <v>395</v>
       </c>
     </row>
     <row r="4" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A4" s="4"/>
-      <c r="B4" s="110"/>
-      <c r="C4" s="118" t="s">
+      <c r="B4" s="5"/>
+      <c r="C4" s="110" t="s">
         <v>142</v>
       </c>
-      <c r="D4" s="120"/>
+      <c r="D4" s="114"/>
       <c r="E4" s="28"/>
     </row>
     <row r="5" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A5" s="6">
         <v>1</v>
       </c>
-      <c r="B5" s="111">
+      <c r="B5" s="90">
         <v>6403002</v>
       </c>
       <c r="C5" s="8" t="s">
         <v>130</v>
       </c>
       <c r="D5" s="9" t="s">
         <v>4</v>
       </c>
       <c r="E5" s="29" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="6" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A6" s="6">
         <v>2</v>
       </c>
-      <c r="B6" s="111">
+      <c r="B6" s="90">
         <v>6403003</v>
       </c>
       <c r="C6" s="8" t="s">
         <v>131</v>
       </c>
       <c r="D6" s="9" t="s">
         <v>5</v>
       </c>
       <c r="E6" s="26" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="7" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A7" s="6">
         <v>3</v>
       </c>
-      <c r="B7" s="111">
+      <c r="B7" s="90">
         <v>6403004</v>
       </c>
       <c r="C7" s="8" t="s">
         <v>274</v>
       </c>
       <c r="D7" s="9" t="s">
         <v>6</v>
       </c>
       <c r="E7" s="26" t="s">
         <v>146</v>
       </c>
     </row>
     <row r="8" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A8" s="6">
         <v>4</v>
       </c>
-      <c r="B8" s="111">
+      <c r="B8" s="90">
         <v>6403005</v>
       </c>
       <c r="C8" s="8" t="s">
         <v>132</v>
       </c>
       <c r="D8" s="9" t="s">
         <v>7</v>
       </c>
       <c r="E8" s="26" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="9" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A9" s="6">
         <v>5</v>
       </c>
-      <c r="B9" s="111">
+      <c r="B9" s="90">
         <v>6403006</v>
       </c>
       <c r="C9" s="8" t="s">
         <v>133</v>
       </c>
       <c r="D9" s="9" t="s">
         <v>8</v>
       </c>
       <c r="E9" s="26" t="s">
         <v>148</v>
       </c>
     </row>
     <row r="10" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A10" s="6">
         <v>6</v>
       </c>
-      <c r="B10" s="111">
+      <c r="B10" s="90">
         <v>6403007</v>
       </c>
       <c r="C10" s="8" t="s">
         <v>134</v>
       </c>
       <c r="D10" s="9" t="s">
         <v>9</v>
       </c>
       <c r="E10" s="26" t="s">
         <v>149</v>
       </c>
     </row>
     <row r="11" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A11" s="6">
         <v>7</v>
       </c>
-      <c r="B11" s="111">
+      <c r="B11" s="90">
         <v>6403008</v>
       </c>
       <c r="C11" s="8" t="s">
         <v>135</v>
       </c>
       <c r="D11" s="9" t="s">
         <v>10</v>
       </c>
       <c r="E11" s="29" t="s">
         <v>150</v>
       </c>
     </row>
     <row r="12" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A12" s="6">
         <v>8</v>
       </c>
-      <c r="B12" s="111">
+      <c r="B12" s="90">
         <v>6403009</v>
       </c>
       <c r="C12" s="8" t="s">
         <v>136</v>
       </c>
       <c r="D12" s="9" t="s">
         <v>11</v>
       </c>
       <c r="E12" s="26" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="13" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A13" s="6">
         <v>9</v>
       </c>
-      <c r="B13" s="111">
+      <c r="B13" s="90">
         <v>6403011</v>
       </c>
       <c r="C13" s="8" t="s">
         <v>137</v>
       </c>
       <c r="D13" s="9" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="26" t="s">
         <v>152</v>
       </c>
     </row>
     <row r="14" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A14" s="6">
         <v>10</v>
       </c>
-      <c r="B14" s="111">
+      <c r="B14" s="90">
         <v>6403014</v>
       </c>
       <c r="C14" s="8" t="s">
         <v>138</v>
       </c>
       <c r="D14" s="9" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="29" t="s">
         <v>153</v>
       </c>
     </row>
     <row r="15" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A15" s="6">
         <v>11</v>
       </c>
-      <c r="B15" s="111">
+      <c r="B15" s="90">
         <v>6403015</v>
       </c>
       <c r="C15" s="8" t="s">
         <v>139</v>
       </c>
       <c r="D15" s="9" t="s">
         <v>14</v>
       </c>
       <c r="E15" s="29" t="s">
         <v>154</v>
       </c>
     </row>
     <row r="16" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A16" s="6">
         <v>12</v>
       </c>
-      <c r="B16" s="111">
+      <c r="B16" s="90">
         <v>6403016</v>
       </c>
       <c r="C16" s="8" t="s">
         <v>275</v>
       </c>
       <c r="D16" s="9" t="s">
         <v>15</v>
       </c>
       <c r="E16" s="26" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="17" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A17" s="6">
         <v>13</v>
       </c>
-      <c r="B17" s="111">
+      <c r="B17" s="90">
         <v>6403017</v>
       </c>
       <c r="C17" s="8" t="s">
         <v>276</v>
       </c>
       <c r="D17" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E17" s="26" t="s">
         <v>156</v>
       </c>
     </row>
     <row r="18" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A18" s="6">
         <v>14</v>
       </c>
-      <c r="B18" s="111">
+      <c r="B18" s="90">
         <v>6403018</v>
       </c>
       <c r="C18" s="8" t="s">
         <v>269</v>
       </c>
       <c r="D18" s="9" t="s">
         <v>17</v>
       </c>
       <c r="E18" s="29" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="19" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A19" s="6">
         <v>15</v>
       </c>
-      <c r="B19" s="111">
+      <c r="B19" s="90">
         <v>6403019</v>
       </c>
       <c r="C19" s="8" t="s">
         <v>270</v>
       </c>
       <c r="D19" s="9" t="s">
         <v>18</v>
       </c>
       <c r="E19" s="26" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="20" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A20" s="6">
         <v>16</v>
       </c>
-      <c r="B20" s="111">
+      <c r="B20" s="90">
         <v>6403020</v>
       </c>
       <c r="C20" s="8" t="s">
         <v>271</v>
       </c>
       <c r="D20" s="9" t="s">
         <v>19</v>
       </c>
       <c r="E20" s="26" t="s">
         <v>159</v>
       </c>
     </row>
     <row r="21" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A21" s="6">
         <v>17</v>
       </c>
-      <c r="B21" s="111">
+      <c r="B21" s="90">
         <v>6403021</v>
       </c>
       <c r="C21" s="8" t="s">
         <v>277</v>
       </c>
       <c r="D21" s="9" t="s">
         <v>20</v>
       </c>
       <c r="E21" s="29" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="22" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A22" s="6">
         <v>18</v>
       </c>
-      <c r="B22" s="111">
+      <c r="B22" s="90">
         <v>6403022</v>
       </c>
       <c r="C22" s="8" t="s">
         <v>278</v>
       </c>
       <c r="D22" s="9" t="s">
         <v>21</v>
       </c>
       <c r="E22" s="29" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="23" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A23" s="6">
         <v>19</v>
       </c>
-      <c r="B23" s="111">
+      <c r="B23" s="90">
         <v>6403024</v>
       </c>
       <c r="C23" s="8" t="s">
         <v>272</v>
       </c>
       <c r="D23" s="9" t="s">
         <v>22</v>
       </c>
       <c r="E23" s="26" t="s">
         <v>162</v>
       </c>
     </row>
     <row r="24" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A24" s="6">
         <v>20</v>
       </c>
-      <c r="B24" s="111">
+      <c r="B24" s="90">
         <v>6403025</v>
       </c>
       <c r="C24" s="8" t="s">
         <v>273</v>
       </c>
       <c r="D24" s="9" t="s">
         <v>23</v>
       </c>
       <c r="E24" s="29" t="s">
         <v>163</v>
       </c>
     </row>
     <row r="25" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A25" s="6">
         <v>21</v>
       </c>
-      <c r="B25" s="111">
+      <c r="B25" s="90">
         <v>6403026</v>
       </c>
       <c r="C25" s="8" t="s">
         <v>279</v>
       </c>
       <c r="D25" s="9" t="s">
         <v>24</v>
       </c>
       <c r="E25" s="29" t="s">
         <v>164</v>
       </c>
     </row>
     <row r="26" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A26" s="6">
         <v>22</v>
       </c>
-      <c r="B26" s="111">
+      <c r="B26" s="90">
         <v>6403027</v>
       </c>
       <c r="C26" s="8" t="s">
         <v>280</v>
       </c>
       <c r="D26" s="9" t="s">
         <v>25</v>
       </c>
       <c r="E26" s="29" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="27" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A27" s="6">
         <v>23</v>
       </c>
-      <c r="B27" s="111">
+      <c r="B27" s="90">
         <v>6403029</v>
       </c>
       <c r="C27" s="8" t="s">
         <v>281</v>
       </c>
       <c r="D27" s="9" t="s">
         <v>26</v>
       </c>
       <c r="E27" s="26" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="28" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A28" s="6">
         <v>24</v>
       </c>
-      <c r="B28" s="111">
+      <c r="B28" s="90">
         <v>6403030</v>
       </c>
       <c r="C28" s="8" t="s">
         <v>282</v>
       </c>
       <c r="D28" s="9" t="s">
         <v>27</v>
       </c>
       <c r="E28" s="29" t="s">
         <v>167</v>
       </c>
     </row>
     <row r="29" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A29" s="6">
         <v>25</v>
       </c>
-      <c r="B29" s="111">
+      <c r="B29" s="90">
         <v>6403031</v>
       </c>
       <c r="C29" s="8" t="s">
         <v>284</v>
       </c>
       <c r="D29" s="9" t="s">
         <v>28</v>
       </c>
       <c r="E29" s="29" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="30" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A30" s="6">
         <v>26</v>
       </c>
-      <c r="B30" s="111">
+      <c r="B30" s="90">
         <v>6403032</v>
       </c>
       <c r="C30" s="8" t="s">
         <v>285</v>
       </c>
       <c r="D30" s="9" t="s">
         <v>29</v>
       </c>
       <c r="E30" s="26" t="s">
         <v>169</v>
       </c>
     </row>
     <row r="31" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A31" s="6">
         <v>27</v>
       </c>
-      <c r="B31" s="111">
+      <c r="B31" s="90">
         <v>6403033</v>
       </c>
       <c r="C31" s="8" t="s">
         <v>283</v>
       </c>
       <c r="D31" s="9" t="s">
         <v>30</v>
       </c>
       <c r="E31" s="29" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="32" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A32" s="6">
         <v>28</v>
       </c>
-      <c r="B32" s="111">
+      <c r="B32" s="90">
         <v>6403035</v>
       </c>
       <c r="C32" s="8" t="s">
         <v>286</v>
       </c>
       <c r="D32" s="9" t="s">
         <v>31</v>
       </c>
       <c r="E32" s="26" t="s">
         <v>171</v>
       </c>
     </row>
     <row r="33" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A33" s="6">
         <v>29</v>
       </c>
-      <c r="B33" s="111">
+      <c r="B33" s="90">
         <v>6403036</v>
       </c>
       <c r="C33" s="8" t="s">
         <v>287</v>
       </c>
       <c r="D33" s="9" t="s">
         <v>32</v>
       </c>
       <c r="E33" s="26" t="s">
         <v>172</v>
       </c>
     </row>
     <row r="34" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A34" s="6">
         <v>30</v>
       </c>
-      <c r="B34" s="111">
+      <c r="B34" s="90">
         <v>6403037</v>
       </c>
       <c r="C34" s="8" t="s">
         <v>288</v>
       </c>
       <c r="D34" s="9" t="s">
         <v>33</v>
       </c>
       <c r="E34" s="26" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="35" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A35" s="6">
         <v>31</v>
       </c>
-      <c r="B35" s="111">
+      <c r="B35" s="90">
         <v>6403040</v>
       </c>
       <c r="C35" s="8" t="s">
         <v>289</v>
       </c>
       <c r="D35" s="9" t="s">
         <v>34</v>
       </c>
       <c r="E35" s="26" t="s">
         <v>174</v>
       </c>
     </row>
     <row r="36" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A36" s="6">
         <v>32</v>
       </c>
-      <c r="B36" s="111">
+      <c r="B36" s="90">
         <v>6403042</v>
       </c>
       <c r="C36" s="8" t="s">
         <v>290</v>
       </c>
       <c r="D36" s="9" t="s">
         <v>35</v>
       </c>
       <c r="E36" s="26" t="s">
         <v>386</v>
       </c>
     </row>
     <row r="37" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A37" s="11"/>
-      <c r="B37" s="30"/>
+      <c r="B37" s="11"/>
       <c r="C37" s="12"/>
       <c r="D37" s="11"/>
       <c r="E37" s="30"/>
       <c r="F37" s="11"/>
       <c r="G37" s="11"/>
       <c r="H37" s="11"/>
       <c r="I37" s="11"/>
       <c r="J37" s="11"/>
       <c r="K37" s="11"/>
       <c r="L37" s="11"/>
       <c r="M37" s="11"/>
       <c r="N37" s="11"/>
       <c r="O37" s="11"/>
       <c r="P37" s="11"/>
       <c r="Q37" s="11"/>
       <c r="R37" s="11"/>
       <c r="S37" s="11"/>
     </row>
     <row r="38" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A38" s="11"/>
-      <c r="B38" s="30"/>
+      <c r="B38" s="11"/>
       <c r="C38" s="12"/>
       <c r="D38" s="11"/>
       <c r="E38" s="30"/>
       <c r="F38" s="11"/>
       <c r="G38" s="11"/>
       <c r="H38" s="11"/>
       <c r="I38" s="11"/>
       <c r="J38" s="11"/>
       <c r="K38" s="11"/>
       <c r="L38" s="11"/>
       <c r="M38" s="11"/>
       <c r="N38" s="11"/>
       <c r="O38" s="11"/>
       <c r="P38" s="11"/>
       <c r="Q38" s="11"/>
       <c r="R38" s="11"/>
       <c r="S38" s="11"/>
     </row>
     <row r="39" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A39" s="11"/>
-      <c r="B39" s="30"/>
+      <c r="B39" s="11"/>
       <c r="C39" s="12"/>
       <c r="D39" s="11"/>
       <c r="E39" s="30"/>
       <c r="F39" s="11"/>
       <c r="G39" s="11"/>
       <c r="H39" s="11"/>
       <c r="I39" s="11"/>
       <c r="J39" s="11"/>
       <c r="K39" s="11"/>
       <c r="L39" s="11"/>
       <c r="M39" s="11"/>
       <c r="N39" s="11"/>
       <c r="O39" s="11"/>
       <c r="P39" s="11"/>
       <c r="Q39" s="11"/>
       <c r="R39" s="11"/>
       <c r="S39" s="11"/>
     </row>
     <row r="40" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A40" s="11"/>
-      <c r="B40" s="30"/>
+      <c r="B40" s="11"/>
       <c r="C40" s="12"/>
       <c r="D40" s="11"/>
       <c r="E40" s="30"/>
       <c r="F40" s="11"/>
       <c r="G40" s="11"/>
       <c r="H40" s="11"/>
       <c r="I40" s="11"/>
       <c r="J40" s="11"/>
       <c r="K40" s="11"/>
       <c r="L40" s="11"/>
       <c r="M40" s="11"/>
       <c r="N40" s="11"/>
       <c r="O40" s="11"/>
       <c r="P40" s="11"/>
       <c r="Q40" s="11"/>
       <c r="R40" s="11"/>
       <c r="S40" s="11"/>
     </row>
     <row r="41" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A41" s="11"/>
-      <c r="B41" s="30"/>
+      <c r="B41" s="11"/>
       <c r="C41" s="12"/>
       <c r="D41" s="11"/>
       <c r="E41" s="30"/>
       <c r="F41" s="11"/>
       <c r="G41" s="11"/>
       <c r="H41" s="11"/>
       <c r="I41" s="11"/>
       <c r="J41" s="11"/>
       <c r="K41" s="11"/>
       <c r="L41" s="11"/>
       <c r="M41" s="11"/>
       <c r="N41" s="11"/>
       <c r="O41" s="11"/>
       <c r="P41" s="11"/>
       <c r="Q41" s="11"/>
       <c r="R41" s="11"/>
       <c r="S41" s="11"/>
     </row>
     <row r="42" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A42" s="11"/>
-      <c r="B42" s="30"/>
+      <c r="B42" s="11"/>
       <c r="C42" s="12"/>
       <c r="D42" s="11"/>
       <c r="E42" s="30"/>
       <c r="F42" s="11"/>
       <c r="G42" s="11"/>
       <c r="H42" s="11"/>
       <c r="I42" s="11"/>
       <c r="J42" s="11"/>
       <c r="K42" s="11"/>
       <c r="L42" s="11"/>
       <c r="M42" s="11"/>
       <c r="N42" s="11"/>
       <c r="O42" s="11"/>
       <c r="P42" s="11"/>
       <c r="Q42" s="11"/>
       <c r="R42" s="11"/>
       <c r="S42" s="11"/>
     </row>
     <row r="43" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A43" s="117" t="s">
+      <c r="A43" s="115" t="s">
         <v>412</v>
       </c>
-      <c r="B43" s="117"/>
-[...2 lines deleted...]
-      <c r="E43" s="117"/>
+      <c r="B43" s="115"/>
+      <c r="C43" s="115"/>
+      <c r="D43" s="115"/>
+      <c r="E43" s="115"/>
     </row>
     <row r="44" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A44" s="2" t="s">
         <v>1</v>
       </c>
-      <c r="B44" s="109" t="s">
+      <c r="B44" s="91" t="s">
         <v>2</v>
       </c>
-      <c r="C44" s="118" t="s">
+      <c r="C44" s="110" t="s">
         <v>3</v>
       </c>
-      <c r="D44" s="119"/>
+      <c r="D44" s="111"/>
       <c r="E44" s="27" t="s">
         <v>395</v>
       </c>
     </row>
     <row r="45" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A45" s="6">
         <v>33</v>
       </c>
-      <c r="B45" s="111">
+      <c r="B45" s="90">
         <v>6403043</v>
       </c>
       <c r="C45" s="8" t="s">
         <v>291</v>
       </c>
       <c r="D45" s="9" t="s">
         <v>36</v>
       </c>
       <c r="E45" s="26" t="s">
         <v>175</v>
       </c>
     </row>
     <row r="46" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A46" s="6">
         <v>34</v>
       </c>
-      <c r="B46" s="111">
+      <c r="B46" s="90">
         <v>6403045</v>
       </c>
       <c r="C46" s="13" t="s">
         <v>292</v>
       </c>
       <c r="D46" s="9" t="s">
         <v>37</v>
       </c>
       <c r="E46" s="29" t="s">
         <v>176</v>
       </c>
     </row>
     <row r="47" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A47" s="6">
         <v>35</v>
       </c>
-      <c r="B47" s="111">
+      <c r="B47" s="90">
         <v>6403046</v>
       </c>
       <c r="C47" s="8" t="s">
         <v>293</v>
       </c>
       <c r="D47" s="9" t="s">
         <v>38</v>
       </c>
       <c r="E47" s="29" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="48" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A48" s="6">
         <v>36</v>
       </c>
-      <c r="B48" s="111">
+      <c r="B48" s="90">
         <v>6403048</v>
       </c>
       <c r="C48" s="8" t="s">
         <v>294</v>
       </c>
       <c r="D48" s="9" t="s">
         <v>39</v>
       </c>
       <c r="E48" s="26" t="s">
         <v>178</v>
       </c>
     </row>
     <row r="49" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A49" s="6">
         <v>37</v>
       </c>
-      <c r="B49" s="111">
+      <c r="B49" s="90">
         <v>6403049</v>
       </c>
       <c r="C49" s="8" t="s">
         <v>300</v>
       </c>
       <c r="D49" s="9" t="s">
         <v>40</v>
       </c>
       <c r="E49" s="26" t="s">
         <v>179</v>
       </c>
     </row>
     <row r="50" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A50" s="6">
         <v>38</v>
       </c>
-      <c r="B50" s="111">
+      <c r="B50" s="90">
         <v>6403050</v>
       </c>
       <c r="C50" s="8" t="s">
         <v>301</v>
       </c>
       <c r="D50" s="9" t="s">
         <v>41</v>
       </c>
       <c r="E50" s="29" t="s">
         <v>180</v>
       </c>
     </row>
     <row r="51" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A51" s="6">
         <v>39</v>
       </c>
-      <c r="B51" s="111">
+      <c r="B51" s="90">
         <v>6403051</v>
       </c>
       <c r="C51" s="8" t="s">
         <v>302</v>
       </c>
       <c r="D51" s="9" t="s">
         <v>42</v>
       </c>
       <c r="E51" s="29" t="s">
         <v>181</v>
       </c>
     </row>
     <row r="52" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A52" s="6">
         <v>40</v>
       </c>
-      <c r="B52" s="111">
+      <c r="B52" s="90">
         <v>6403052</v>
       </c>
       <c r="C52" s="8" t="s">
         <v>303</v>
       </c>
       <c r="D52" s="9" t="s">
         <v>43</v>
       </c>
       <c r="E52" s="29" t="s">
         <v>182</v>
       </c>
     </row>
     <row r="53" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A53" s="6">
         <v>41</v>
       </c>
-      <c r="B53" s="111">
+      <c r="B53" s="90">
         <v>6403053</v>
       </c>
       <c r="C53" s="8" t="s">
         <v>295</v>
       </c>
       <c r="D53" s="9" t="s">
         <v>44</v>
       </c>
       <c r="E53" s="26" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="54" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A54" s="6">
         <v>42</v>
       </c>
-      <c r="B54" s="111">
+      <c r="B54" s="90">
         <v>6403054</v>
       </c>
       <c r="C54" s="8" t="s">
         <v>296</v>
       </c>
       <c r="D54" s="9" t="s">
         <v>45</v>
       </c>
       <c r="E54" s="26" t="s">
         <v>184</v>
       </c>
     </row>
     <row r="55" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A55" s="6">
         <v>43</v>
       </c>
-      <c r="B55" s="111">
+      <c r="B55" s="90">
         <v>6403055</v>
       </c>
       <c r="C55" s="8" t="s">
         <v>297</v>
       </c>
       <c r="D55" s="9" t="s">
         <v>46</v>
       </c>
       <c r="E55" s="34" t="s">
         <v>185</v>
       </c>
     </row>
     <row r="56" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A56" s="6">
         <v>44</v>
       </c>
-      <c r="B56" s="111">
+      <c r="B56" s="90">
         <v>6403056</v>
       </c>
       <c r="C56" s="8" t="s">
         <v>298</v>
       </c>
       <c r="D56" s="9" t="s">
         <v>47</v>
       </c>
       <c r="E56" s="34" t="s">
         <v>186</v>
       </c>
     </row>
     <row r="57" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A57" s="6">
         <v>45</v>
       </c>
-      <c r="B57" s="111">
+      <c r="B57" s="90">
         <v>6403057</v>
       </c>
       <c r="C57" s="8" t="s">
         <v>299</v>
       </c>
       <c r="D57" s="9" t="s">
         <v>48</v>
       </c>
       <c r="E57" s="31" t="s">
         <v>187</v>
       </c>
     </row>
     <row r="58" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A58" s="6">
         <v>46</v>
       </c>
-      <c r="B58" s="111">
+      <c r="B58" s="90">
         <v>6403058</v>
       </c>
       <c r="C58" s="8" t="s">
         <v>304</v>
       </c>
       <c r="D58" s="9" t="s">
         <v>49</v>
       </c>
       <c r="E58" s="31" t="s">
         <v>188</v>
       </c>
     </row>
     <row r="59" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A59" s="6">
         <v>47</v>
       </c>
-      <c r="B59" s="111">
+      <c r="B59" s="90">
         <v>6403059</v>
       </c>
       <c r="C59" s="8" t="s">
         <v>305</v>
       </c>
       <c r="D59" s="9" t="s">
         <v>50</v>
       </c>
       <c r="E59" s="29" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="60" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A60" s="6">
         <v>48</v>
       </c>
-      <c r="B60" s="111">
+      <c r="B60" s="90">
         <v>6403061</v>
       </c>
       <c r="C60" s="8" t="s">
         <v>306</v>
       </c>
       <c r="D60" s="9" t="s">
         <v>51</v>
       </c>
       <c r="E60" s="26" t="s">
         <v>190</v>
       </c>
     </row>
     <row r="61" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A61" s="6">
         <v>49</v>
       </c>
-      <c r="B61" s="111">
+      <c r="B61" s="90">
         <v>6403062</v>
       </c>
       <c r="C61" s="8" t="s">
         <v>307</v>
       </c>
       <c r="D61" s="9" t="s">
         <v>52</v>
       </c>
       <c r="E61" s="29" t="s">
         <v>191</v>
       </c>
     </row>
     <row r="62" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A62" s="6">
         <v>50</v>
       </c>
-      <c r="B62" s="111">
+      <c r="B62" s="90">
         <v>6403063</v>
       </c>
       <c r="C62" s="8" t="s">
         <v>308</v>
       </c>
       <c r="D62" s="9" t="s">
         <v>53</v>
       </c>
       <c r="E62" s="29" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="63" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A63" s="6">
         <v>51</v>
       </c>
-      <c r="B63" s="111">
+      <c r="B63" s="90">
         <v>6403064</v>
       </c>
       <c r="C63" s="8" t="s">
         <v>309</v>
       </c>
       <c r="D63" s="9" t="s">
         <v>54</v>
       </c>
       <c r="E63" s="29" t="s">
         <v>193</v>
       </c>
     </row>
     <row r="64" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A64" s="6">
         <v>52</v>
       </c>
-      <c r="B64" s="111">
+      <c r="B64" s="90">
         <v>6403065</v>
       </c>
       <c r="C64" s="8" t="s">
         <v>310</v>
       </c>
       <c r="D64" s="9" t="s">
         <v>55</v>
       </c>
       <c r="E64" s="26" t="s">
         <v>194</v>
       </c>
     </row>
     <row r="65" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A65" s="6">
         <v>53</v>
       </c>
-      <c r="B65" s="111">
+      <c r="B65" s="90">
         <v>6403066</v>
       </c>
       <c r="C65" s="8" t="s">
         <v>311</v>
       </c>
       <c r="D65" s="9" t="s">
         <v>56</v>
       </c>
       <c r="E65" s="29" t="s">
         <v>195</v>
       </c>
     </row>
     <row r="66" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A66" s="6">
         <v>54</v>
       </c>
-      <c r="B66" s="111">
+      <c r="B66" s="90">
         <v>6403067</v>
       </c>
       <c r="C66" s="8" t="s">
         <v>312</v>
       </c>
       <c r="D66" s="9" t="s">
         <v>57</v>
       </c>
       <c r="E66" s="29" t="s">
         <v>196</v>
       </c>
     </row>
     <row r="67" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A67" s="6">
         <v>55</v>
       </c>
-      <c r="B67" s="111">
+      <c r="B67" s="90">
         <v>6403068</v>
       </c>
       <c r="C67" s="8" t="s">
         <v>313</v>
       </c>
       <c r="D67" s="9" t="s">
         <v>58</v>
       </c>
       <c r="E67" s="29" t="s">
         <v>197</v>
       </c>
     </row>
     <row r="68" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A68" s="6">
         <v>56</v>
       </c>
-      <c r="B68" s="111">
+      <c r="B68" s="90">
         <v>6403069</v>
       </c>
       <c r="C68" s="8" t="s">
         <v>314</v>
       </c>
       <c r="D68" s="9" t="s">
         <v>59</v>
       </c>
       <c r="E68" s="29" t="s">
         <v>198</v>
       </c>
     </row>
     <row r="69" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A69" s="6">
         <v>57</v>
       </c>
-      <c r="B69" s="111">
+      <c r="B69" s="90">
         <v>6403070</v>
       </c>
       <c r="C69" s="8" t="s">
         <v>315</v>
       </c>
       <c r="D69" s="9" t="s">
         <v>60</v>
       </c>
       <c r="E69" s="29" t="s">
         <v>199</v>
       </c>
     </row>
     <row r="70" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A70" s="6">
         <v>58</v>
       </c>
-      <c r="B70" s="111">
+      <c r="B70" s="90">
         <v>6403072</v>
       </c>
       <c r="C70" s="8" t="s">
         <v>316</v>
       </c>
       <c r="D70" s="9" t="s">
         <v>61</v>
       </c>
       <c r="E70" s="26" t="s">
         <v>200</v>
       </c>
     </row>
     <row r="71" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A71" s="6">
         <v>59</v>
       </c>
-      <c r="B71" s="111">
+      <c r="B71" s="90">
         <v>6403076</v>
       </c>
       <c r="C71" s="8" t="s">
         <v>317</v>
       </c>
       <c r="D71" s="9" t="s">
         <v>62</v>
       </c>
       <c r="E71" s="51" t="s">
         <v>387</v>
       </c>
     </row>
     <row r="72" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A72" s="6">
         <v>60</v>
       </c>
-      <c r="B72" s="111">
+      <c r="B72" s="90">
         <v>6403077</v>
       </c>
       <c r="C72" s="8" t="s">
         <v>318</v>
       </c>
       <c r="D72" s="9" t="s">
         <v>63</v>
       </c>
       <c r="E72" s="29" t="s">
         <v>201</v>
       </c>
     </row>
     <row r="73" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A73" s="6">
         <v>61</v>
       </c>
-      <c r="B73" s="111">
+      <c r="B73" s="90">
         <v>6403078</v>
       </c>
       <c r="C73" s="8" t="s">
         <v>319</v>
       </c>
       <c r="D73" s="9" t="s">
         <v>64</v>
       </c>
       <c r="E73" s="26" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="74" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A74" s="6">
         <v>62</v>
       </c>
-      <c r="B74" s="111">
+      <c r="B74" s="90">
         <v>6403079</v>
       </c>
       <c r="C74" s="8" t="s">
         <v>320</v>
       </c>
       <c r="D74" s="9" t="s">
         <v>65</v>
       </c>
       <c r="E74" s="29" t="s">
         <v>203</v>
       </c>
     </row>
     <row r="75" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A75" s="6">
         <v>63</v>
       </c>
-      <c r="B75" s="111">
+      <c r="B75" s="90">
         <v>6403080</v>
       </c>
       <c r="C75" s="8" t="s">
         <v>321</v>
       </c>
       <c r="D75" s="9" t="s">
         <v>66</v>
       </c>
       <c r="E75" s="26" t="s">
         <v>204</v>
       </c>
     </row>
     <row r="76" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A76" s="11"/>
-      <c r="B76" s="30"/>
+      <c r="B76" s="11"/>
       <c r="C76" s="12"/>
       <c r="D76" s="11"/>
       <c r="E76" s="30"/>
       <c r="F76" s="11"/>
       <c r="G76" s="11"/>
       <c r="H76" s="11"/>
       <c r="I76" s="11"/>
       <c r="J76" s="11"/>
       <c r="K76" s="11"/>
       <c r="L76" s="11"/>
       <c r="M76" s="11"/>
       <c r="N76" s="11"/>
       <c r="O76" s="11"/>
       <c r="P76" s="11"/>
       <c r="Q76" s="11"/>
       <c r="R76" s="11"/>
       <c r="S76" s="11"/>
     </row>
     <row r="77" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A77" s="11"/>
-      <c r="B77" s="30"/>
+      <c r="B77" s="11"/>
       <c r="C77" s="12"/>
       <c r="D77" s="11"/>
       <c r="E77" s="30"/>
       <c r="F77" s="11"/>
       <c r="G77" s="11"/>
       <c r="H77" s="11"/>
       <c r="I77" s="11"/>
       <c r="J77" s="11"/>
       <c r="K77" s="11"/>
       <c r="L77" s="11"/>
       <c r="M77" s="11"/>
       <c r="N77" s="11"/>
       <c r="O77" s="11"/>
       <c r="P77" s="11"/>
       <c r="Q77" s="11"/>
       <c r="R77" s="11"/>
       <c r="S77" s="11"/>
     </row>
     <row r="78" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A78" s="11"/>
-      <c r="B78" s="30"/>
+      <c r="B78" s="11"/>
       <c r="C78" s="12"/>
       <c r="D78" s="11"/>
       <c r="E78" s="30"/>
       <c r="F78" s="11"/>
       <c r="G78" s="11"/>
       <c r="H78" s="11"/>
       <c r="I78" s="11"/>
       <c r="J78" s="11"/>
       <c r="K78" s="11"/>
       <c r="L78" s="11"/>
       <c r="M78" s="11"/>
       <c r="N78" s="11"/>
       <c r="O78" s="11"/>
       <c r="P78" s="11"/>
       <c r="Q78" s="11"/>
       <c r="R78" s="11"/>
       <c r="S78" s="11"/>
     </row>
     <row r="79" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A79" s="11"/>
-      <c r="B79" s="30"/>
+      <c r="B79" s="11"/>
       <c r="C79" s="12"/>
       <c r="D79" s="11"/>
       <c r="E79" s="30"/>
       <c r="F79" s="11"/>
       <c r="G79" s="11"/>
       <c r="H79" s="11"/>
       <c r="I79" s="11"/>
       <c r="J79" s="11"/>
       <c r="K79" s="11"/>
       <c r="L79" s="11"/>
       <c r="M79" s="11"/>
       <c r="N79" s="11"/>
       <c r="O79" s="11"/>
       <c r="P79" s="11"/>
       <c r="Q79" s="11"/>
       <c r="R79" s="11"/>
       <c r="S79" s="11"/>
     </row>
     <row r="80" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A80" s="11"/>
-      <c r="B80" s="30"/>
+      <c r="B80" s="11"/>
       <c r="C80" s="12"/>
       <c r="D80" s="11"/>
       <c r="E80" s="30"/>
       <c r="F80" s="11"/>
       <c r="G80" s="11"/>
       <c r="H80" s="11"/>
       <c r="I80" s="11"/>
       <c r="J80" s="11"/>
       <c r="K80" s="11"/>
       <c r="L80" s="11"/>
       <c r="M80" s="11"/>
       <c r="N80" s="11"/>
       <c r="O80" s="11"/>
       <c r="P80" s="11"/>
       <c r="Q80" s="11"/>
       <c r="R80" s="11"/>
       <c r="S80" s="11"/>
     </row>
     <row r="81" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A81" s="11"/>
-      <c r="B81" s="30"/>
+      <c r="B81" s="11"/>
       <c r="C81" s="12"/>
       <c r="D81" s="11"/>
       <c r="E81" s="30"/>
       <c r="F81" s="11"/>
       <c r="G81" s="11"/>
       <c r="H81" s="11"/>
       <c r="I81" s="11"/>
       <c r="J81" s="11"/>
       <c r="K81" s="11"/>
       <c r="L81" s="11"/>
       <c r="M81" s="11"/>
       <c r="N81" s="11"/>
       <c r="O81" s="11"/>
       <c r="P81" s="11"/>
       <c r="Q81" s="11"/>
       <c r="R81" s="11"/>
       <c r="S81" s="11"/>
     </row>
     <row r="82" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A82" s="11"/>
-      <c r="B82" s="30"/>
+      <c r="B82" s="11"/>
       <c r="C82" s="12"/>
       <c r="D82" s="11"/>
       <c r="E82" s="30"/>
       <c r="F82" s="11"/>
       <c r="G82" s="11"/>
       <c r="H82" s="11"/>
       <c r="I82" s="11"/>
       <c r="J82" s="11"/>
       <c r="K82" s="11"/>
       <c r="L82" s="11"/>
       <c r="M82" s="11"/>
       <c r="N82" s="11"/>
       <c r="O82" s="11"/>
       <c r="P82" s="11"/>
       <c r="Q82" s="11"/>
       <c r="R82" s="11"/>
       <c r="S82" s="11"/>
     </row>
     <row r="83" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A83" s="11"/>
-      <c r="B83" s="30"/>
+      <c r="B83" s="11"/>
       <c r="C83" s="12"/>
       <c r="D83" s="11"/>
       <c r="E83" s="30"/>
       <c r="F83" s="11"/>
       <c r="G83" s="11"/>
       <c r="H83" s="11"/>
       <c r="I83" s="11"/>
       <c r="J83" s="11"/>
       <c r="K83" s="11"/>
       <c r="L83" s="11"/>
       <c r="M83" s="11"/>
       <c r="N83" s="11"/>
       <c r="O83" s="11"/>
       <c r="P83" s="11"/>
       <c r="Q83" s="11"/>
       <c r="R83" s="11"/>
       <c r="S83" s="11"/>
     </row>
     <row r="84" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A84" s="11"/>
-      <c r="B84" s="30"/>
+      <c r="B84" s="11"/>
       <c r="C84" s="12"/>
       <c r="D84" s="11"/>
       <c r="E84" s="30"/>
       <c r="F84" s="11"/>
       <c r="G84" s="11"/>
       <c r="H84" s="11"/>
       <c r="I84" s="11"/>
       <c r="J84" s="11"/>
       <c r="K84" s="11"/>
       <c r="L84" s="11"/>
       <c r="M84" s="11"/>
       <c r="N84" s="11"/>
       <c r="O84" s="11"/>
       <c r="P84" s="11"/>
       <c r="Q84" s="11"/>
       <c r="R84" s="11"/>
       <c r="S84" s="11"/>
     </row>
     <row r="85" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A85" s="117" t="s">
+      <c r="A85" s="115" t="s">
         <v>413</v>
       </c>
-      <c r="B85" s="117"/>
-[...2 lines deleted...]
-      <c r="E85" s="117"/>
+      <c r="B85" s="115"/>
+      <c r="C85" s="115"/>
+      <c r="D85" s="115"/>
+      <c r="E85" s="115"/>
     </row>
     <row r="86" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A86" s="2" t="s">
         <v>1</v>
       </c>
-      <c r="B86" s="109" t="s">
+      <c r="B86" s="91" t="s">
         <v>2</v>
       </c>
-      <c r="C86" s="118" t="s">
+      <c r="C86" s="110" t="s">
         <v>3</v>
       </c>
-      <c r="D86" s="119"/>
+      <c r="D86" s="111"/>
       <c r="E86" s="27" t="s">
         <v>395</v>
       </c>
     </row>
     <row r="87" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A87" s="4"/>
-      <c r="B87" s="110"/>
-      <c r="C87" s="118" t="s">
+      <c r="B87" s="5"/>
+      <c r="C87" s="110" t="s">
         <v>143</v>
       </c>
-      <c r="D87" s="120"/>
+      <c r="D87" s="114"/>
       <c r="E87" s="28"/>
     </row>
     <row r="88" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A88" s="6">
         <v>64</v>
       </c>
-      <c r="B88" s="111">
+      <c r="B88" s="90">
         <v>6403081</v>
       </c>
       <c r="C88" s="8" t="s">
         <v>322</v>
       </c>
       <c r="D88" s="9" t="s">
         <v>67</v>
       </c>
       <c r="E88" s="29" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="89" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A89" s="6">
         <v>65</v>
       </c>
-      <c r="B89" s="111">
+      <c r="B89" s="90">
         <v>6403082</v>
       </c>
       <c r="C89" s="8" t="s">
         <v>323</v>
       </c>
       <c r="D89" s="9" t="s">
         <v>68</v>
       </c>
       <c r="E89" s="26" t="s">
         <v>206</v>
       </c>
     </row>
     <row r="90" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A90" s="6">
         <v>66</v>
       </c>
-      <c r="B90" s="111">
+      <c r="B90" s="90">
         <v>6403083</v>
       </c>
       <c r="C90" s="8" t="s">
         <v>324</v>
       </c>
       <c r="D90" s="9" t="s">
         <v>69</v>
       </c>
       <c r="E90" s="26" t="s">
         <v>207</v>
       </c>
     </row>
     <row r="91" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A91" s="6">
         <v>67</v>
       </c>
-      <c r="B91" s="111">
+      <c r="B91" s="90">
         <v>6403084</v>
       </c>
       <c r="C91" s="8" t="s">
         <v>325</v>
       </c>
       <c r="D91" s="9" t="s">
         <v>70</v>
       </c>
       <c r="E91" s="26" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="92" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A92" s="6">
         <v>68</v>
       </c>
-      <c r="B92" s="111">
+      <c r="B92" s="90">
         <v>6403085</v>
       </c>
       <c r="C92" s="8" t="s">
         <v>326</v>
       </c>
       <c r="D92" s="9" t="s">
         <v>71</v>
       </c>
       <c r="E92" s="26" t="s">
         <v>209</v>
       </c>
     </row>
     <row r="93" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A93" s="6">
         <v>69</v>
       </c>
-      <c r="B93" s="111">
+      <c r="B93" s="90">
         <v>6403086</v>
       </c>
       <c r="C93" s="8" t="s">
         <v>327</v>
       </c>
       <c r="D93" s="9" t="s">
         <v>72</v>
       </c>
       <c r="E93" s="29" t="s">
         <v>210</v>
       </c>
     </row>
     <row r="94" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A94" s="6">
         <v>70</v>
       </c>
-      <c r="B94" s="111">
+      <c r="B94" s="90">
         <v>6403087</v>
       </c>
       <c r="C94" s="8" t="s">
         <v>328</v>
       </c>
       <c r="D94" s="9" t="s">
         <v>66</v>
       </c>
       <c r="E94" s="26" t="s">
         <v>211</v>
       </c>
     </row>
     <row r="95" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A95" s="6">
         <v>71</v>
       </c>
-      <c r="B95" s="111">
+      <c r="B95" s="90">
         <v>6403088</v>
       </c>
       <c r="C95" s="8" t="s">
         <v>329</v>
       </c>
       <c r="D95" s="9" t="s">
         <v>73</v>
       </c>
       <c r="E95" s="29" t="s">
         <v>212</v>
       </c>
     </row>
     <row r="96" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A96" s="6">
         <v>72</v>
       </c>
-      <c r="B96" s="111">
+      <c r="B96" s="90">
         <v>6403090</v>
       </c>
       <c r="C96" s="8" t="s">
         <v>385</v>
       </c>
       <c r="D96" s="9" t="s">
         <v>74</v>
       </c>
       <c r="E96" s="26" t="s">
         <v>213</v>
       </c>
     </row>
     <row r="97" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A97" s="6">
         <v>73</v>
       </c>
-      <c r="B97" s="111">
+      <c r="B97" s="90">
         <v>6403093</v>
       </c>
       <c r="C97" s="8" t="s">
         <v>330</v>
       </c>
       <c r="D97" s="9" t="s">
         <v>75</v>
       </c>
       <c r="E97" s="26" t="s">
         <v>214</v>
       </c>
     </row>
     <row r="98" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A98" s="6">
         <v>74</v>
       </c>
-      <c r="B98" s="111">
+      <c r="B98" s="90">
         <v>6403094</v>
       </c>
       <c r="C98" s="8" t="s">
         <v>331</v>
       </c>
       <c r="D98" s="9" t="s">
         <v>76</v>
       </c>
       <c r="E98" s="29" t="s">
         <v>215</v>
       </c>
     </row>
     <row r="99" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A99" s="6">
         <v>75</v>
       </c>
-      <c r="B99" s="111">
+      <c r="B99" s="90">
         <v>6403095</v>
       </c>
       <c r="C99" s="8" t="s">
         <v>332</v>
       </c>
       <c r="D99" s="9" t="s">
         <v>77</v>
       </c>
       <c r="E99" s="26" t="s">
         <v>216</v>
       </c>
     </row>
     <row r="100" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A100" s="6">
         <v>76</v>
       </c>
-      <c r="B100" s="111">
+      <c r="B100" s="90">
         <v>6403096</v>
       </c>
       <c r="C100" s="8" t="s">
         <v>333</v>
       </c>
       <c r="D100" s="9" t="s">
         <v>78</v>
       </c>
       <c r="E100" s="29" t="s">
         <v>217</v>
       </c>
     </row>
     <row r="101" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A101" s="6">
         <v>77</v>
       </c>
-      <c r="B101" s="111">
+      <c r="B101" s="90">
         <v>6403098</v>
       </c>
       <c r="C101" s="8" t="s">
         <v>334</v>
       </c>
       <c r="D101" s="9" t="s">
         <v>79</v>
       </c>
       <c r="E101" s="26" t="s">
         <v>218</v>
       </c>
     </row>
     <row r="102" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A102" s="6">
         <v>78</v>
       </c>
-      <c r="B102" s="111">
+      <c r="B102" s="90">
         <v>6403099</v>
       </c>
       <c r="C102" s="8" t="s">
         <v>335</v>
       </c>
       <c r="D102" s="9" t="s">
         <v>80</v>
       </c>
       <c r="E102" s="29" t="s">
         <v>219</v>
       </c>
     </row>
     <row r="103" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A103" s="6">
         <v>79</v>
       </c>
-      <c r="B103" s="111">
+      <c r="B103" s="90">
         <v>6403100</v>
       </c>
       <c r="C103" s="8" t="s">
         <v>336</v>
       </c>
       <c r="D103" s="9" t="s">
         <v>81</v>
       </c>
       <c r="E103" s="29" t="s">
         <v>220</v>
       </c>
     </row>
     <row r="104" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A104" s="6">
         <v>80</v>
       </c>
-      <c r="B104" s="111">
+      <c r="B104" s="90">
         <v>6403102</v>
       </c>
       <c r="C104" s="8" t="s">
         <v>337</v>
       </c>
       <c r="D104" s="9" t="s">
         <v>82</v>
       </c>
       <c r="E104" s="29" t="s">
         <v>221</v>
       </c>
     </row>
     <row r="105" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A105" s="6">
         <v>81</v>
       </c>
-      <c r="B105" s="111">
+      <c r="B105" s="90">
         <v>6403103</v>
       </c>
       <c r="C105" s="8" t="s">
         <v>339</v>
       </c>
       <c r="D105" s="9" t="s">
         <v>83</v>
       </c>
       <c r="E105" s="26" t="s">
         <v>222</v>
       </c>
     </row>
     <row r="106" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A106" s="6">
         <v>82</v>
       </c>
-      <c r="B106" s="111">
+      <c r="B106" s="90">
         <v>6403104</v>
       </c>
       <c r="C106" s="8" t="s">
         <v>338</v>
       </c>
       <c r="D106" s="9" t="s">
         <v>84</v>
       </c>
       <c r="E106" s="29" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="107" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A107" s="6">
         <v>83</v>
       </c>
-      <c r="B107" s="111">
+      <c r="B107" s="90">
         <v>6403105</v>
       </c>
       <c r="C107" s="8" t="s">
         <v>340</v>
       </c>
       <c r="D107" s="9" t="s">
         <v>85</v>
       </c>
       <c r="E107" s="26" t="s">
         <v>224</v>
       </c>
     </row>
     <row r="108" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A108" s="6">
         <v>84</v>
       </c>
-      <c r="B108" s="111">
+      <c r="B108" s="90">
         <v>6403106</v>
       </c>
       <c r="C108" s="8" t="s">
         <v>341</v>
       </c>
       <c r="D108" s="9" t="s">
         <v>86</v>
       </c>
       <c r="E108" s="26" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="109" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A109" s="6">
         <v>85</v>
       </c>
-      <c r="B109" s="111">
+      <c r="B109" s="90">
         <v>6403108</v>
       </c>
       <c r="C109" s="8" t="s">
         <v>342</v>
       </c>
       <c r="D109" s="9" t="s">
         <v>87</v>
       </c>
       <c r="E109" s="29" t="s">
         <v>226</v>
       </c>
     </row>
     <row r="110" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A110" s="6">
         <v>86</v>
       </c>
-      <c r="B110" s="111">
+      <c r="B110" s="90">
         <v>6403109</v>
       </c>
       <c r="C110" s="8" t="s">
         <v>343</v>
       </c>
       <c r="D110" s="9" t="s">
         <v>88</v>
       </c>
       <c r="E110" s="29" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="111" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A111" s="6">
         <v>87</v>
       </c>
-      <c r="B111" s="111">
+      <c r="B111" s="90">
         <v>6403110</v>
       </c>
       <c r="C111" s="8" t="s">
         <v>344</v>
       </c>
       <c r="D111" s="9" t="s">
         <v>89</v>
       </c>
       <c r="E111" s="26" t="s">
         <v>228</v>
       </c>
     </row>
-    <row r="112" spans="1:5" s="53" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A112" s="85">
+    <row r="112" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A112" s="6">
         <v>88</v>
       </c>
-      <c r="B112" s="112">
+      <c r="B112" s="90">
         <v>6403113</v>
       </c>
-      <c r="C112" s="106" t="s">
+      <c r="C112" s="8" t="s">
         <v>346</v>
       </c>
-      <c r="D112" s="107" t="s">
+      <c r="D112" s="9" t="s">
         <v>91</v>
       </c>
-      <c r="E112" s="108" t="s">
+      <c r="E112" s="29" t="s">
         <v>230</v>
       </c>
     </row>
     <row r="113" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A113" s="6">
         <v>89</v>
       </c>
-      <c r="B113" s="111">
+      <c r="B113" s="90">
         <v>6403114</v>
       </c>
       <c r="C113" s="8" t="s">
         <v>347</v>
       </c>
       <c r="D113" s="9" t="s">
         <v>92</v>
       </c>
       <c r="E113" s="29" t="s">
         <v>231</v>
       </c>
     </row>
     <row r="114" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A114" s="6">
         <v>90</v>
       </c>
-      <c r="B114" s="111">
+      <c r="B114" s="90">
         <v>6403115</v>
       </c>
       <c r="C114" s="8" t="s">
         <v>348</v>
       </c>
       <c r="D114" s="9" t="s">
         <v>93</v>
       </c>
       <c r="E114" s="29" t="s">
         <v>232</v>
       </c>
     </row>
     <row r="115" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A115" s="6">
         <v>91</v>
       </c>
-      <c r="B115" s="111">
+      <c r="B115" s="90">
         <v>6403116</v>
       </c>
       <c r="C115" s="8" t="s">
         <v>349</v>
       </c>
       <c r="D115" s="9" t="s">
         <v>94</v>
       </c>
       <c r="E115" s="26" t="s">
         <v>233</v>
       </c>
     </row>
     <row r="116" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A116" s="6">
         <v>92</v>
       </c>
-      <c r="B116" s="111">
+      <c r="B116" s="90">
         <v>6403117</v>
       </c>
       <c r="C116" s="8" t="s">
         <v>350</v>
       </c>
       <c r="D116" s="9" t="s">
         <v>95</v>
       </c>
       <c r="E116" s="26" t="s">
         <v>234</v>
       </c>
     </row>
     <row r="117" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A117" s="6">
         <v>93</v>
       </c>
-      <c r="B117" s="111">
+      <c r="B117" s="90">
         <v>6403118</v>
       </c>
       <c r="C117" s="8" t="s">
         <v>351</v>
       </c>
       <c r="D117" s="9" t="s">
         <v>96</v>
       </c>
       <c r="E117" s="26" t="s">
         <v>235</v>
       </c>
     </row>
     <row r="118" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A118" s="6">
         <v>94</v>
       </c>
-      <c r="B118" s="111">
+      <c r="B118" s="90">
         <v>6403119</v>
       </c>
       <c r="C118" s="8" t="s">
         <v>352</v>
       </c>
       <c r="D118" s="9" t="s">
         <v>97</v>
       </c>
       <c r="E118" s="29" t="s">
         <v>236</v>
       </c>
     </row>
     <row r="119" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A119" s="6">
         <v>95</v>
       </c>
-      <c r="B119" s="111">
+      <c r="B119" s="90">
         <v>6403120</v>
       </c>
       <c r="C119" s="8" t="s">
         <v>353</v>
       </c>
       <c r="D119" s="9" t="s">
         <v>98</v>
       </c>
       <c r="E119" s="29" t="s">
         <v>237</v>
       </c>
     </row>
     <row r="120" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A120" s="6">
         <v>96</v>
       </c>
-      <c r="B120" s="111">
+      <c r="B120" s="90">
         <v>6403121</v>
       </c>
       <c r="C120" s="8" t="s">
         <v>354</v>
       </c>
       <c r="D120" s="9" t="s">
         <v>99</v>
       </c>
       <c r="E120" s="29" t="s">
         <v>238</v>
       </c>
     </row>
     <row r="121" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A121" s="6">
         <v>97</v>
       </c>
-      <c r="B121" s="111">
+      <c r="B121" s="90">
         <v>6403122</v>
       </c>
       <c r="C121" s="8" t="s">
         <v>355</v>
       </c>
       <c r="D121" s="9" t="s">
         <v>100</v>
       </c>
       <c r="E121" s="26" t="s">
         <v>239</v>
       </c>
     </row>
-    <row r="122" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
-[...16 lines deleted...]
-    <row r="124" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+    <row r="123" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A123" s="11"/>
+      <c r="B123" s="11"/>
+      <c r="C123" s="12"/>
+      <c r="D123" s="11"/>
+      <c r="E123" s="30"/>
+      <c r="F123" s="11"/>
+      <c r="G123" s="11"/>
+      <c r="H123" s="11"/>
+      <c r="I123" s="11"/>
+      <c r="J123" s="11"/>
+      <c r="K123" s="11"/>
+      <c r="L123" s="11"/>
+      <c r="M123" s="11"/>
+      <c r="N123" s="11"/>
+      <c r="O123" s="11"/>
+      <c r="P123" s="11"/>
+      <c r="Q123" s="11"/>
+      <c r="R123" s="11"/>
+      <c r="S123" s="11"/>
+    </row>
+    <row r="124" spans="1:19" s="103" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A124" s="11"/>
-      <c r="B124" s="30"/>
+      <c r="B124" s="11"/>
       <c r="C124" s="12"/>
       <c r="D124" s="11"/>
       <c r="E124" s="30"/>
       <c r="F124" s="11"/>
       <c r="G124" s="11"/>
       <c r="H124" s="11"/>
       <c r="I124" s="11"/>
       <c r="J124" s="11"/>
       <c r="K124" s="11"/>
       <c r="L124" s="11"/>
       <c r="M124" s="11"/>
       <c r="N124" s="11"/>
       <c r="O124" s="11"/>
       <c r="P124" s="11"/>
       <c r="Q124" s="11"/>
       <c r="R124" s="11"/>
       <c r="S124" s="11"/>
     </row>
     <row r="125" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A125" s="11"/>
-      <c r="B125" s="30"/>
+      <c r="B125" s="11"/>
       <c r="C125" s="12"/>
       <c r="D125" s="11"/>
       <c r="E125" s="30"/>
       <c r="F125" s="11"/>
       <c r="G125" s="11"/>
       <c r="H125" s="11"/>
       <c r="I125" s="11"/>
       <c r="J125" s="11"/>
       <c r="K125" s="11"/>
       <c r="L125" s="11"/>
       <c r="M125" s="11"/>
       <c r="N125" s="11"/>
       <c r="O125" s="11"/>
       <c r="P125" s="11"/>
       <c r="Q125" s="11"/>
       <c r="R125" s="11"/>
       <c r="S125" s="11"/>
     </row>
     <row r="126" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A126" s="117" t="s">
+      <c r="A126" s="115" t="s">
         <v>414</v>
       </c>
-      <c r="B126" s="117"/>
-[...2 lines deleted...]
-      <c r="E126" s="117"/>
+      <c r="B126" s="115"/>
+      <c r="C126" s="115"/>
+      <c r="D126" s="115"/>
+      <c r="E126" s="115"/>
     </row>
     <row r="127" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A127" s="2" t="s">
         <v>1</v>
       </c>
-      <c r="B127" s="109" t="s">
+      <c r="B127" s="91" t="s">
         <v>2</v>
       </c>
-      <c r="C127" s="118" t="s">
+      <c r="C127" s="110" t="s">
         <v>3</v>
       </c>
-      <c r="D127" s="119"/>
+      <c r="D127" s="111"/>
       <c r="E127" s="27" t="s">
         <v>395</v>
       </c>
     </row>
     <row r="128" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A128" s="6">
-        <v>99</v>
-[...2 lines deleted...]
-        <v>6403124</v>
+        <v>98</v>
+      </c>
+      <c r="B128" s="90">
+        <v>6403123</v>
       </c>
       <c r="C128" s="8" t="s">
-        <v>357</v>
+        <v>356</v>
       </c>
       <c r="D128" s="9" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-        <v>241</v>
+        <v>101</v>
+      </c>
+      <c r="E128" s="26" t="s">
+        <v>240</v>
       </c>
     </row>
     <row r="129" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A129" s="6">
-        <v>100</v>
-[...2 lines deleted...]
-        <v>6403127</v>
+        <v>99</v>
+      </c>
+      <c r="B129" s="90">
+        <v>6403124</v>
       </c>
       <c r="C129" s="8" t="s">
-        <v>358</v>
+        <v>357</v>
       </c>
       <c r="D129" s="9" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-        <v>242</v>
+        <v>102</v>
+      </c>
+      <c r="E129" s="29" t="s">
+        <v>241</v>
       </c>
     </row>
     <row r="130" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A130" s="6">
-        <v>101</v>
-[...2 lines deleted...]
-        <v>6403128</v>
+        <v>100</v>
+      </c>
+      <c r="B130" s="90">
+        <v>6403127</v>
       </c>
       <c r="C130" s="8" t="s">
-        <v>359</v>
+        <v>358</v>
       </c>
       <c r="D130" s="9" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="E130" s="26" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
     </row>
     <row r="131" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A131" s="6">
-        <v>102</v>
-[...2 lines deleted...]
-        <v>6403129</v>
+        <v>101</v>
+      </c>
+      <c r="B131" s="90">
+        <v>6403128</v>
       </c>
       <c r="C131" s="8" t="s">
-        <v>360</v>
+        <v>359</v>
       </c>
       <c r="D131" s="9" t="s">
-        <v>105</v>
-[...2 lines deleted...]
-        <v>244</v>
+        <v>104</v>
+      </c>
+      <c r="E131" s="26" t="s">
+        <v>243</v>
       </c>
     </row>
     <row r="132" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A132" s="6">
-        <v>103</v>
-[...2 lines deleted...]
-        <v>6403130</v>
+        <v>102</v>
+      </c>
+      <c r="B132" s="90">
+        <v>6403129</v>
       </c>
       <c r="C132" s="8" t="s">
-        <v>361</v>
+        <v>360</v>
       </c>
       <c r="D132" s="9" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="E132" s="29" t="s">
-        <v>245</v>
+        <v>244</v>
       </c>
     </row>
     <row r="133" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A133" s="6">
-        <v>104</v>
-[...2 lines deleted...]
-        <v>6403131</v>
+        <v>103</v>
+      </c>
+      <c r="B133" s="90">
+        <v>6403130</v>
       </c>
       <c r="C133" s="8" t="s">
-        <v>362</v>
+        <v>361</v>
       </c>
       <c r="D133" s="9" t="s">
-        <v>107</v>
-[...2 lines deleted...]
-        <v>246</v>
+        <v>106</v>
+      </c>
+      <c r="E133" s="29" t="s">
+        <v>245</v>
       </c>
     </row>
     <row r="134" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A134" s="6">
-        <v>105</v>
-[...2 lines deleted...]
-        <v>6403132</v>
+        <v>104</v>
+      </c>
+      <c r="B134" s="90">
+        <v>6403131</v>
       </c>
       <c r="C134" s="8" t="s">
-        <v>363</v>
+        <v>362</v>
       </c>
       <c r="D134" s="9" t="s">
-        <v>108</v>
-[...2 lines deleted...]
-        <v>247</v>
+        <v>107</v>
+      </c>
+      <c r="E134" s="26" t="s">
+        <v>246</v>
       </c>
     </row>
     <row r="135" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A135" s="6">
-        <v>106</v>
-[...2 lines deleted...]
-        <v>6403133</v>
+        <v>105</v>
+      </c>
+      <c r="B135" s="90">
+        <v>6403132</v>
       </c>
       <c r="C135" s="8" t="s">
-        <v>364</v>
+        <v>363</v>
       </c>
       <c r="D135" s="9" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="E135" s="29" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
     </row>
     <row r="136" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A136" s="6">
-        <v>107</v>
-[...2 lines deleted...]
-        <v>6403134</v>
+        <v>106</v>
+      </c>
+      <c r="B136" s="90">
+        <v>6403133</v>
       </c>
       <c r="C136" s="8" t="s">
-        <v>365</v>
+        <v>364</v>
       </c>
       <c r="D136" s="9" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-        <v>249</v>
+        <v>109</v>
+      </c>
+      <c r="E136" s="29" t="s">
+        <v>248</v>
       </c>
     </row>
     <row r="137" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A137" s="6">
-        <v>108</v>
-[...2 lines deleted...]
-        <v>6403137</v>
+        <v>107</v>
+      </c>
+      <c r="B137" s="90">
+        <v>6403134</v>
       </c>
       <c r="C137" s="8" t="s">
-        <v>366</v>
+        <v>365</v>
       </c>
       <c r="D137" s="9" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-        <v>250</v>
+        <v>110</v>
+      </c>
+      <c r="E137" s="26" t="s">
+        <v>249</v>
       </c>
     </row>
     <row r="138" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A138" s="6">
-        <v>109</v>
-[...2 lines deleted...]
-        <v>6403138</v>
+        <v>108</v>
+      </c>
+      <c r="B138" s="90">
+        <v>6403137</v>
       </c>
       <c r="C138" s="8" t="s">
-        <v>367</v>
+        <v>366</v>
       </c>
       <c r="D138" s="9" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-        <v>251</v>
+        <v>111</v>
+      </c>
+      <c r="E138" s="29" t="s">
+        <v>250</v>
       </c>
     </row>
     <row r="139" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A139" s="6">
-        <v>110</v>
-[...2 lines deleted...]
-        <v>6403139</v>
+        <v>109</v>
+      </c>
+      <c r="B139" s="90">
+        <v>6403138</v>
       </c>
       <c r="C139" s="8" t="s">
-        <v>368</v>
+        <v>367</v>
       </c>
       <c r="D139" s="9" t="s">
-        <v>113</v>
-[...2 lines deleted...]
-        <v>252</v>
+        <v>112</v>
+      </c>
+      <c r="E139" s="26" t="s">
+        <v>251</v>
       </c>
     </row>
     <row r="140" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A140" s="6">
-        <v>111</v>
-[...2 lines deleted...]
-        <v>6403140</v>
+        <v>110</v>
+      </c>
+      <c r="B140" s="90">
+        <v>6403139</v>
       </c>
       <c r="C140" s="8" t="s">
-        <v>369</v>
+        <v>368</v>
       </c>
       <c r="D140" s="9" t="s">
-        <v>114</v>
-[...2 lines deleted...]
-        <v>253</v>
+        <v>113</v>
+      </c>
+      <c r="E140" s="29" t="s">
+        <v>252</v>
       </c>
     </row>
     <row r="141" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A141" s="6">
-        <v>112</v>
-[...2 lines deleted...]
-        <v>6403141</v>
+        <v>111</v>
+      </c>
+      <c r="B141" s="90">
+        <v>6403140</v>
       </c>
       <c r="C141" s="8" t="s">
-        <v>370</v>
+        <v>369</v>
       </c>
       <c r="D141" s="9" t="s">
-        <v>115</v>
-[...2 lines deleted...]
-        <v>388</v>
+        <v>114</v>
+      </c>
+      <c r="E141" s="26" t="s">
+        <v>253</v>
       </c>
     </row>
     <row r="142" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A142" s="6">
-        <v>113</v>
-[...2 lines deleted...]
-        <v>6403142</v>
+        <v>112</v>
+      </c>
+      <c r="B142" s="90">
+        <v>6403141</v>
       </c>
       <c r="C142" s="8" t="s">
-        <v>371</v>
+        <v>370</v>
       </c>
       <c r="D142" s="9" t="s">
-        <v>116</v>
-[...2 lines deleted...]
-        <v>254</v>
+        <v>115</v>
+      </c>
+      <c r="E142" s="32" t="s">
+        <v>388</v>
       </c>
     </row>
     <row r="143" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A143" s="6">
-        <v>114</v>
-[...2 lines deleted...]
-        <v>6403143</v>
+        <v>113</v>
+      </c>
+      <c r="B143" s="90">
+        <v>6403142</v>
       </c>
       <c r="C143" s="8" t="s">
-        <v>372</v>
+        <v>371</v>
       </c>
       <c r="D143" s="9" t="s">
-        <v>117</v>
-[...2 lines deleted...]
-        <v>255</v>
+        <v>116</v>
+      </c>
+      <c r="E143" s="26" t="s">
+        <v>254</v>
       </c>
     </row>
     <row r="144" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A144" s="6">
+        <v>114</v>
+      </c>
+      <c r="B144" s="90">
+        <v>6403143</v>
+      </c>
+      <c r="C144" s="8" t="s">
+        <v>372</v>
+      </c>
+      <c r="D144" s="9" t="s">
+        <v>117</v>
+      </c>
+      <c r="E144" s="29" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="145" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A145" s="6">
         <v>115</v>
       </c>
-      <c r="B144" s="111">
+      <c r="B145" s="90">
         <v>6403144</v>
       </c>
-      <c r="C144" s="8" t="s">
+      <c r="C145" s="8" t="s">
         <v>373</v>
       </c>
-      <c r="D144" s="9" t="s">
+      <c r="D145" s="9" t="s">
         <v>118</v>
       </c>
-      <c r="E144" s="29" t="s">
+      <c r="E145" s="29" t="s">
         <v>256</v>
       </c>
     </row>
-    <row r="145" spans="1:26" ht="18" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A145" s="6">
+    <row r="146" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A146" s="6">
         <v>116</v>
       </c>
-      <c r="B145" s="111">
+      <c r="B146" s="90">
         <v>6403145</v>
       </c>
-      <c r="C145" s="8" t="s">
+      <c r="C146" s="8" t="s">
         <v>374</v>
       </c>
-      <c r="D145" s="9" t="s">
+      <c r="D146" s="9" t="s">
         <v>119</v>
       </c>
-      <c r="E145" s="29" t="s">
+      <c r="E146" s="29" t="s">
         <v>257</v>
       </c>
     </row>
-    <row r="146" spans="1:26" ht="18" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A146" s="6">
+    <row r="147" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A147" s="6">
         <v>117</v>
       </c>
-      <c r="B146" s="111">
+      <c r="B147" s="90">
         <v>6403147</v>
       </c>
-      <c r="C146" s="8" t="s">
+      <c r="C147" s="8" t="s">
         <v>375</v>
       </c>
-      <c r="D146" s="9" t="s">
+      <c r="D147" s="9" t="s">
         <v>120</v>
       </c>
-      <c r="E146" s="29" t="s">
+      <c r="E147" s="29" t="s">
         <v>258</v>
       </c>
     </row>
-    <row r="147" spans="1:26" ht="18" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A147" s="6">
+    <row r="148" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A148" s="6">
         <v>118</v>
       </c>
-      <c r="B147" s="111">
+      <c r="B148" s="90">
         <v>6403148</v>
       </c>
-      <c r="C147" s="8" t="s">
+      <c r="C148" s="8" t="s">
         <v>376</v>
       </c>
-      <c r="D147" s="9" t="s">
+      <c r="D148" s="9" t="s">
         <v>121</v>
       </c>
-      <c r="E147" s="29" t="s">
+      <c r="E148" s="29" t="s">
         <v>259</v>
       </c>
     </row>
-    <row r="148" spans="1:26" ht="18" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A148" s="6">
+    <row r="149" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A149" s="6">
         <v>119</v>
       </c>
-      <c r="B148" s="111">
+      <c r="B149" s="90">
         <v>6403149</v>
       </c>
-      <c r="C148" s="8" t="s">
+      <c r="C149" s="8" t="s">
         <v>377</v>
       </c>
-      <c r="D148" s="9" t="s">
+      <c r="D149" s="9" t="s">
         <v>122</v>
       </c>
-      <c r="E148" s="29" t="s">
+      <c r="E149" s="29" t="s">
         <v>260</v>
       </c>
     </row>
-    <row r="149" spans="1:26" ht="18" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A149" s="6">
+    <row r="150" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A150" s="6">
         <v>120</v>
       </c>
-      <c r="B149" s="111">
+      <c r="B150" s="90">
         <v>6403150</v>
       </c>
-      <c r="C149" s="8" t="s">
+      <c r="C150" s="8" t="s">
         <v>378</v>
       </c>
-      <c r="D149" s="9" t="s">
+      <c r="D150" s="9" t="s">
         <v>123</v>
       </c>
-      <c r="E149" s="26" t="s">
+      <c r="E150" s="26" t="s">
         <v>261</v>
       </c>
     </row>
-    <row r="150" spans="1:26" ht="18" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A150" s="6">
+    <row r="151" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A151" s="6">
         <v>121</v>
       </c>
-      <c r="B150" s="111">
+      <c r="B151" s="90">
         <v>6403151</v>
       </c>
-      <c r="C150" s="8" t="s">
+      <c r="C151" s="8" t="s">
         <v>379</v>
       </c>
-      <c r="D150" s="9" t="s">
+      <c r="D151" s="9" t="s">
         <v>124</v>
       </c>
-      <c r="E150" s="26" t="s">
+      <c r="E151" s="26" t="s">
         <v>262</v>
       </c>
     </row>
-    <row r="151" spans="1:26" ht="18" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A151" s="6">
+    <row r="152" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A152" s="6">
         <v>122</v>
       </c>
-      <c r="B151" s="111">
+      <c r="B152" s="90">
         <v>6403152</v>
       </c>
-      <c r="C151" s="8" t="s">
+      <c r="C152" s="8" t="s">
         <v>380</v>
       </c>
-      <c r="D151" s="9" t="s">
+      <c r="D152" s="9" t="s">
         <v>125</v>
       </c>
-      <c r="E151" s="26" t="s">
+      <c r="E152" s="26" t="s">
         <v>263</v>
       </c>
     </row>
-    <row r="152" spans="1:26" ht="18" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A152" s="6">
+    <row r="153" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A153" s="6">
         <v>123</v>
       </c>
-      <c r="B152" s="111">
+      <c r="B153" s="90">
         <v>6403153</v>
       </c>
-      <c r="C152" s="8" t="s">
+      <c r="C153" s="8" t="s">
         <v>381</v>
       </c>
-      <c r="D152" s="9" t="s">
+      <c r="D153" s="9" t="s">
         <v>126</v>
       </c>
-      <c r="E152" s="26" t="s">
+      <c r="E153" s="26" t="s">
         <v>264</v>
       </c>
     </row>
-    <row r="153" spans="1:26" ht="18" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A153" s="6">
+    <row r="154" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A154" s="6">
         <v>124</v>
       </c>
-      <c r="B153" s="111">
+      <c r="B154" s="90">
         <v>6403154</v>
       </c>
-      <c r="C153" s="8" t="s">
+      <c r="C154" s="8" t="s">
         <v>382</v>
       </c>
-      <c r="D153" s="9" t="s">
+      <c r="D154" s="9" t="s">
         <v>127</v>
       </c>
-      <c r="E153" s="29" t="s">
+      <c r="E154" s="29" t="s">
         <v>265</v>
       </c>
     </row>
-    <row r="154" spans="1:26" ht="18" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A154" s="6">
+    <row r="155" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A155" s="6">
         <v>125</v>
       </c>
-      <c r="B154" s="111">
+      <c r="B155" s="90">
         <v>6403155</v>
       </c>
-      <c r="C154" s="8" t="s">
+      <c r="C155" s="8" t="s">
         <v>383</v>
       </c>
-      <c r="D154" s="9" t="s">
+      <c r="D155" s="9" t="s">
         <v>128</v>
       </c>
-      <c r="E154" s="26" t="s">
+      <c r="E155" s="26" t="s">
         <v>266</v>
       </c>
     </row>
-    <row r="155" spans="1:26" ht="18" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A155" s="6">
+    <row r="156" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A156" s="6">
         <v>126</v>
       </c>
-      <c r="B155" s="113">
+      <c r="B156" s="14">
         <v>6403156</v>
       </c>
-      <c r="C155" s="15" t="s">
+      <c r="C156" s="15" t="s">
         <v>384</v>
       </c>
-      <c r="D155" s="16" t="s">
+      <c r="D156" s="16" t="s">
         <v>129</v>
       </c>
-      <c r="E155" s="33" t="s">
+      <c r="E156" s="33" t="s">
         <v>267</v>
       </c>
     </row>
-    <row r="156" spans="1:26" ht="18" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A156" s="6">
+    <row r="157" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A157" s="6">
         <v>127</v>
       </c>
-      <c r="B156" s="114">
+      <c r="B157" s="17">
         <v>6303081</v>
       </c>
-      <c r="C156" s="18" t="s">
+      <c r="C157" s="18" t="s">
         <v>141</v>
       </c>
-      <c r="D156" s="19" t="s">
+      <c r="D157" s="19" t="s">
         <v>140</v>
       </c>
-      <c r="E156" s="35" t="s">
+      <c r="E157" s="35" t="s">
         <v>268</v>
       </c>
     </row>
-    <row r="157" spans="1:26" ht="18" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A157" s="6">
+    <row r="158" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A158" s="6">
         <v>128</v>
       </c>
-      <c r="B157" s="109">
+      <c r="B158" s="91">
         <v>6203113</v>
       </c>
-      <c r="C157" s="20" t="s">
+      <c r="C158" s="20" t="s">
         <v>392</v>
       </c>
-      <c r="D157" s="21" t="s">
+      <c r="D158" s="21" t="s">
         <v>393</v>
       </c>
-      <c r="E157" s="31" t="s">
+      <c r="E158" s="31" t="s">
         <v>394</v>
       </c>
     </row>
-    <row r="158" spans="1:26" ht="18" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A158" s="6">
+    <row r="159" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A159" s="6">
         <v>129</v>
       </c>
-      <c r="B158" s="115">
+      <c r="B159" s="22">
         <v>5603022</v>
       </c>
-      <c r="C158" s="23" t="s">
+      <c r="C159" s="23" t="s">
         <v>396</v>
       </c>
-      <c r="D158" s="24" t="s">
+      <c r="D159" s="24" t="s">
         <v>398</v>
       </c>
-      <c r="E158" s="25" t="s">
+      <c r="E159" s="25" t="s">
         <v>400</v>
       </c>
     </row>
-    <row r="159" spans="1:26" s="62" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="A159" s="85">
+    <row r="160" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A160" s="6">
         <v>130</v>
       </c>
-      <c r="B159" s="116">
+      <c r="B160" s="22">
         <v>5603110</v>
       </c>
-      <c r="C159" s="102" t="s">
+      <c r="C160" s="23" t="s">
         <v>397</v>
       </c>
-      <c r="D159" s="103" t="s">
+      <c r="D160" s="24" t="s">
         <v>399</v>
       </c>
-      <c r="E159" s="104" t="s">
+      <c r="E160" s="25" t="s">
         <v>401</v>
       </c>
-      <c r="J159" s="53"/>
-[...49 lines deleted...]
-      <c r="E165" s="65"/>
+    </row>
+    <row r="161" spans="1:5" s="105" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A161" s="6">
+        <v>131</v>
+      </c>
+      <c r="B161" s="5">
+        <v>6403047</v>
+      </c>
+      <c r="C161" s="104" t="s">
+        <v>434</v>
+      </c>
+      <c r="D161" s="10" t="s">
+        <v>435</v>
+      </c>
+      <c r="E161" s="29" t="s">
+        <v>436</v>
+      </c>
+    </row>
+    <row r="162" spans="1:5" s="105" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A162" s="6">
+        <v>132</v>
+      </c>
+      <c r="B162" s="5">
+        <v>6403060</v>
+      </c>
+      <c r="C162" s="104" t="s">
+        <v>437</v>
+      </c>
+      <c r="D162" s="10" t="s">
+        <v>438</v>
+      </c>
+      <c r="E162" s="29" t="s">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="163" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A163" s="11"/>
+      <c r="B163" s="11"/>
+      <c r="C163" s="12"/>
+      <c r="D163" s="11"/>
+      <c r="E163" s="37"/>
+    </row>
+    <row r="164" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A164" s="11"/>
+      <c r="B164" s="11"/>
+      <c r="C164" s="12"/>
+      <c r="D164" s="11"/>
+      <c r="E164" s="30"/>
+    </row>
+    <row r="165" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A165" s="11"/>
+      <c r="B165" s="11"/>
+      <c r="C165" s="12"/>
+      <c r="D165" s="11"/>
+      <c r="E165" s="30"/>
+    </row>
+    <row r="166" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A166" s="11"/>
+      <c r="B166" s="11"/>
+      <c r="C166" s="12"/>
+      <c r="D166" s="11"/>
+      <c r="E166" s="30"/>
+    </row>
+    <row r="167" spans="1:5" s="53" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A167" s="54"/>
+      <c r="B167" s="54"/>
+      <c r="C167" s="63"/>
+      <c r="D167" s="54"/>
+      <c r="E167" s="64"/>
+    </row>
+    <row r="168" spans="1:5" s="53" customFormat="1" x14ac:dyDescent="0.5">
+      <c r="E168" s="65"/>
+    </row>
+    <row r="169" spans="1:5" s="53" customFormat="1" x14ac:dyDescent="0.5">
+      <c r="E169" s="65"/>
     </row>
   </sheetData>
   <mergeCells count="11">
+    <mergeCell ref="A85:E85"/>
+    <mergeCell ref="C86:D86"/>
+    <mergeCell ref="C87:D87"/>
+    <mergeCell ref="A126:E126"/>
+    <mergeCell ref="C127:D127"/>
     <mergeCell ref="C44:D44"/>
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A2:E2"/>
     <mergeCell ref="C3:D3"/>
     <mergeCell ref="C4:D4"/>
     <mergeCell ref="A43:E43"/>
-    <mergeCell ref="A85:E85"/>
-[...3 lines deleted...]
-    <mergeCell ref="C127:D127"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="E36" r:id="rId1" xr:uid="{10373E55-981A-4889-92D1-9DFBFD9CF8A5}"/>
     <hyperlink ref="E30" r:id="rId2" xr:uid="{F0F518D9-F48B-4479-8F96-4690CF79C1C7}"/>
     <hyperlink ref="E115" r:id="rId3" xr:uid="{4B0E2248-C4B6-4EFC-A618-59DC16403CF8}"/>
-    <hyperlink ref="E130" r:id="rId4" xr:uid="{22DCD578-56E8-47F7-88C7-0CC6D876ED26}"/>
+    <hyperlink ref="E131" r:id="rId4" xr:uid="{22DCD578-56E8-47F7-88C7-0CC6D876ED26}"/>
     <hyperlink ref="E64" r:id="rId5" xr:uid="{03F16A0D-9B4C-4470-A07A-05B23DC5CD90}"/>
     <hyperlink ref="E90" r:id="rId6" xr:uid="{F97BC1F3-C8D6-4F16-BC09-4F7B997F9D3B}"/>
     <hyperlink ref="E8" r:id="rId7" xr:uid="{732392EC-8D87-4DEC-B265-2EADD0A2C3FA}"/>
     <hyperlink ref="E23" r:id="rId8" xr:uid="{5142B84D-A270-4BD1-979A-6C8BA75EBDED}"/>
     <hyperlink ref="E70" r:id="rId9" xr:uid="{844B899A-02E1-4A13-8829-1C28710F6D45}"/>
     <hyperlink ref="E6" r:id="rId10" xr:uid="{8025DE70-9014-4D2A-AA81-68790449844E}"/>
     <hyperlink ref="E9" r:id="rId11" xr:uid="{7A2C67CE-B8F5-43CC-A790-F20789F6A3BF}"/>
-    <hyperlink ref="E149" r:id="rId12" xr:uid="{41C780E7-2015-4FC4-925F-49BA2FD2E8D4}"/>
-    <hyperlink ref="E152" r:id="rId13" xr:uid="{35D52162-8DEA-4B0A-B04C-2E6FAA1E92EA}"/>
+    <hyperlink ref="E150" r:id="rId12" xr:uid="{41C780E7-2015-4FC4-925F-49BA2FD2E8D4}"/>
+    <hyperlink ref="E153" r:id="rId13" xr:uid="{35D52162-8DEA-4B0A-B04C-2E6FAA1E92EA}"/>
     <hyperlink ref="E20" r:id="rId14" xr:uid="{D7E02194-CE3D-421A-8AC1-95B03B4B1181}"/>
     <hyperlink ref="E27" r:id="rId15" xr:uid="{5E30FF74-C251-436B-9876-FE6D25BA210B}"/>
     <hyperlink ref="E49" r:id="rId16" xr:uid="{C1AF3C66-850C-4F46-AB8F-81BA52E7A15A}"/>
     <hyperlink ref="E92" r:id="rId17" xr:uid="{27722A81-0544-4BFB-91BE-51C2779A4265}"/>
     <hyperlink ref="E108" r:id="rId18" xr:uid="{CD5DE48D-BDF6-4E09-AE7F-9A7AC931E039}"/>
     <hyperlink ref="E111" r:id="rId19" xr:uid="{2B6BD6F3-E179-4F54-8729-71DC4D39688D}"/>
     <hyperlink ref="E32" r:id="rId20" xr:uid="{0BF4E2A9-0FB7-4CFE-A297-CD954C61D3C5}"/>
     <hyperlink ref="E45" r:id="rId21" xr:uid="{82BE0B9C-6C18-4C01-A41F-EC67C2C8B04D}"/>
     <hyperlink ref="E73" r:id="rId22" xr:uid="{C38D312D-2202-4189-A60A-9460410A52B7}"/>
-    <hyperlink ref="E122" r:id="rId23" xr:uid="{DE373338-8D4F-4F8E-8516-BC9AC8F7D9CC}"/>
+    <hyperlink ref="E128" r:id="rId23" xr:uid="{DE373338-8D4F-4F8E-8516-BC9AC8F7D9CC}"/>
     <hyperlink ref="E34" r:id="rId24" xr:uid="{77823669-611D-47F3-A24A-9D38086595E0}"/>
     <hyperlink ref="E89" r:id="rId25" xr:uid="{4A9A0567-51BE-48BF-96F0-51705FC670E8}"/>
     <hyperlink ref="E105" r:id="rId26" xr:uid="{9168497F-D54F-4AE9-AD2E-41C0586280F6}"/>
     <hyperlink ref="E117" r:id="rId27" xr:uid="{D4EFFB5C-C2D5-45BD-88E1-53B4176D03BF}"/>
     <hyperlink ref="E10" r:id="rId28" xr:uid="{B1E5115F-0065-45E4-8990-7E605F7E9657}"/>
     <hyperlink ref="E12" r:id="rId29" xr:uid="{2514ED2F-87E5-4CDA-A21A-4E0D14D143FD}"/>
-    <hyperlink ref="E129" r:id="rId30" xr:uid="{BFA1295F-3E2B-4B69-9335-431F8C59A84D}"/>
-    <hyperlink ref="E136" r:id="rId31" xr:uid="{F97531FE-3E21-478A-9170-FCC8C61BBC9A}"/>
+    <hyperlink ref="E130" r:id="rId30" xr:uid="{BFA1295F-3E2B-4B69-9335-431F8C59A84D}"/>
+    <hyperlink ref="E137" r:id="rId31" xr:uid="{F97531FE-3E21-478A-9170-FCC8C61BBC9A}"/>
     <hyperlink ref="E7" r:id="rId32" xr:uid="{B52D331D-1DB0-44DB-A123-4C60970B226B}"/>
     <hyperlink ref="E60" r:id="rId33" xr:uid="{630D763E-D711-4D3D-8082-481B31765498}"/>
-    <hyperlink ref="E150" r:id="rId34" xr:uid="{B8DE9D16-A910-4EA1-B4D7-77E4E407EA3E}"/>
-    <hyperlink ref="E151" r:id="rId35" xr:uid="{71E811EE-0A13-469A-A295-6045F9705402}"/>
+    <hyperlink ref="E151" r:id="rId34" xr:uid="{B8DE9D16-A910-4EA1-B4D7-77E4E407EA3E}"/>
+    <hyperlink ref="E152" r:id="rId35" xr:uid="{71E811EE-0A13-469A-A295-6045F9705402}"/>
     <hyperlink ref="E97" r:id="rId36" xr:uid="{2FAAC89D-EA1A-4807-AE63-0E18D6AEC788}"/>
     <hyperlink ref="E101" r:id="rId37" xr:uid="{56BD341B-FE1C-429D-B380-C81D54B58AC8}"/>
     <hyperlink ref="E71" r:id="rId38" xr:uid="{2DC2B378-3695-4874-A156-AC763D20EE59}"/>
-    <hyperlink ref="E154" r:id="rId39" xr:uid="{D4F7A743-B5BB-4A1E-9632-DA2FF4EC101A}"/>
+    <hyperlink ref="E155" r:id="rId39" xr:uid="{D4F7A743-B5BB-4A1E-9632-DA2FF4EC101A}"/>
     <hyperlink ref="E53" r:id="rId40" xr:uid="{0EA4937D-C281-443F-B1CE-D2B999EF317A}"/>
-    <hyperlink ref="E138" r:id="rId41" xr:uid="{49C34BC1-B32D-4837-B880-6511CF6B0F52}"/>
+    <hyperlink ref="E139" r:id="rId41" xr:uid="{49C34BC1-B32D-4837-B880-6511CF6B0F52}"/>
     <hyperlink ref="E55" r:id="rId42" xr:uid="{835EE090-A81B-46FA-A150-F4D9ACBC6DC7}"/>
     <hyperlink ref="E56" r:id="rId43" xr:uid="{EAF6AE41-0967-4081-AC38-40D3748949A6}"/>
     <hyperlink ref="E48" r:id="rId44" xr:uid="{9AE3A5ED-5EB9-4A81-84F9-A31E1A7AA202}"/>
-    <hyperlink ref="E133" r:id="rId45" xr:uid="{E9C987CB-D380-4835-AADD-72524B45822C}"/>
+    <hyperlink ref="E134" r:id="rId45" xr:uid="{E9C987CB-D380-4835-AADD-72524B45822C}"/>
     <hyperlink ref="E54" r:id="rId46" xr:uid="{885C955B-BBF5-40E4-AB7C-78E491AEB6E3}"/>
     <hyperlink ref="E99" r:id="rId47" xr:uid="{FAEDF9AB-9D28-44E4-B645-1F54E5A892E2}"/>
     <hyperlink ref="E16" r:id="rId48" xr:uid="{441A5BD2-9868-460E-8311-829CC3CA52CD}"/>
     <hyperlink ref="E33" r:id="rId49" xr:uid="{43FA650C-9C5E-495C-9E95-948605A56663}"/>
     <hyperlink ref="E107" r:id="rId50" xr:uid="{B9F2EE06-3B2C-4B3C-BCC8-E2E5EA2EC031}"/>
-    <hyperlink ref="E140" r:id="rId51" xr:uid="{58F2AE12-3DBB-4659-B275-62E0B17F2CE2}"/>
+    <hyperlink ref="E141" r:id="rId51" xr:uid="{58F2AE12-3DBB-4659-B275-62E0B17F2CE2}"/>
     <hyperlink ref="E116" r:id="rId52" xr:uid="{61FCE83D-1799-4D39-AFBA-11C12B8D5AAE}"/>
     <hyperlink ref="E13" r:id="rId53" xr:uid="{C0D59032-DE7E-4DDA-860B-FDC77311230C}"/>
     <hyperlink ref="E91" r:id="rId54" xr:uid="{2B12172A-16FF-441F-8B5E-19E5D0E00714}"/>
     <hyperlink ref="E17" r:id="rId55" xr:uid="{F56C495A-726B-4826-9D53-A3559C42664E}"/>
     <hyperlink ref="E121" r:id="rId56" xr:uid="{ED6ECF99-4FBB-406A-9D62-826D7602D48C}"/>
     <hyperlink ref="E19" r:id="rId57" xr:uid="{9DA34D96-BA90-4EFA-B659-196A8542EB95}"/>
     <hyperlink ref="E35" r:id="rId58" xr:uid="{64B2D8A2-2A91-4B9B-B2D8-9A44F70F45A7}"/>
     <hyperlink ref="E96" r:id="rId59" xr:uid="{AB5F3FA8-B5AD-4597-BBED-CCFBA501A914}"/>
-    <hyperlink ref="E142" r:id="rId60" xr:uid="{10E02254-7052-446C-B1CE-B3C311735835}"/>
+    <hyperlink ref="E143" r:id="rId60" xr:uid="{10E02254-7052-446C-B1CE-B3C311735835}"/>
     <hyperlink ref="E75" r:id="rId61" xr:uid="{F16514D3-E1AC-472D-BFE9-EE2702B26520}"/>
     <hyperlink ref="E94" r:id="rId62" xr:uid="{B13E1922-74A6-4B5D-B125-A4195826E900}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId63"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8453A12B-68FA-446A-AB16-525AAB029560}">
-  <sheetPr>
-[...1 lines deleted...]
-  </sheetPr>
   <dimension ref="A1:S80"/>
   <sheetViews>
-    <sheetView topLeftCell="A64" zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
-      <selection activeCell="G11" sqref="G11"/>
+    <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
+      <selection activeCell="J25" sqref="J25"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="21.75" x14ac:dyDescent="0.5"/>
   <cols>
     <col min="1" max="1" width="6.85546875" style="53" customWidth="1"/>
-    <col min="2" max="2" width="9" style="94" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="4" max="4" width="13.5703125" style="94" customWidth="1"/>
+    <col min="2" max="2" width="9" style="96" customWidth="1"/>
+    <col min="3" max="3" width="20.28515625" style="96" customWidth="1"/>
+    <col min="4" max="4" width="13.5703125" style="96" customWidth="1"/>
     <col min="5" max="5" width="38.85546875" style="36" customWidth="1"/>
-    <col min="6" max="6" width="9.140625" style="94"/>
-[...1 lines deleted...]
-    <col min="8" max="16384" width="9.140625" style="94"/>
+    <col min="6" max="6" width="9.140625" style="96"/>
+    <col min="7" max="7" width="17.140625" style="96" customWidth="1"/>
+    <col min="8" max="16384" width="9.140625" style="96"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A1" s="121" t="s">
+      <c r="A1" s="112" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="122"/>
-[...2 lines deleted...]
-      <c r="E1" s="122"/>
+      <c r="B1" s="113"/>
+      <c r="C1" s="113"/>
+      <c r="D1" s="113"/>
+      <c r="E1" s="113"/>
     </row>
     <row r="2" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A2" s="121" t="s">
+      <c r="A2" s="112" t="s">
         <v>425</v>
       </c>
-      <c r="B2" s="122"/>
-[...2 lines deleted...]
-      <c r="E2" s="122"/>
+      <c r="B2" s="113"/>
+      <c r="C2" s="113"/>
+      <c r="D2" s="113"/>
+      <c r="E2" s="113"/>
     </row>
     <row r="3" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A3" s="55" t="s">
         <v>1</v>
       </c>
-      <c r="B3" s="93" t="s">
+      <c r="B3" s="95" t="s">
         <v>2</v>
       </c>
-      <c r="C3" s="118" t="s">
+      <c r="C3" s="110" t="s">
         <v>3</v>
       </c>
-      <c r="D3" s="119"/>
+      <c r="D3" s="111"/>
       <c r="E3" s="27" t="s">
         <v>395</v>
       </c>
     </row>
     <row r="4" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A4" s="85">
         <v>1</v>
       </c>
-      <c r="B4" s="95">
+      <c r="B4" s="97">
         <v>6403002</v>
       </c>
       <c r="C4" s="8" t="s">
         <v>130</v>
       </c>
       <c r="D4" s="9" t="s">
         <v>4</v>
       </c>
       <c r="E4" s="29" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="5" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A5" s="85">
         <v>2</v>
       </c>
-      <c r="B5" s="95">
+      <c r="B5" s="97">
         <v>6403005</v>
       </c>
       <c r="C5" s="8" t="s">
         <v>132</v>
       </c>
       <c r="D5" s="9" t="s">
         <v>7</v>
       </c>
       <c r="E5" s="26" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="6" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A6" s="85">
         <v>3</v>
       </c>
-      <c r="B6" s="95">
+      <c r="B6" s="97">
         <v>6403008</v>
       </c>
       <c r="C6" s="8" t="s">
         <v>135</v>
       </c>
       <c r="D6" s="9" t="s">
         <v>10</v>
       </c>
       <c r="E6" s="29" t="s">
         <v>150</v>
       </c>
     </row>
     <row r="7" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A7" s="85">
         <v>4</v>
       </c>
-      <c r="B7" s="95">
+      <c r="B7" s="97">
         <v>6403009</v>
       </c>
       <c r="C7" s="8" t="s">
         <v>136</v>
       </c>
       <c r="D7" s="9" t="s">
         <v>11</v>
       </c>
       <c r="E7" s="26" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="8" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A8" s="85">
         <v>5</v>
       </c>
-      <c r="B8" s="95">
+      <c r="B8" s="97">
         <v>6403011</v>
       </c>
       <c r="C8" s="8" t="s">
         <v>137</v>
       </c>
       <c r="D8" s="9" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="26" t="s">
         <v>152</v>
       </c>
     </row>
     <row r="9" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A9" s="85">
         <v>6</v>
       </c>
-      <c r="B9" s="95">
+      <c r="B9" s="97">
         <v>6403014</v>
       </c>
       <c r="C9" s="8" t="s">
         <v>138</v>
       </c>
       <c r="D9" s="9" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="29" t="s">
         <v>153</v>
       </c>
     </row>
     <row r="10" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A10" s="85">
         <v>7</v>
       </c>
-      <c r="B10" s="95">
+      <c r="B10" s="97">
         <v>6403015</v>
       </c>
       <c r="C10" s="8" t="s">
         <v>139</v>
       </c>
       <c r="D10" s="9" t="s">
         <v>14</v>
       </c>
       <c r="E10" s="29" t="s">
         <v>154</v>
       </c>
     </row>
     <row r="11" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A11" s="85">
         <v>8</v>
       </c>
-      <c r="B11" s="95">
+      <c r="B11" s="97">
         <v>6403017</v>
       </c>
       <c r="C11" s="8" t="s">
         <v>276</v>
       </c>
       <c r="D11" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E11" s="26" t="s">
         <v>156</v>
       </c>
     </row>
     <row r="12" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A12" s="85">
         <v>9</v>
       </c>
-      <c r="B12" s="95">
+      <c r="B12" s="97">
         <v>6403018</v>
       </c>
       <c r="C12" s="8" t="s">
         <v>269</v>
       </c>
       <c r="D12" s="9" t="s">
         <v>17</v>
       </c>
       <c r="E12" s="29" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="13" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A13" s="85">
         <v>10</v>
       </c>
-      <c r="B13" s="95">
+      <c r="B13" s="97">
         <v>6403024</v>
       </c>
       <c r="C13" s="8" t="s">
         <v>272</v>
       </c>
       <c r="D13" s="9" t="s">
         <v>22</v>
       </c>
       <c r="E13" s="26" t="s">
         <v>162</v>
       </c>
     </row>
     <row r="14" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A14" s="85">
         <v>11</v>
       </c>
-      <c r="B14" s="95">
+      <c r="B14" s="97">
         <v>6403025</v>
       </c>
       <c r="C14" s="8" t="s">
         <v>273</v>
       </c>
       <c r="D14" s="9" t="s">
         <v>23</v>
       </c>
       <c r="E14" s="29" t="s">
         <v>163</v>
       </c>
     </row>
     <row r="15" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A15" s="85">
         <v>12</v>
       </c>
-      <c r="B15" s="95">
+      <c r="B15" s="97">
         <v>6403027</v>
       </c>
       <c r="C15" s="8" t="s">
         <v>280</v>
       </c>
       <c r="D15" s="9" t="s">
         <v>25</v>
       </c>
       <c r="E15" s="29" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="16" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A16" s="85">
         <v>13</v>
       </c>
-      <c r="B16" s="95">
+      <c r="B16" s="97">
         <v>6403029</v>
       </c>
       <c r="C16" s="8" t="s">
         <v>281</v>
       </c>
       <c r="D16" s="9" t="s">
         <v>26</v>
       </c>
       <c r="E16" s="26" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="17" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A17" s="85">
         <v>14</v>
       </c>
-      <c r="B17" s="95">
+      <c r="B17" s="97">
         <v>6403030</v>
       </c>
       <c r="C17" s="8" t="s">
         <v>282</v>
       </c>
       <c r="D17" s="9" t="s">
         <v>27</v>
       </c>
       <c r="E17" s="29" t="s">
         <v>167</v>
       </c>
     </row>
     <row r="18" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A18" s="85">
         <v>15</v>
       </c>
-      <c r="B18" s="95">
+      <c r="B18" s="97">
         <v>6403031</v>
       </c>
       <c r="C18" s="8" t="s">
         <v>284</v>
       </c>
       <c r="D18" s="9" t="s">
         <v>28</v>
       </c>
       <c r="E18" s="29" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="19" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A19" s="85">
         <v>16</v>
       </c>
-      <c r="B19" s="95">
+      <c r="B19" s="97">
         <v>6403032</v>
       </c>
       <c r="C19" s="8" t="s">
         <v>285</v>
       </c>
       <c r="D19" s="9" t="s">
         <v>29</v>
       </c>
       <c r="E19" s="26" t="s">
         <v>169</v>
       </c>
     </row>
     <row r="20" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A20" s="85">
         <v>17</v>
       </c>
-      <c r="B20" s="95">
+      <c r="B20" s="97">
         <v>6403033</v>
       </c>
       <c r="C20" s="8" t="s">
         <v>283</v>
       </c>
       <c r="D20" s="9" t="s">
         <v>30</v>
       </c>
       <c r="E20" s="29" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="21" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A21" s="85">
         <v>18</v>
       </c>
-      <c r="B21" s="95">
+      <c r="B21" s="97">
         <v>6403037</v>
       </c>
       <c r="C21" s="8" t="s">
         <v>288</v>
       </c>
       <c r="D21" s="9" t="s">
         <v>33</v>
       </c>
       <c r="E21" s="26" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="22" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A22" s="85">
         <v>19</v>
       </c>
-      <c r="B22" s="95">
+      <c r="B22" s="97">
         <v>6403045</v>
       </c>
       <c r="C22" s="13" t="s">
         <v>292</v>
       </c>
       <c r="D22" s="9" t="s">
         <v>37</v>
       </c>
       <c r="E22" s="29" t="s">
         <v>176</v>
       </c>
     </row>
     <row r="23" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A23" s="85">
         <v>20</v>
       </c>
-      <c r="B23" s="95">
+      <c r="B23" s="97">
         <v>6403049</v>
       </c>
       <c r="C23" s="8" t="s">
         <v>300</v>
       </c>
       <c r="D23" s="9" t="s">
         <v>40</v>
       </c>
       <c r="E23" s="26" t="s">
         <v>179</v>
       </c>
     </row>
     <row r="24" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A24" s="85">
         <v>21</v>
       </c>
-      <c r="B24" s="95">
+      <c r="B24" s="97">
         <v>6403054</v>
       </c>
       <c r="C24" s="8" t="s">
         <v>296</v>
       </c>
       <c r="D24" s="9" t="s">
         <v>45</v>
       </c>
       <c r="E24" s="26" t="s">
         <v>184</v>
       </c>
     </row>
     <row r="25" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A25" s="85">
         <v>22</v>
       </c>
-      <c r="B25" s="95">
+      <c r="B25" s="97">
         <v>6403055</v>
       </c>
       <c r="C25" s="8" t="s">
         <v>297</v>
       </c>
       <c r="D25" s="9" t="s">
         <v>46</v>
       </c>
       <c r="E25" s="34" t="s">
         <v>185</v>
       </c>
     </row>
     <row r="26" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A26" s="85">
         <v>23</v>
       </c>
-      <c r="B26" s="95">
+      <c r="B26" s="97">
         <v>6403056</v>
       </c>
       <c r="C26" s="8" t="s">
         <v>298</v>
       </c>
       <c r="D26" s="9" t="s">
         <v>47</v>
       </c>
       <c r="E26" s="34" t="s">
         <v>186</v>
       </c>
     </row>
     <row r="27" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A27" s="85">
         <v>24</v>
       </c>
-      <c r="B27" s="95">
+      <c r="B27" s="97">
         <v>6403057</v>
       </c>
       <c r="C27" s="8" t="s">
         <v>299</v>
       </c>
       <c r="D27" s="9" t="s">
         <v>48</v>
       </c>
       <c r="E27" s="31" t="s">
         <v>187</v>
       </c>
     </row>
     <row r="28" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A28" s="85">
         <v>25</v>
       </c>
-      <c r="B28" s="95">
+      <c r="B28" s="97">
         <v>6403059</v>
       </c>
       <c r="C28" s="8" t="s">
         <v>305</v>
       </c>
       <c r="D28" s="9" t="s">
         <v>50</v>
       </c>
       <c r="E28" s="29" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="29" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A29" s="85">
         <v>26</v>
       </c>
-      <c r="B29" s="95">
+      <c r="B29" s="97">
         <v>6403063</v>
       </c>
       <c r="C29" s="8" t="s">
         <v>308</v>
       </c>
       <c r="D29" s="9" t="s">
         <v>53</v>
       </c>
       <c r="E29" s="29" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="30" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A30" s="85">
         <v>27</v>
       </c>
-      <c r="B30" s="95">
+      <c r="B30" s="97">
         <v>6403065</v>
       </c>
       <c r="C30" s="8" t="s">
         <v>310</v>
       </c>
       <c r="D30" s="9" t="s">
         <v>55</v>
       </c>
       <c r="E30" s="26" t="s">
         <v>194</v>
       </c>
     </row>
     <row r="31" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A31" s="85">
         <v>28</v>
       </c>
-      <c r="B31" s="95">
+      <c r="B31" s="97">
         <v>6403066</v>
       </c>
       <c r="C31" s="8" t="s">
         <v>311</v>
       </c>
       <c r="D31" s="9" t="s">
         <v>56</v>
       </c>
       <c r="E31" s="29" t="s">
         <v>195</v>
       </c>
     </row>
     <row r="32" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A32" s="85">
         <v>29</v>
       </c>
-      <c r="B32" s="95">
+      <c r="B32" s="97">
         <v>6403068</v>
       </c>
       <c r="C32" s="8" t="s">
         <v>313</v>
       </c>
       <c r="D32" s="9" t="s">
         <v>58</v>
       </c>
       <c r="E32" s="29" t="s">
         <v>197</v>
       </c>
     </row>
     <row r="33" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A33" s="85">
         <v>30</v>
       </c>
-      <c r="B33" s="95">
+      <c r="B33" s="97">
         <v>6403070</v>
       </c>
       <c r="C33" s="8" t="s">
         <v>315</v>
       </c>
       <c r="D33" s="9" t="s">
         <v>60</v>
       </c>
       <c r="E33" s="29" t="s">
         <v>199</v>
       </c>
     </row>
     <row r="34" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A34" s="85">
         <v>31</v>
       </c>
-      <c r="B34" s="95">
+      <c r="B34" s="97">
         <v>6403079</v>
       </c>
       <c r="C34" s="8" t="s">
         <v>320</v>
       </c>
       <c r="D34" s="9" t="s">
         <v>65</v>
       </c>
       <c r="E34" s="29" t="s">
         <v>203</v>
       </c>
     </row>
     <row r="35" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A35" s="85">
         <v>32</v>
       </c>
-      <c r="B35" s="95">
+      <c r="B35" s="97">
         <v>6403082</v>
       </c>
       <c r="C35" s="8" t="s">
         <v>323</v>
       </c>
       <c r="D35" s="9" t="s">
         <v>68</v>
       </c>
       <c r="E35" s="26" t="s">
         <v>206</v>
       </c>
     </row>
     <row r="36" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A36" s="85">
         <v>33</v>
       </c>
-      <c r="B36" s="95">
+      <c r="B36" s="97">
         <v>6403084</v>
       </c>
       <c r="C36" s="8" t="s">
         <v>325</v>
       </c>
       <c r="D36" s="9" t="s">
         <v>70</v>
       </c>
       <c r="E36" s="26" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="37" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A37" s="85">
         <v>34</v>
       </c>
-      <c r="B37" s="95">
+      <c r="B37" s="97">
         <v>6403085</v>
       </c>
       <c r="C37" s="8" t="s">
         <v>326</v>
       </c>
       <c r="D37" s="9" t="s">
         <v>71</v>
       </c>
       <c r="E37" s="26" t="s">
         <v>209</v>
       </c>
     </row>
     <row r="38" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A38" s="85">
         <v>35</v>
       </c>
-      <c r="B38" s="95">
+      <c r="B38" s="97">
         <v>6403088</v>
       </c>
       <c r="C38" s="8" t="s">
         <v>329</v>
       </c>
       <c r="D38" s="9" t="s">
         <v>73</v>
       </c>
       <c r="E38" s="29" t="s">
         <v>212</v>
       </c>
     </row>
     <row r="39" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A39" s="85">
         <v>36</v>
       </c>
-      <c r="B39" s="95">
+      <c r="B39" s="97">
         <v>6403090</v>
       </c>
       <c r="C39" s="8" t="s">
         <v>385</v>
       </c>
       <c r="D39" s="9" t="s">
         <v>74</v>
       </c>
       <c r="E39" s="26" t="s">
         <v>213</v>
       </c>
     </row>
     <row r="42" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A42" s="54"/>
       <c r="B42" s="11"/>
       <c r="C42" s="12"/>
       <c r="D42" s="11"/>
       <c r="E42" s="30"/>
       <c r="F42" s="11"/>
       <c r="G42" s="11"/>
       <c r="H42" s="11"/>
       <c r="I42" s="11"/>
       <c r="J42" s="11"/>
       <c r="K42" s="11"/>
       <c r="L42" s="11"/>
       <c r="M42" s="11"/>
       <c r="N42" s="11"/>
       <c r="O42" s="11"/>
       <c r="P42" s="11"/>
       <c r="Q42" s="11"/>
       <c r="R42" s="11"/>
       <c r="S42" s="11"/>
     </row>
     <row r="43" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A43" s="117" t="s">
+      <c r="A43" s="115" t="s">
         <v>419</v>
       </c>
-      <c r="B43" s="117"/>
-[...2 lines deleted...]
-      <c r="E43" s="117"/>
+      <c r="B43" s="115"/>
+      <c r="C43" s="115"/>
+      <c r="D43" s="115"/>
+      <c r="E43" s="115"/>
     </row>
     <row r="44" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A44" s="55" t="s">
         <v>1</v>
       </c>
-      <c r="B44" s="93" t="s">
+      <c r="B44" s="95" t="s">
         <v>2</v>
       </c>
-      <c r="C44" s="118" t="s">
+      <c r="C44" s="110" t="s">
         <v>3</v>
       </c>
-      <c r="D44" s="119"/>
+      <c r="D44" s="111"/>
       <c r="E44" s="27" t="s">
         <v>395</v>
       </c>
     </row>
     <row r="45" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A45" s="85">
         <v>37</v>
       </c>
-      <c r="B45" s="95">
+      <c r="B45" s="97">
         <v>6403094</v>
       </c>
       <c r="C45" s="8" t="s">
         <v>331</v>
       </c>
       <c r="D45" s="9" t="s">
         <v>76</v>
       </c>
       <c r="E45" s="29" t="s">
         <v>215</v>
       </c>
     </row>
     <row r="46" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A46" s="85">
         <v>38</v>
       </c>
-      <c r="B46" s="95">
+      <c r="B46" s="97">
         <v>6403095</v>
       </c>
       <c r="C46" s="8" t="s">
         <v>332</v>
       </c>
       <c r="D46" s="9" t="s">
         <v>77</v>
       </c>
       <c r="E46" s="26" t="s">
         <v>216</v>
       </c>
     </row>
     <row r="47" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A47" s="85">
         <v>39</v>
       </c>
-      <c r="B47" s="95">
+      <c r="B47" s="97">
         <v>6403098</v>
       </c>
       <c r="C47" s="8" t="s">
         <v>334</v>
       </c>
       <c r="D47" s="9" t="s">
         <v>79</v>
       </c>
       <c r="E47" s="26" t="s">
         <v>218</v>
       </c>
     </row>
     <row r="48" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A48" s="85">
         <v>40</v>
       </c>
-      <c r="B48" s="95">
+      <c r="B48" s="97">
         <v>6403099</v>
       </c>
       <c r="C48" s="8" t="s">
         <v>335</v>
       </c>
       <c r="D48" s="9" t="s">
         <v>80</v>
       </c>
       <c r="E48" s="29" t="s">
         <v>219</v>
       </c>
     </row>
     <row r="49" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A49" s="85">
         <v>41</v>
       </c>
-      <c r="B49" s="95">
+      <c r="B49" s="97">
         <v>6403100</v>
       </c>
       <c r="C49" s="8" t="s">
         <v>336</v>
       </c>
       <c r="D49" s="9" t="s">
         <v>81</v>
       </c>
       <c r="E49" s="29" t="s">
         <v>220</v>
       </c>
     </row>
     <row r="50" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A50" s="85">
         <v>42</v>
       </c>
-      <c r="B50" s="95">
+      <c r="B50" s="97">
         <v>6403102</v>
       </c>
       <c r="C50" s="8" t="s">
         <v>337</v>
       </c>
       <c r="D50" s="9" t="s">
         <v>82</v>
       </c>
       <c r="E50" s="29" t="s">
         <v>221</v>
       </c>
     </row>
     <row r="51" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A51" s="85">
         <v>43</v>
       </c>
-      <c r="B51" s="95">
+      <c r="B51" s="97">
         <v>6403103</v>
       </c>
       <c r="C51" s="8" t="s">
         <v>339</v>
       </c>
       <c r="D51" s="9" t="s">
         <v>83</v>
       </c>
       <c r="E51" s="26" t="s">
         <v>222</v>
       </c>
     </row>
     <row r="52" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A52" s="85">
         <v>44</v>
       </c>
-      <c r="B52" s="95">
+      <c r="B52" s="97">
         <v>6403104</v>
       </c>
       <c r="C52" s="8" t="s">
         <v>338</v>
       </c>
       <c r="D52" s="9" t="s">
         <v>84</v>
       </c>
       <c r="E52" s="29" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="53" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A53" s="85">
         <v>45</v>
       </c>
-      <c r="B53" s="95">
+      <c r="B53" s="97">
         <v>6403105</v>
       </c>
       <c r="C53" s="8" t="s">
         <v>340</v>
       </c>
       <c r="D53" s="9" t="s">
         <v>85</v>
       </c>
       <c r="E53" s="26" t="s">
         <v>224</v>
       </c>
     </row>
     <row r="54" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A54" s="85">
         <v>46</v>
       </c>
-      <c r="B54" s="95">
+      <c r="B54" s="97">
         <v>6403109</v>
       </c>
       <c r="C54" s="8" t="s">
         <v>343</v>
       </c>
       <c r="D54" s="9" t="s">
         <v>88</v>
       </c>
       <c r="E54" s="29" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="55" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A55" s="85">
         <v>47</v>
       </c>
-      <c r="B55" s="95">
+      <c r="B55" s="97">
         <v>6403110</v>
       </c>
       <c r="C55" s="8" t="s">
         <v>344</v>
       </c>
       <c r="D55" s="9" t="s">
         <v>89</v>
       </c>
       <c r="E55" s="26" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="56" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A56" s="85">
         <v>48</v>
       </c>
-      <c r="B56" s="95">
+      <c r="B56" s="97">
         <v>6403113</v>
       </c>
       <c r="C56" s="8" t="s">
         <v>346</v>
       </c>
       <c r="D56" s="9" t="s">
         <v>91</v>
       </c>
       <c r="E56" s="29" t="s">
         <v>230</v>
       </c>
     </row>
     <row r="57" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A57" s="85">
         <v>49</v>
       </c>
-      <c r="B57" s="95">
+      <c r="B57" s="97">
         <v>6403114</v>
       </c>
       <c r="C57" s="8" t="s">
         <v>347</v>
       </c>
       <c r="D57" s="9" t="s">
         <v>92</v>
       </c>
       <c r="E57" s="29" t="s">
         <v>231</v>
       </c>
     </row>
     <row r="58" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A58" s="85">
         <v>50</v>
       </c>
-      <c r="B58" s="95">
+      <c r="B58" s="97">
         <v>6403116</v>
       </c>
       <c r="C58" s="8" t="s">
         <v>349</v>
       </c>
       <c r="D58" s="9" t="s">
         <v>94</v>
       </c>
       <c r="E58" s="26" t="s">
         <v>233</v>
       </c>
     </row>
     <row r="59" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A59" s="85">
         <v>51</v>
       </c>
-      <c r="B59" s="95">
+      <c r="B59" s="97">
         <v>6403117</v>
       </c>
       <c r="C59" s="8" t="s">
         <v>350</v>
       </c>
       <c r="D59" s="9" t="s">
         <v>95</v>
       </c>
       <c r="E59" s="26" t="s">
         <v>234</v>
       </c>
     </row>
     <row r="60" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A60" s="85">
         <v>52</v>
       </c>
-      <c r="B60" s="95">
+      <c r="B60" s="97">
         <v>6403118</v>
       </c>
       <c r="C60" s="8" t="s">
         <v>351</v>
       </c>
       <c r="D60" s="9" t="s">
         <v>96</v>
       </c>
       <c r="E60" s="26" t="s">
         <v>235</v>
       </c>
     </row>
     <row r="61" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A61" s="85">
         <v>53</v>
       </c>
-      <c r="B61" s="95">
+      <c r="B61" s="97">
         <v>6403121</v>
       </c>
       <c r="C61" s="8" t="s">
         <v>354</v>
       </c>
       <c r="D61" s="9" t="s">
         <v>99</v>
       </c>
       <c r="E61" s="29" t="s">
         <v>238</v>
       </c>
     </row>
     <row r="62" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A62" s="85">
         <v>54</v>
       </c>
-      <c r="B62" s="95">
+      <c r="B62" s="97">
         <v>6403122</v>
       </c>
       <c r="C62" s="8" t="s">
         <v>355</v>
       </c>
       <c r="D62" s="9" t="s">
         <v>100</v>
       </c>
       <c r="E62" s="26" t="s">
         <v>239</v>
       </c>
     </row>
     <row r="63" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A63" s="85">
         <v>55</v>
       </c>
-      <c r="B63" s="95">
+      <c r="B63" s="97">
         <v>6403127</v>
       </c>
       <c r="C63" s="8" t="s">
         <v>358</v>
       </c>
       <c r="D63" s="9" t="s">
         <v>103</v>
       </c>
       <c r="E63" s="26" t="s">
         <v>242</v>
       </c>
     </row>
     <row r="64" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A64" s="85">
         <v>56</v>
       </c>
-      <c r="B64" s="95">
+      <c r="B64" s="97">
         <v>6403128</v>
       </c>
       <c r="C64" s="8" t="s">
         <v>359</v>
       </c>
       <c r="D64" s="9" t="s">
         <v>104</v>
       </c>
       <c r="E64" s="26" t="s">
         <v>243</v>
       </c>
     </row>
     <row r="65" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A65" s="85">
         <v>57</v>
       </c>
-      <c r="B65" s="95">
+      <c r="B65" s="97">
         <v>6403129</v>
       </c>
       <c r="C65" s="8" t="s">
         <v>360</v>
       </c>
       <c r="D65" s="9" t="s">
         <v>105</v>
       </c>
       <c r="E65" s="29" t="s">
         <v>244</v>
       </c>
     </row>
     <row r="66" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A66" s="85">
         <v>58</v>
       </c>
-      <c r="B66" s="95">
+      <c r="B66" s="97">
         <v>6403131</v>
       </c>
       <c r="C66" s="8" t="s">
         <v>362</v>
       </c>
       <c r="D66" s="9" t="s">
         <v>107</v>
       </c>
       <c r="E66" s="26" t="s">
         <v>246</v>
       </c>
     </row>
     <row r="67" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A67" s="85">
         <v>59</v>
       </c>
-      <c r="B67" s="95">
+      <c r="B67" s="97">
         <v>6403132</v>
       </c>
       <c r="C67" s="8" t="s">
         <v>363</v>
       </c>
       <c r="D67" s="9" t="s">
         <v>108</v>
       </c>
       <c r="E67" s="29" t="s">
         <v>247</v>
       </c>
     </row>
     <row r="68" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A68" s="85">
         <v>60</v>
       </c>
-      <c r="B68" s="95">
+      <c r="B68" s="97">
         <v>6403133</v>
       </c>
       <c r="C68" s="8" t="s">
         <v>364</v>
       </c>
       <c r="D68" s="9" t="s">
         <v>109</v>
       </c>
       <c r="E68" s="29" t="s">
         <v>248</v>
       </c>
     </row>
     <row r="69" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A69" s="85">
         <v>61</v>
       </c>
-      <c r="B69" s="95">
+      <c r="B69" s="97">
         <v>6403134</v>
       </c>
       <c r="C69" s="8" t="s">
         <v>365</v>
       </c>
       <c r="D69" s="9" t="s">
         <v>110</v>
       </c>
       <c r="E69" s="26" t="s">
         <v>249</v>
       </c>
     </row>
     <row r="70" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A70" s="85">
         <v>62</v>
       </c>
-      <c r="B70" s="95">
+      <c r="B70" s="97">
         <v>6403138</v>
       </c>
       <c r="C70" s="8" t="s">
         <v>367</v>
       </c>
       <c r="D70" s="9" t="s">
         <v>112</v>
       </c>
       <c r="E70" s="26" t="s">
         <v>251</v>
       </c>
     </row>
     <row r="71" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A71" s="85">
         <v>63</v>
       </c>
-      <c r="B71" s="95">
+      <c r="B71" s="97">
         <v>6403141</v>
       </c>
       <c r="C71" s="8" t="s">
         <v>370</v>
       </c>
       <c r="D71" s="9" t="s">
         <v>115</v>
       </c>
       <c r="E71" s="32" t="s">
         <v>388</v>
       </c>
     </row>
     <row r="72" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A72" s="85">
         <v>64</v>
       </c>
-      <c r="B72" s="95">
+      <c r="B72" s="97">
         <v>6403142</v>
       </c>
       <c r="C72" s="8" t="s">
         <v>371</v>
       </c>
       <c r="D72" s="9" t="s">
         <v>116</v>
       </c>
       <c r="E72" s="26" t="s">
         <v>254</v>
       </c>
     </row>
     <row r="73" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A73" s="85">
         <v>65</v>
       </c>
-      <c r="B73" s="95">
+      <c r="B73" s="97">
         <v>6403143</v>
       </c>
       <c r="C73" s="8" t="s">
         <v>372</v>
       </c>
       <c r="D73" s="9" t="s">
         <v>117</v>
       </c>
       <c r="E73" s="29" t="s">
         <v>255</v>
       </c>
     </row>
     <row r="74" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A74" s="85">
         <v>66</v>
       </c>
-      <c r="B74" s="95">
+      <c r="B74" s="97">
         <v>6403148</v>
       </c>
       <c r="C74" s="8" t="s">
         <v>376</v>
       </c>
       <c r="D74" s="9" t="s">
         <v>121</v>
       </c>
       <c r="E74" s="29" t="s">
         <v>259</v>
       </c>
     </row>
     <row r="75" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A75" s="85">
         <v>67</v>
       </c>
-      <c r="B75" s="95">
+      <c r="B75" s="97">
         <v>6403149</v>
       </c>
       <c r="C75" s="8" t="s">
         <v>377</v>
       </c>
       <c r="D75" s="9" t="s">
         <v>122</v>
       </c>
       <c r="E75" s="29" t="s">
         <v>260</v>
       </c>
     </row>
     <row r="76" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A76" s="85">
         <v>68</v>
       </c>
-      <c r="B76" s="95">
+      <c r="B76" s="97">
         <v>6403154</v>
       </c>
       <c r="C76" s="8" t="s">
         <v>382</v>
       </c>
       <c r="D76" s="9" t="s">
         <v>127</v>
       </c>
       <c r="E76" s="29" t="s">
         <v>265</v>
       </c>
     </row>
     <row r="77" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A77" s="85">
         <v>69</v>
       </c>
       <c r="B77" s="81">
         <v>6403156</v>
       </c>
       <c r="C77" s="82" t="s">
         <v>384</v>
       </c>
       <c r="D77" s="83" t="s">
         <v>129</v>
       </c>
       <c r="E77" s="84" t="s">
         <v>267</v>
       </c>
     </row>
     <row r="78" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A78" s="54"/>
       <c r="B78" s="11"/>
       <c r="C78" s="12"/>
       <c r="D78" s="11"/>
       <c r="E78" s="30"/>
     </row>
     <row r="79" spans="1:5" s="53" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A79" s="54"/>
       <c r="B79" s="54"/>
       <c r="C79" s="63"/>
       <c r="D79" s="54"/>
-      <c r="E79" s="91"/>
+      <c r="E79" s="93"/>
     </row>
     <row r="80" spans="1:5" s="53" customFormat="1" x14ac:dyDescent="0.5">
       <c r="E80" s="65"/>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A2:E2"/>
     <mergeCell ref="C3:D3"/>
     <mergeCell ref="A43:E43"/>
     <mergeCell ref="C44:D44"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="E19" r:id="rId1" xr:uid="{A1933F43-E1E5-44E9-BC32-0D4B60458506}"/>
     <hyperlink ref="E58" r:id="rId2" xr:uid="{1E45A48E-EBEA-44CE-946D-2F949A5A814B}"/>
     <hyperlink ref="E64" r:id="rId3" xr:uid="{07EAE074-D639-4EE4-A055-F0DE3E768090}"/>
     <hyperlink ref="E5" r:id="rId4" xr:uid="{09967922-03C4-4D32-9F31-52532D99CC1A}"/>
     <hyperlink ref="E13" r:id="rId5" xr:uid="{93675C77-BD0E-42F8-8D3F-4C4B3098EFB4}"/>
     <hyperlink ref="E23" r:id="rId6" xr:uid="{9B2B6F94-6479-48D8-A54B-6617FF1C1440}"/>
     <hyperlink ref="E37" r:id="rId7" xr:uid="{20BCDC25-A596-481E-8913-EFBA6A4E2601}"/>
     <hyperlink ref="E55" r:id="rId8" xr:uid="{6E023C3D-CCD6-4D96-B1A9-A28B7BC23B64}"/>
     <hyperlink ref="E21" r:id="rId9" xr:uid="{94FCD126-A3B8-4BFC-A32D-DCB081F06F81}"/>
     <hyperlink ref="E35" r:id="rId10" xr:uid="{E1971ABC-79A0-4E1A-A980-7B19C424E309}"/>
     <hyperlink ref="E51" r:id="rId11" xr:uid="{09739A1A-94A3-409E-B1B9-D758BD1EC515}"/>
     <hyperlink ref="E60" r:id="rId12" xr:uid="{C300BA37-CB84-422C-828A-B1EED89433FC}"/>
@@ -21193,1293 +24028,1290 @@
     <hyperlink ref="E47" r:id="rId16" xr:uid="{36E78D8E-B249-467A-8B3C-759EF676859F}"/>
     <hyperlink ref="E25" r:id="rId17" xr:uid="{978CF8D9-65C9-4835-85A9-6C042884BD4B}"/>
     <hyperlink ref="E26" r:id="rId18" xr:uid="{FF8FBA24-C104-45A6-8182-99C6591863EC}"/>
     <hyperlink ref="E66" r:id="rId19" xr:uid="{FEE74B47-19C8-483F-B376-3D2923D3BA81}"/>
     <hyperlink ref="E24" r:id="rId20" xr:uid="{9C03FC26-FEA6-4B3B-B91D-2DCF9F461E88}"/>
     <hyperlink ref="E46" r:id="rId21" xr:uid="{1EB4F3FD-4832-4B70-BCB7-787A5A5BCE9A}"/>
     <hyperlink ref="E59" r:id="rId22" xr:uid="{A35E7190-D7FE-4E51-ACEF-A1CAA7DF69F6}"/>
     <hyperlink ref="E8" r:id="rId23" xr:uid="{921D25DD-3805-42C7-9B5C-00BD8CF53606}"/>
     <hyperlink ref="E36" r:id="rId24" xr:uid="{6B0F2A98-43C8-4D78-BD62-E300CF1BFD6D}"/>
     <hyperlink ref="E11" r:id="rId25" xr:uid="{2B898F72-46A4-4B1A-BA6B-C85F15414214}"/>
     <hyperlink ref="E62" r:id="rId26" xr:uid="{9A56252B-5294-4F61-A7DB-703115BA75F4}"/>
     <hyperlink ref="E39" r:id="rId27" xr:uid="{F618A2DF-10AA-4F4D-B441-7077B51346B2}"/>
     <hyperlink ref="E72" r:id="rId28" xr:uid="{37DFE62C-2BEC-4619-B4C9-2ECDD08DAA45}"/>
     <hyperlink ref="E16" r:id="rId29" xr:uid="{45A294F3-D116-4BB6-99EE-CB592D36ED09}"/>
     <hyperlink ref="E53" r:id="rId30" xr:uid="{0D1F14A3-BB49-4CED-924D-B5F1F8C84943}"/>
     <hyperlink ref="E70" r:id="rId31" xr:uid="{21A892B9-402A-4379-969F-E2772D1DDF6D}"/>
     <hyperlink ref="E30" r:id="rId32" xr:uid="{F09C4F8A-6D13-4ED8-8676-6D9099D34296}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId33"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B1724532-101B-4C90-A07F-B75A5C5C8005}">
-  <sheetPr>
-[...1 lines deleted...]
-  </sheetPr>
   <dimension ref="A1:Z80"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
-      <selection activeCell="G24" sqref="G24"/>
+      <selection activeCell="A3" sqref="A3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="21.75" x14ac:dyDescent="0.5"/>
   <cols>
     <col min="1" max="1" width="6.85546875" style="53" customWidth="1"/>
-    <col min="2" max="2" width="9" style="94" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="4" max="4" width="13.5703125" style="94" customWidth="1"/>
+    <col min="2" max="2" width="9" style="96" customWidth="1"/>
+    <col min="3" max="3" width="20.28515625" style="96" customWidth="1"/>
+    <col min="4" max="4" width="13.5703125" style="96" customWidth="1"/>
     <col min="5" max="5" width="38.85546875" style="36" customWidth="1"/>
-    <col min="6" max="6" width="9.140625" style="94"/>
-[...1 lines deleted...]
-    <col min="8" max="16384" width="9.140625" style="94"/>
+    <col min="6" max="6" width="9.140625" style="96"/>
+    <col min="7" max="7" width="17.140625" style="96" customWidth="1"/>
+    <col min="8" max="16384" width="9.140625" style="96"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A1" s="121" t="s">
+      <c r="A1" s="112" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="122"/>
-[...2 lines deleted...]
-      <c r="E1" s="122"/>
+      <c r="B1" s="113"/>
+      <c r="C1" s="113"/>
+      <c r="D1" s="113"/>
+      <c r="E1" s="113"/>
     </row>
     <row r="2" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A2" s="121" t="s">
+      <c r="A2" s="112" t="s">
         <v>426</v>
       </c>
-      <c r="B2" s="122"/>
-[...2 lines deleted...]
-      <c r="E2" s="122"/>
+      <c r="B2" s="113"/>
+      <c r="C2" s="113"/>
+      <c r="D2" s="113"/>
+      <c r="E2" s="113"/>
     </row>
     <row r="3" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A3" s="55" t="s">
         <v>1</v>
       </c>
-      <c r="B3" s="93" t="s">
+      <c r="B3" s="95" t="s">
         <v>2</v>
       </c>
-      <c r="C3" s="118" t="s">
+      <c r="C3" s="110" t="s">
         <v>3</v>
       </c>
-      <c r="D3" s="119"/>
+      <c r="D3" s="111"/>
       <c r="E3" s="27" t="s">
         <v>395</v>
       </c>
     </row>
     <row r="4" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A4" s="85">
         <v>1</v>
       </c>
-      <c r="B4" s="95">
+      <c r="B4" s="97">
         <v>6403002</v>
       </c>
       <c r="C4" s="8" t="s">
         <v>130</v>
       </c>
       <c r="D4" s="9" t="s">
         <v>4</v>
       </c>
       <c r="E4" s="29" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="5" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A5" s="85">
         <v>2</v>
       </c>
-      <c r="B5" s="95">
+      <c r="B5" s="97">
         <v>6403005</v>
       </c>
       <c r="C5" s="8" t="s">
         <v>132</v>
       </c>
       <c r="D5" s="9" t="s">
         <v>7</v>
       </c>
       <c r="E5" s="26" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="6" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A6" s="85">
         <v>3</v>
       </c>
-      <c r="B6" s="95">
+      <c r="B6" s="97">
         <v>6403008</v>
       </c>
       <c r="C6" s="8" t="s">
         <v>135</v>
       </c>
       <c r="D6" s="9" t="s">
         <v>10</v>
       </c>
       <c r="E6" s="29" t="s">
         <v>150</v>
       </c>
     </row>
     <row r="7" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A7" s="85">
         <v>4</v>
       </c>
-      <c r="B7" s="95">
+      <c r="B7" s="97">
         <v>6403009</v>
       </c>
       <c r="C7" s="8" t="s">
         <v>136</v>
       </c>
       <c r="D7" s="9" t="s">
         <v>11</v>
       </c>
       <c r="E7" s="26" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="8" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A8" s="85">
         <v>5</v>
       </c>
-      <c r="B8" s="95">
+      <c r="B8" s="97">
         <v>6403011</v>
       </c>
       <c r="C8" s="8" t="s">
         <v>137</v>
       </c>
       <c r="D8" s="9" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="26" t="s">
         <v>152</v>
       </c>
     </row>
     <row r="9" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A9" s="85">
         <v>6</v>
       </c>
-      <c r="B9" s="95">
+      <c r="B9" s="97">
         <v>6403014</v>
       </c>
       <c r="C9" s="8" t="s">
         <v>138</v>
       </c>
       <c r="D9" s="9" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="29" t="s">
         <v>153</v>
       </c>
     </row>
     <row r="10" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A10" s="85">
         <v>7</v>
       </c>
-      <c r="B10" s="95">
+      <c r="B10" s="97">
         <v>6403015</v>
       </c>
       <c r="C10" s="8" t="s">
         <v>139</v>
       </c>
       <c r="D10" s="9" t="s">
         <v>14</v>
       </c>
       <c r="E10" s="29" t="s">
         <v>154</v>
       </c>
     </row>
     <row r="11" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A11" s="85">
         <v>8</v>
       </c>
-      <c r="B11" s="95">
+      <c r="B11" s="97">
         <v>6403017</v>
       </c>
       <c r="C11" s="8" t="s">
         <v>276</v>
       </c>
       <c r="D11" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E11" s="26" t="s">
         <v>156</v>
       </c>
     </row>
     <row r="12" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A12" s="85">
         <v>9</v>
       </c>
-      <c r="B12" s="95">
+      <c r="B12" s="97">
         <v>6403018</v>
       </c>
       <c r="C12" s="8" t="s">
         <v>269</v>
       </c>
       <c r="D12" s="9" t="s">
         <v>17</v>
       </c>
       <c r="E12" s="29" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="13" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A13" s="85">
         <v>10</v>
       </c>
-      <c r="B13" s="95">
+      <c r="B13" s="97">
         <v>6403024</v>
       </c>
       <c r="C13" s="8" t="s">
         <v>272</v>
       </c>
       <c r="D13" s="9" t="s">
         <v>22</v>
       </c>
       <c r="E13" s="26" t="s">
         <v>162</v>
       </c>
     </row>
     <row r="14" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A14" s="85">
         <v>11</v>
       </c>
-      <c r="B14" s="95">
+      <c r="B14" s="97">
         <v>6403025</v>
       </c>
       <c r="C14" s="8" t="s">
         <v>273</v>
       </c>
       <c r="D14" s="9" t="s">
         <v>23</v>
       </c>
       <c r="E14" s="29" t="s">
         <v>163</v>
       </c>
     </row>
     <row r="15" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A15" s="85">
         <v>12</v>
       </c>
-      <c r="B15" s="95">
+      <c r="B15" s="97">
         <v>6403027</v>
       </c>
       <c r="C15" s="8" t="s">
         <v>280</v>
       </c>
       <c r="D15" s="9" t="s">
         <v>25</v>
       </c>
       <c r="E15" s="29" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="16" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A16" s="85">
         <v>13</v>
       </c>
-      <c r="B16" s="95">
+      <c r="B16" s="97">
         <v>6403029</v>
       </c>
       <c r="C16" s="8" t="s">
         <v>281</v>
       </c>
       <c r="D16" s="9" t="s">
         <v>26</v>
       </c>
       <c r="E16" s="26" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="17" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A17" s="85">
         <v>14</v>
       </c>
-      <c r="B17" s="95">
+      <c r="B17" s="97">
         <v>6403030</v>
       </c>
       <c r="C17" s="8" t="s">
         <v>282</v>
       </c>
       <c r="D17" s="9" t="s">
         <v>27</v>
       </c>
       <c r="E17" s="29" t="s">
         <v>167</v>
       </c>
     </row>
     <row r="18" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A18" s="85">
         <v>15</v>
       </c>
-      <c r="B18" s="95">
+      <c r="B18" s="97">
         <v>6403031</v>
       </c>
       <c r="C18" s="8" t="s">
         <v>284</v>
       </c>
       <c r="D18" s="9" t="s">
         <v>28</v>
       </c>
       <c r="E18" s="29" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="19" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A19" s="85">
         <v>16</v>
       </c>
-      <c r="B19" s="95">
+      <c r="B19" s="97">
         <v>6403032</v>
       </c>
       <c r="C19" s="8" t="s">
         <v>285</v>
       </c>
       <c r="D19" s="9" t="s">
         <v>29</v>
       </c>
       <c r="E19" s="26" t="s">
         <v>169</v>
       </c>
     </row>
     <row r="20" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A20" s="85">
         <v>17</v>
       </c>
-      <c r="B20" s="95">
+      <c r="B20" s="97">
         <v>6403033</v>
       </c>
       <c r="C20" s="8" t="s">
         <v>283</v>
       </c>
       <c r="D20" s="9" t="s">
         <v>30</v>
       </c>
       <c r="E20" s="29" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="21" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A21" s="85">
         <v>18</v>
       </c>
-      <c r="B21" s="95">
+      <c r="B21" s="97">
         <v>6403037</v>
       </c>
       <c r="C21" s="8" t="s">
         <v>288</v>
       </c>
       <c r="D21" s="9" t="s">
         <v>33</v>
       </c>
       <c r="E21" s="26" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="22" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A22" s="85">
         <v>19</v>
       </c>
-      <c r="B22" s="95">
+      <c r="B22" s="97">
         <v>6403045</v>
       </c>
       <c r="C22" s="13" t="s">
         <v>292</v>
       </c>
       <c r="D22" s="9" t="s">
         <v>37</v>
       </c>
       <c r="E22" s="29" t="s">
         <v>176</v>
       </c>
     </row>
     <row r="23" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A23" s="85">
         <v>20</v>
       </c>
-      <c r="B23" s="95">
+      <c r="B23" s="97">
         <v>6403049</v>
       </c>
       <c r="C23" s="8" t="s">
         <v>300</v>
       </c>
       <c r="D23" s="9" t="s">
         <v>40</v>
       </c>
       <c r="E23" s="26" t="s">
         <v>179</v>
       </c>
     </row>
     <row r="24" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A24" s="85">
         <v>21</v>
       </c>
-      <c r="B24" s="95">
+      <c r="B24" s="97">
         <v>6403054</v>
       </c>
       <c r="C24" s="8" t="s">
         <v>296</v>
       </c>
       <c r="D24" s="9" t="s">
         <v>45</v>
       </c>
       <c r="E24" s="26" t="s">
         <v>184</v>
       </c>
     </row>
     <row r="25" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A25" s="85">
         <v>22</v>
       </c>
-      <c r="B25" s="95">
+      <c r="B25" s="97">
         <v>6403055</v>
       </c>
       <c r="C25" s="8" t="s">
         <v>297</v>
       </c>
       <c r="D25" s="9" t="s">
         <v>46</v>
       </c>
       <c r="E25" s="34" t="s">
         <v>185</v>
       </c>
     </row>
     <row r="26" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A26" s="85">
         <v>23</v>
       </c>
-      <c r="B26" s="95">
+      <c r="B26" s="97">
         <v>6403056</v>
       </c>
       <c r="C26" s="8" t="s">
         <v>298</v>
       </c>
       <c r="D26" s="9" t="s">
         <v>47</v>
       </c>
       <c r="E26" s="34" t="s">
         <v>186</v>
       </c>
     </row>
     <row r="27" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A27" s="85">
         <v>24</v>
       </c>
-      <c r="B27" s="95">
+      <c r="B27" s="97">
         <v>6403057</v>
       </c>
       <c r="C27" s="8" t="s">
         <v>299</v>
       </c>
       <c r="D27" s="9" t="s">
         <v>48</v>
       </c>
       <c r="E27" s="31" t="s">
         <v>187</v>
       </c>
     </row>
     <row r="28" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A28" s="85">
         <v>25</v>
       </c>
-      <c r="B28" s="95">
+      <c r="B28" s="97">
         <v>6403059</v>
       </c>
       <c r="C28" s="8" t="s">
         <v>305</v>
       </c>
       <c r="D28" s="9" t="s">
         <v>50</v>
       </c>
       <c r="E28" s="29" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="29" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A29" s="85">
         <v>26</v>
       </c>
-      <c r="B29" s="95">
+      <c r="B29" s="97">
         <v>6403063</v>
       </c>
       <c r="C29" s="8" t="s">
         <v>308</v>
       </c>
       <c r="D29" s="9" t="s">
         <v>53</v>
       </c>
       <c r="E29" s="29" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="30" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A30" s="85">
         <v>27</v>
       </c>
-      <c r="B30" s="95">
+      <c r="B30" s="97">
         <v>6403065</v>
       </c>
       <c r="C30" s="8" t="s">
         <v>310</v>
       </c>
       <c r="D30" s="9" t="s">
         <v>55</v>
       </c>
       <c r="E30" s="26" t="s">
         <v>194</v>
       </c>
     </row>
     <row r="31" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A31" s="85">
         <v>28</v>
       </c>
-      <c r="B31" s="95">
+      <c r="B31" s="97">
         <v>6403066</v>
       </c>
       <c r="C31" s="8" t="s">
         <v>311</v>
       </c>
       <c r="D31" s="9" t="s">
         <v>56</v>
       </c>
       <c r="E31" s="29" t="s">
         <v>195</v>
       </c>
     </row>
     <row r="32" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A32" s="85">
         <v>29</v>
       </c>
-      <c r="B32" s="95">
+      <c r="B32" s="97">
         <v>6403068</v>
       </c>
       <c r="C32" s="8" t="s">
         <v>313</v>
       </c>
       <c r="D32" s="9" t="s">
         <v>58</v>
       </c>
       <c r="E32" s="29" t="s">
         <v>197</v>
       </c>
     </row>
     <row r="33" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A33" s="85">
         <v>30</v>
       </c>
-      <c r="B33" s="95">
+      <c r="B33" s="97">
         <v>6403070</v>
       </c>
       <c r="C33" s="8" t="s">
         <v>315</v>
       </c>
       <c r="D33" s="9" t="s">
         <v>60</v>
       </c>
       <c r="E33" s="29" t="s">
         <v>199</v>
       </c>
     </row>
     <row r="34" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A34" s="85">
         <v>31</v>
       </c>
-      <c r="B34" s="95">
+      <c r="B34" s="97">
         <v>6403079</v>
       </c>
       <c r="C34" s="8" t="s">
         <v>320</v>
       </c>
       <c r="D34" s="9" t="s">
         <v>65</v>
       </c>
       <c r="E34" s="29" t="s">
         <v>203</v>
       </c>
     </row>
     <row r="35" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A35" s="85">
         <v>32</v>
       </c>
-      <c r="B35" s="95">
+      <c r="B35" s="97">
         <v>6403082</v>
       </c>
       <c r="C35" s="8" t="s">
         <v>323</v>
       </c>
       <c r="D35" s="9" t="s">
         <v>68</v>
       </c>
       <c r="E35" s="26" t="s">
         <v>206</v>
       </c>
     </row>
     <row r="36" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A36" s="85">
         <v>33</v>
       </c>
-      <c r="B36" s="95">
+      <c r="B36" s="97">
         <v>6403084</v>
       </c>
       <c r="C36" s="8" t="s">
         <v>325</v>
       </c>
       <c r="D36" s="9" t="s">
         <v>70</v>
       </c>
       <c r="E36" s="26" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="37" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A37" s="85">
         <v>34</v>
       </c>
-      <c r="B37" s="95">
+      <c r="B37" s="97">
         <v>6403085</v>
       </c>
       <c r="C37" s="8" t="s">
         <v>326</v>
       </c>
       <c r="D37" s="9" t="s">
         <v>71</v>
       </c>
       <c r="E37" s="26" t="s">
         <v>209</v>
       </c>
     </row>
     <row r="38" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A38" s="85">
         <v>35</v>
       </c>
-      <c r="B38" s="95">
+      <c r="B38" s="97">
         <v>6403088</v>
       </c>
       <c r="C38" s="8" t="s">
         <v>329</v>
       </c>
       <c r="D38" s="9" t="s">
         <v>73</v>
       </c>
       <c r="E38" s="29" t="s">
         <v>212</v>
       </c>
     </row>
     <row r="39" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A39" s="85">
         <v>36</v>
       </c>
-      <c r="B39" s="95">
+      <c r="B39" s="97">
         <v>6403090</v>
       </c>
       <c r="C39" s="8" t="s">
         <v>385</v>
       </c>
       <c r="D39" s="9" t="s">
         <v>74</v>
       </c>
       <c r="E39" s="26" t="s">
         <v>213</v>
       </c>
     </row>
     <row r="41" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A41" s="54"/>
       <c r="B41" s="11"/>
       <c r="C41" s="12"/>
       <c r="D41" s="11"/>
       <c r="E41" s="30"/>
       <c r="F41" s="11"/>
       <c r="G41" s="11"/>
       <c r="H41" s="11"/>
       <c r="I41" s="11"/>
       <c r="J41" s="11"/>
       <c r="K41" s="11"/>
       <c r="L41" s="11"/>
       <c r="M41" s="11"/>
       <c r="N41" s="11"/>
       <c r="O41" s="11"/>
       <c r="P41" s="11"/>
       <c r="Q41" s="11"/>
       <c r="R41" s="11"/>
       <c r="S41" s="11"/>
     </row>
     <row r="42" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A42" s="117" t="s">
+      <c r="A42" s="115" t="s">
         <v>419</v>
       </c>
-      <c r="B42" s="117"/>
-[...2 lines deleted...]
-      <c r="E42" s="117"/>
+      <c r="B42" s="115"/>
+      <c r="C42" s="115"/>
+      <c r="D42" s="115"/>
+      <c r="E42" s="115"/>
     </row>
     <row r="43" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A43" s="55" t="s">
         <v>1</v>
       </c>
-      <c r="B43" s="93" t="s">
+      <c r="B43" s="95" t="s">
         <v>2</v>
       </c>
-      <c r="C43" s="118" t="s">
+      <c r="C43" s="110" t="s">
         <v>3</v>
       </c>
-      <c r="D43" s="119"/>
+      <c r="D43" s="111"/>
       <c r="E43" s="27" t="s">
         <v>395</v>
       </c>
     </row>
     <row r="44" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A44" s="85">
         <v>37</v>
       </c>
-      <c r="B44" s="95">
+      <c r="B44" s="97">
         <v>6403094</v>
       </c>
       <c r="C44" s="8" t="s">
         <v>331</v>
       </c>
       <c r="D44" s="9" t="s">
         <v>76</v>
       </c>
       <c r="E44" s="29" t="s">
         <v>215</v>
       </c>
     </row>
     <row r="45" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A45" s="85">
         <v>38</v>
       </c>
-      <c r="B45" s="95">
+      <c r="B45" s="97">
         <v>6403095</v>
       </c>
       <c r="C45" s="8" t="s">
         <v>332</v>
       </c>
       <c r="D45" s="9" t="s">
         <v>77</v>
       </c>
       <c r="E45" s="26" t="s">
         <v>216</v>
       </c>
     </row>
     <row r="46" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A46" s="85">
         <v>39</v>
       </c>
-      <c r="B46" s="95">
+      <c r="B46" s="97">
         <v>6403098</v>
       </c>
       <c r="C46" s="8" t="s">
         <v>334</v>
       </c>
       <c r="D46" s="9" t="s">
         <v>79</v>
       </c>
       <c r="E46" s="26" t="s">
         <v>218</v>
       </c>
     </row>
     <row r="47" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A47" s="85">
         <v>40</v>
       </c>
-      <c r="B47" s="95">
+      <c r="B47" s="97">
         <v>6403099</v>
       </c>
       <c r="C47" s="8" t="s">
         <v>335</v>
       </c>
       <c r="D47" s="9" t="s">
         <v>80</v>
       </c>
       <c r="E47" s="29" t="s">
         <v>219</v>
       </c>
     </row>
     <row r="48" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A48" s="85">
         <v>41</v>
       </c>
-      <c r="B48" s="95">
+      <c r="B48" s="97">
         <v>6403100</v>
       </c>
       <c r="C48" s="8" t="s">
         <v>336</v>
       </c>
       <c r="D48" s="9" t="s">
         <v>81</v>
       </c>
       <c r="E48" s="29" t="s">
         <v>220</v>
       </c>
     </row>
     <row r="49" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A49" s="85">
         <v>42</v>
       </c>
-      <c r="B49" s="95">
+      <c r="B49" s="97">
         <v>6403102</v>
       </c>
       <c r="C49" s="8" t="s">
         <v>337</v>
       </c>
       <c r="D49" s="9" t="s">
         <v>82</v>
       </c>
       <c r="E49" s="29" t="s">
         <v>221</v>
       </c>
     </row>
     <row r="50" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A50" s="85">
         <v>43</v>
       </c>
-      <c r="B50" s="95">
+      <c r="B50" s="97">
         <v>6403103</v>
       </c>
       <c r="C50" s="8" t="s">
         <v>339</v>
       </c>
       <c r="D50" s="9" t="s">
         <v>83</v>
       </c>
       <c r="E50" s="26" t="s">
         <v>222</v>
       </c>
     </row>
     <row r="51" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A51" s="85">
         <v>44</v>
       </c>
-      <c r="B51" s="95">
+      <c r="B51" s="97">
         <v>6403104</v>
       </c>
       <c r="C51" s="8" t="s">
         <v>338</v>
       </c>
       <c r="D51" s="9" t="s">
         <v>84</v>
       </c>
       <c r="E51" s="29" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="52" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A52" s="85">
         <v>45</v>
       </c>
-      <c r="B52" s="95">
+      <c r="B52" s="97">
         <v>6403105</v>
       </c>
       <c r="C52" s="8" t="s">
         <v>340</v>
       </c>
       <c r="D52" s="9" t="s">
         <v>85</v>
       </c>
       <c r="E52" s="26" t="s">
         <v>224</v>
       </c>
     </row>
     <row r="53" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A53" s="85">
         <v>46</v>
       </c>
-      <c r="B53" s="95">
+      <c r="B53" s="97">
         <v>6403109</v>
       </c>
       <c r="C53" s="8" t="s">
         <v>343</v>
       </c>
       <c r="D53" s="9" t="s">
         <v>88</v>
       </c>
       <c r="E53" s="29" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="54" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A54" s="85">
         <v>47</v>
       </c>
-      <c r="B54" s="95">
+      <c r="B54" s="97">
         <v>6403110</v>
       </c>
       <c r="C54" s="8" t="s">
         <v>344</v>
       </c>
       <c r="D54" s="9" t="s">
         <v>89</v>
       </c>
       <c r="E54" s="26" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="55" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A55" s="85">
         <v>48</v>
       </c>
-      <c r="B55" s="95">
+      <c r="B55" s="97">
         <v>6403113</v>
       </c>
       <c r="C55" s="8" t="s">
         <v>346</v>
       </c>
       <c r="D55" s="9" t="s">
         <v>91</v>
       </c>
       <c r="E55" s="29" t="s">
         <v>230</v>
       </c>
     </row>
     <row r="56" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A56" s="85">
         <v>49</v>
       </c>
-      <c r="B56" s="95">
+      <c r="B56" s="97">
         <v>6403114</v>
       </c>
       <c r="C56" s="8" t="s">
         <v>347</v>
       </c>
       <c r="D56" s="9" t="s">
         <v>92</v>
       </c>
       <c r="E56" s="29" t="s">
         <v>231</v>
       </c>
     </row>
     <row r="57" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A57" s="85">
         <v>50</v>
       </c>
-      <c r="B57" s="95">
+      <c r="B57" s="97">
         <v>6403116</v>
       </c>
       <c r="C57" s="8" t="s">
         <v>349</v>
       </c>
       <c r="D57" s="9" t="s">
         <v>94</v>
       </c>
       <c r="E57" s="26" t="s">
         <v>233</v>
       </c>
     </row>
     <row r="58" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A58" s="85">
         <v>51</v>
       </c>
-      <c r="B58" s="95">
+      <c r="B58" s="97">
         <v>6403117</v>
       </c>
       <c r="C58" s="8" t="s">
         <v>350</v>
       </c>
       <c r="D58" s="9" t="s">
         <v>95</v>
       </c>
       <c r="E58" s="26" t="s">
         <v>234</v>
       </c>
     </row>
     <row r="59" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A59" s="85">
         <v>52</v>
       </c>
-      <c r="B59" s="95">
+      <c r="B59" s="97">
         <v>6403118</v>
       </c>
       <c r="C59" s="8" t="s">
         <v>351</v>
       </c>
       <c r="D59" s="9" t="s">
         <v>96</v>
       </c>
       <c r="E59" s="26" t="s">
         <v>235</v>
       </c>
     </row>
     <row r="60" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A60" s="85">
         <v>53</v>
       </c>
-      <c r="B60" s="95">
+      <c r="B60" s="97">
         <v>6403121</v>
       </c>
       <c r="C60" s="8" t="s">
         <v>354</v>
       </c>
       <c r="D60" s="9" t="s">
         <v>99</v>
       </c>
       <c r="E60" s="29" t="s">
         <v>238</v>
       </c>
     </row>
     <row r="61" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A61" s="85">
         <v>54</v>
       </c>
-      <c r="B61" s="95">
+      <c r="B61" s="97">
         <v>6403122</v>
       </c>
       <c r="C61" s="8" t="s">
         <v>355</v>
       </c>
       <c r="D61" s="9" t="s">
         <v>100</v>
       </c>
       <c r="E61" s="26" t="s">
         <v>239</v>
       </c>
     </row>
     <row r="62" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A62" s="85">
         <v>55</v>
       </c>
-      <c r="B62" s="95">
+      <c r="B62" s="97">
         <v>6403127</v>
       </c>
       <c r="C62" s="8" t="s">
         <v>358</v>
       </c>
       <c r="D62" s="9" t="s">
         <v>103</v>
       </c>
       <c r="E62" s="26" t="s">
         <v>242</v>
       </c>
     </row>
     <row r="63" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A63" s="85">
         <v>56</v>
       </c>
-      <c r="B63" s="95">
+      <c r="B63" s="97">
         <v>6403128</v>
       </c>
       <c r="C63" s="8" t="s">
         <v>359</v>
       </c>
       <c r="D63" s="9" t="s">
         <v>104</v>
       </c>
       <c r="E63" s="26" t="s">
         <v>243</v>
       </c>
     </row>
     <row r="64" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A64" s="85">
         <v>57</v>
       </c>
-      <c r="B64" s="95">
+      <c r="B64" s="97">
         <v>6403129</v>
       </c>
       <c r="C64" s="8" t="s">
         <v>360</v>
       </c>
       <c r="D64" s="9" t="s">
         <v>105</v>
       </c>
       <c r="E64" s="29" t="s">
         <v>244</v>
       </c>
     </row>
     <row r="65" spans="1:26" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A65" s="85">
         <v>58</v>
       </c>
-      <c r="B65" s="95">
+      <c r="B65" s="97">
         <v>6403131</v>
       </c>
       <c r="C65" s="8" t="s">
         <v>362</v>
       </c>
       <c r="D65" s="9" t="s">
         <v>107</v>
       </c>
       <c r="E65" s="26" t="s">
         <v>246</v>
       </c>
     </row>
     <row r="66" spans="1:26" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A66" s="85">
         <v>59</v>
       </c>
-      <c r="B66" s="95">
+      <c r="B66" s="97">
         <v>6403132</v>
       </c>
       <c r="C66" s="8" t="s">
         <v>363</v>
       </c>
       <c r="D66" s="9" t="s">
         <v>108</v>
       </c>
       <c r="E66" s="29" t="s">
         <v>247</v>
       </c>
     </row>
     <row r="67" spans="1:26" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A67" s="85">
         <v>60</v>
       </c>
-      <c r="B67" s="95">
+      <c r="B67" s="97">
         <v>6403133</v>
       </c>
       <c r="C67" s="8" t="s">
         <v>364</v>
       </c>
       <c r="D67" s="9" t="s">
         <v>109</v>
       </c>
       <c r="E67" s="29" t="s">
         <v>248</v>
       </c>
     </row>
     <row r="68" spans="1:26" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A68" s="85">
         <v>61</v>
       </c>
-      <c r="B68" s="95">
+      <c r="B68" s="97">
         <v>6403134</v>
       </c>
       <c r="C68" s="8" t="s">
         <v>365</v>
       </c>
       <c r="D68" s="9" t="s">
         <v>110</v>
       </c>
       <c r="E68" s="26" t="s">
         <v>249</v>
       </c>
     </row>
     <row r="69" spans="1:26" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A69" s="85">
         <v>62</v>
       </c>
-      <c r="B69" s="95">
+      <c r="B69" s="97">
         <v>6403138</v>
       </c>
       <c r="C69" s="8" t="s">
         <v>367</v>
       </c>
       <c r="D69" s="9" t="s">
         <v>112</v>
       </c>
       <c r="E69" s="26" t="s">
         <v>251</v>
       </c>
     </row>
     <row r="70" spans="1:26" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A70" s="85">
         <v>63</v>
       </c>
-      <c r="B70" s="95">
+      <c r="B70" s="97">
         <v>6403141</v>
       </c>
       <c r="C70" s="8" t="s">
         <v>370</v>
       </c>
       <c r="D70" s="9" t="s">
         <v>115</v>
       </c>
       <c r="E70" s="32" t="s">
         <v>388</v>
       </c>
     </row>
     <row r="71" spans="1:26" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A71" s="85">
         <v>64</v>
       </c>
-      <c r="B71" s="95">
+      <c r="B71" s="97">
         <v>6403142</v>
       </c>
       <c r="C71" s="8" t="s">
         <v>371</v>
       </c>
       <c r="D71" s="9" t="s">
         <v>116</v>
       </c>
       <c r="E71" s="26" t="s">
         <v>254</v>
       </c>
     </row>
     <row r="72" spans="1:26" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A72" s="85">
         <v>65</v>
       </c>
-      <c r="B72" s="95">
+      <c r="B72" s="97">
         <v>6403143</v>
       </c>
       <c r="C72" s="8" t="s">
         <v>372</v>
       </c>
       <c r="D72" s="9" t="s">
         <v>117</v>
       </c>
       <c r="E72" s="29" t="s">
         <v>255</v>
       </c>
     </row>
     <row r="73" spans="1:26" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A73" s="85">
         <v>66</v>
       </c>
-      <c r="B73" s="95">
+      <c r="B73" s="97">
         <v>6403148</v>
       </c>
       <c r="C73" s="8" t="s">
         <v>376</v>
       </c>
       <c r="D73" s="9" t="s">
         <v>121</v>
       </c>
       <c r="E73" s="29" t="s">
         <v>259</v>
       </c>
     </row>
     <row r="74" spans="1:26" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A74" s="85">
         <v>67</v>
       </c>
-      <c r="B74" s="95">
+      <c r="B74" s="97">
         <v>6403149</v>
       </c>
       <c r="C74" s="8" t="s">
         <v>377</v>
       </c>
       <c r="D74" s="9" t="s">
         <v>122</v>
       </c>
       <c r="E74" s="29" t="s">
         <v>260</v>
       </c>
     </row>
     <row r="75" spans="1:26" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A75" s="85">
         <v>68</v>
       </c>
-      <c r="B75" s="95">
+      <c r="B75" s="97">
         <v>6403154</v>
       </c>
       <c r="C75" s="8" t="s">
         <v>382</v>
       </c>
       <c r="D75" s="9" t="s">
         <v>127</v>
       </c>
       <c r="E75" s="29" t="s">
         <v>265</v>
       </c>
     </row>
     <row r="76" spans="1:26" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A76" s="85">
         <v>69</v>
       </c>
       <c r="B76" s="81">
         <v>6403156</v>
       </c>
       <c r="C76" s="82" t="s">
         <v>384</v>
       </c>
       <c r="D76" s="83" t="s">
         <v>129</v>
       </c>
@@ -22515,51 +25347,51 @@
       <c r="O77" s="61"/>
       <c r="P77" s="61"/>
       <c r="Q77" s="61"/>
       <c r="R77" s="61"/>
       <c r="S77" s="61"/>
       <c r="T77" s="61"/>
       <c r="U77" s="61"/>
       <c r="V77" s="61"/>
       <c r="W77" s="61"/>
       <c r="X77" s="61"/>
       <c r="Y77" s="61"/>
       <c r="Z77" s="61"/>
     </row>
     <row r="78" spans="1:26" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A78" s="54"/>
       <c r="B78" s="11"/>
       <c r="C78" s="12"/>
       <c r="D78" s="11"/>
       <c r="E78" s="30"/>
     </row>
     <row r="79" spans="1:26" s="53" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A79" s="54"/>
       <c r="B79" s="54"/>
       <c r="C79" s="63"/>
       <c r="D79" s="54"/>
-      <c r="E79" s="91"/>
+      <c r="E79" s="93"/>
     </row>
     <row r="80" spans="1:26" s="53" customFormat="1" x14ac:dyDescent="0.5">
       <c r="E80" s="65"/>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A2:E2"/>
     <mergeCell ref="C3:D3"/>
     <mergeCell ref="A42:E42"/>
     <mergeCell ref="C43:D43"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="E19" r:id="rId1" xr:uid="{85FD7DA7-FD48-4CCC-8087-94B4FB8AF011}"/>
     <hyperlink ref="E57" r:id="rId2" xr:uid="{FC5F2166-DEDE-4403-9D9E-6CF3335B1D37}"/>
     <hyperlink ref="E63" r:id="rId3" xr:uid="{244E9324-6E46-4A9E-B063-813437E08374}"/>
     <hyperlink ref="E5" r:id="rId4" xr:uid="{95807C47-FEED-4F5D-BFEB-2AC038341E00}"/>
     <hyperlink ref="E13" r:id="rId5" xr:uid="{708F3781-A537-49C8-8ECB-A4D8DC20581A}"/>
     <hyperlink ref="E23" r:id="rId6" xr:uid="{A11B6B54-D75D-415C-AFDF-64BFF607E20C}"/>
     <hyperlink ref="E37" r:id="rId7" xr:uid="{3CB526BD-EE49-4B5C-9EE4-8A6DCF073295}"/>
     <hyperlink ref="E54" r:id="rId8" xr:uid="{71628B26-EF13-42F6-8E5F-55310D552BCD}"/>
     <hyperlink ref="E21" r:id="rId9" xr:uid="{A20891B5-7D1B-476B-AAD5-EF1B5150BBE7}"/>
     <hyperlink ref="E35" r:id="rId10" xr:uid="{470AED0F-1D28-4822-A741-E5A8FEDDA382}"/>
     <hyperlink ref="E50" r:id="rId11" xr:uid="{3C977BAF-8412-4D93-A124-978DABDD946B}"/>
     <hyperlink ref="E59" r:id="rId12" xr:uid="{1D1EF38A-DD4D-497F-A9F7-AA108166CF2E}"/>
@@ -22569,1293 +25401,1290 @@
     <hyperlink ref="E46" r:id="rId16" xr:uid="{C7450E74-0888-4BAB-8D0E-70601C04E1D7}"/>
     <hyperlink ref="E25" r:id="rId17" xr:uid="{C0FA0788-2155-43CA-BFEF-602CE3C2B630}"/>
     <hyperlink ref="E26" r:id="rId18" xr:uid="{1D020D7C-B12D-47F8-B0E4-2539B7B798C2}"/>
     <hyperlink ref="E65" r:id="rId19" xr:uid="{273FB3BF-49B4-42D4-9C1C-A72117C4E1FB}"/>
     <hyperlink ref="E24" r:id="rId20" xr:uid="{F3800EE4-DF71-4BD2-8E6A-77694A9532DE}"/>
     <hyperlink ref="E45" r:id="rId21" xr:uid="{16274163-EC81-41C4-B776-345605DD3611}"/>
     <hyperlink ref="E58" r:id="rId22" xr:uid="{DFD205CF-6E7F-4A10-AFCC-A3074A40C294}"/>
     <hyperlink ref="E8" r:id="rId23" xr:uid="{731163E1-A9AD-41C4-9E12-EA29AE03B544}"/>
     <hyperlink ref="E36" r:id="rId24" xr:uid="{C064AC3D-DF3B-4E07-989B-D5DD16A2BE48}"/>
     <hyperlink ref="E11" r:id="rId25" xr:uid="{71453771-C9E5-4FEE-A6CF-6EC270FDBF41}"/>
     <hyperlink ref="E61" r:id="rId26" xr:uid="{CD30FE6A-BFFB-4E7E-AA5B-1FBBEFEEFE89}"/>
     <hyperlink ref="E39" r:id="rId27" xr:uid="{AE930CD0-8151-4100-BF89-B1D4DAF91CF7}"/>
     <hyperlink ref="E71" r:id="rId28" xr:uid="{6DFC3C37-B64A-4845-A900-D3CBD8B8C9AC}"/>
     <hyperlink ref="E16" r:id="rId29" xr:uid="{D713ECC4-3AAE-4423-8831-C0E99BBAA643}"/>
     <hyperlink ref="E52" r:id="rId30" xr:uid="{109E799F-5710-43C9-B366-C11FC1B16424}"/>
     <hyperlink ref="E69" r:id="rId31" xr:uid="{5F455C5E-FDB0-4025-9540-FB9AD286B1FB}"/>
     <hyperlink ref="E30" r:id="rId32" xr:uid="{C66E0D40-BDAF-4981-8EEF-AC7CD67BB932}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId33"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6DB07BBE-B841-4032-8E33-FBD1B05B864A}">
-  <sheetPr>
-[...1 lines deleted...]
-  </sheetPr>
   <dimension ref="A1:S76"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
-      <selection activeCell="C15" sqref="C15"/>
+      <selection activeCell="A3" sqref="A3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="21.75" x14ac:dyDescent="0.5"/>
   <cols>
     <col min="1" max="1" width="6.85546875" style="53" customWidth="1"/>
-    <col min="2" max="2" width="9" style="94" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="4" max="4" width="13.5703125" style="94" customWidth="1"/>
+    <col min="2" max="2" width="9" style="96" customWidth="1"/>
+    <col min="3" max="3" width="20.28515625" style="96" customWidth="1"/>
+    <col min="4" max="4" width="13.5703125" style="96" customWidth="1"/>
     <col min="5" max="5" width="38.85546875" style="36" customWidth="1"/>
-    <col min="6" max="6" width="9.140625" style="94"/>
-[...1 lines deleted...]
-    <col min="8" max="16384" width="9.140625" style="94"/>
+    <col min="6" max="6" width="9.140625" style="96"/>
+    <col min="7" max="7" width="17.140625" style="96" customWidth="1"/>
+    <col min="8" max="16384" width="9.140625" style="96"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A1" s="121" t="s">
+      <c r="A1" s="112" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="122"/>
-[...2 lines deleted...]
-      <c r="E1" s="122"/>
+      <c r="B1" s="113"/>
+      <c r="C1" s="113"/>
+      <c r="D1" s="113"/>
+      <c r="E1" s="113"/>
     </row>
     <row r="2" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A2" s="121" t="s">
+      <c r="A2" s="112" t="s">
         <v>427</v>
       </c>
-      <c r="B2" s="122"/>
-[...2 lines deleted...]
-      <c r="E2" s="122"/>
+      <c r="B2" s="113"/>
+      <c r="C2" s="113"/>
+      <c r="D2" s="113"/>
+      <c r="E2" s="113"/>
     </row>
     <row r="3" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A3" s="55" t="s">
         <v>1</v>
       </c>
-      <c r="B3" s="93" t="s">
+      <c r="B3" s="95" t="s">
         <v>2</v>
       </c>
-      <c r="C3" s="118" t="s">
+      <c r="C3" s="110" t="s">
         <v>3</v>
       </c>
-      <c r="D3" s="119"/>
+      <c r="D3" s="111"/>
       <c r="E3" s="27" t="s">
         <v>395</v>
       </c>
     </row>
     <row r="4" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A4" s="85">
         <v>1</v>
       </c>
-      <c r="B4" s="95">
+      <c r="B4" s="97">
         <v>6403002</v>
       </c>
       <c r="C4" s="8" t="s">
         <v>130</v>
       </c>
       <c r="D4" s="9" t="s">
         <v>4</v>
       </c>
       <c r="E4" s="29" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="5" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A5" s="85">
         <v>2</v>
       </c>
-      <c r="B5" s="95">
+      <c r="B5" s="97">
         <v>6403005</v>
       </c>
       <c r="C5" s="8" t="s">
         <v>132</v>
       </c>
       <c r="D5" s="9" t="s">
         <v>7</v>
       </c>
       <c r="E5" s="26" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="6" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A6" s="85">
         <v>3</v>
       </c>
-      <c r="B6" s="95">
+      <c r="B6" s="97">
         <v>6403008</v>
       </c>
       <c r="C6" s="8" t="s">
         <v>135</v>
       </c>
       <c r="D6" s="9" t="s">
         <v>10</v>
       </c>
       <c r="E6" s="29" t="s">
         <v>150</v>
       </c>
     </row>
     <row r="7" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A7" s="85">
         <v>4</v>
       </c>
-      <c r="B7" s="95">
+      <c r="B7" s="97">
         <v>6403009</v>
       </c>
       <c r="C7" s="8" t="s">
         <v>136</v>
       </c>
       <c r="D7" s="9" t="s">
         <v>11</v>
       </c>
       <c r="E7" s="26" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="8" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A8" s="85">
         <v>5</v>
       </c>
-      <c r="B8" s="95">
+      <c r="B8" s="97">
         <v>6403011</v>
       </c>
       <c r="C8" s="8" t="s">
         <v>137</v>
       </c>
       <c r="D8" s="9" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="26" t="s">
         <v>152</v>
       </c>
     </row>
     <row r="9" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A9" s="85">
         <v>6</v>
       </c>
-      <c r="B9" s="95">
+      <c r="B9" s="97">
         <v>6403014</v>
       </c>
       <c r="C9" s="8" t="s">
         <v>138</v>
       </c>
       <c r="D9" s="9" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="29" t="s">
         <v>153</v>
       </c>
     </row>
     <row r="10" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A10" s="85">
         <v>7</v>
       </c>
-      <c r="B10" s="95">
+      <c r="B10" s="97">
         <v>6403015</v>
       </c>
       <c r="C10" s="8" t="s">
         <v>139</v>
       </c>
       <c r="D10" s="9" t="s">
         <v>14</v>
       </c>
       <c r="E10" s="29" t="s">
         <v>154</v>
       </c>
     </row>
     <row r="11" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A11" s="85">
         <v>8</v>
       </c>
-      <c r="B11" s="95">
+      <c r="B11" s="97">
         <v>6403017</v>
       </c>
       <c r="C11" s="8" t="s">
         <v>276</v>
       </c>
       <c r="D11" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E11" s="26" t="s">
         <v>156</v>
       </c>
     </row>
     <row r="12" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A12" s="85">
         <v>9</v>
       </c>
-      <c r="B12" s="95">
+      <c r="B12" s="97">
         <v>6403018</v>
       </c>
       <c r="C12" s="8" t="s">
         <v>269</v>
       </c>
       <c r="D12" s="9" t="s">
         <v>17</v>
       </c>
       <c r="E12" s="29" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="13" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A13" s="85">
         <v>10</v>
       </c>
-      <c r="B13" s="95">
+      <c r="B13" s="97">
         <v>6403024</v>
       </c>
       <c r="C13" s="8" t="s">
         <v>272</v>
       </c>
       <c r="D13" s="9" t="s">
         <v>22</v>
       </c>
       <c r="E13" s="26" t="s">
         <v>162</v>
       </c>
     </row>
     <row r="14" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A14" s="85">
         <v>11</v>
       </c>
-      <c r="B14" s="95">
+      <c r="B14" s="97">
         <v>6403025</v>
       </c>
       <c r="C14" s="8" t="s">
         <v>273</v>
       </c>
       <c r="D14" s="9" t="s">
         <v>23</v>
       </c>
       <c r="E14" s="29" t="s">
         <v>163</v>
       </c>
     </row>
     <row r="15" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A15" s="85">
         <v>12</v>
       </c>
-      <c r="B15" s="95">
+      <c r="B15" s="97">
         <v>6403027</v>
       </c>
       <c r="C15" s="8" t="s">
         <v>280</v>
       </c>
       <c r="D15" s="9" t="s">
         <v>25</v>
       </c>
       <c r="E15" s="29" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="16" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A16" s="85">
         <v>13</v>
       </c>
-      <c r="B16" s="95">
+      <c r="B16" s="97">
         <v>6403029</v>
       </c>
       <c r="C16" s="8" t="s">
         <v>281</v>
       </c>
       <c r="D16" s="9" t="s">
         <v>26</v>
       </c>
       <c r="E16" s="26" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="17" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A17" s="85">
         <v>14</v>
       </c>
-      <c r="B17" s="95">
+      <c r="B17" s="97">
         <v>6403030</v>
       </c>
       <c r="C17" s="8" t="s">
         <v>282</v>
       </c>
       <c r="D17" s="9" t="s">
         <v>27</v>
       </c>
       <c r="E17" s="29" t="s">
         <v>167</v>
       </c>
     </row>
     <row r="18" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A18" s="85">
         <v>15</v>
       </c>
-      <c r="B18" s="95">
+      <c r="B18" s="97">
         <v>6403031</v>
       </c>
       <c r="C18" s="8" t="s">
         <v>284</v>
       </c>
       <c r="D18" s="9" t="s">
         <v>28</v>
       </c>
       <c r="E18" s="29" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="19" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A19" s="85">
         <v>16</v>
       </c>
-      <c r="B19" s="95">
+      <c r="B19" s="97">
         <v>6403032</v>
       </c>
       <c r="C19" s="8" t="s">
         <v>285</v>
       </c>
       <c r="D19" s="9" t="s">
         <v>29</v>
       </c>
       <c r="E19" s="26" t="s">
         <v>169</v>
       </c>
     </row>
     <row r="20" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A20" s="85">
         <v>17</v>
       </c>
-      <c r="B20" s="95">
+      <c r="B20" s="97">
         <v>6403033</v>
       </c>
       <c r="C20" s="8" t="s">
         <v>283</v>
       </c>
       <c r="D20" s="9" t="s">
         <v>30</v>
       </c>
       <c r="E20" s="29" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="21" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A21" s="85">
         <v>18</v>
       </c>
-      <c r="B21" s="95">
+      <c r="B21" s="97">
         <v>6403037</v>
       </c>
       <c r="C21" s="8" t="s">
         <v>288</v>
       </c>
       <c r="D21" s="9" t="s">
         <v>33</v>
       </c>
       <c r="E21" s="26" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="22" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A22" s="85">
         <v>19</v>
       </c>
-      <c r="B22" s="95">
+      <c r="B22" s="97">
         <v>6403045</v>
       </c>
       <c r="C22" s="13" t="s">
         <v>292</v>
       </c>
       <c r="D22" s="9" t="s">
         <v>37</v>
       </c>
       <c r="E22" s="29" t="s">
         <v>176</v>
       </c>
     </row>
     <row r="23" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A23" s="85">
         <v>20</v>
       </c>
-      <c r="B23" s="95">
+      <c r="B23" s="97">
         <v>6403049</v>
       </c>
       <c r="C23" s="8" t="s">
         <v>300</v>
       </c>
       <c r="D23" s="9" t="s">
         <v>40</v>
       </c>
       <c r="E23" s="26" t="s">
         <v>179</v>
       </c>
     </row>
     <row r="24" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A24" s="85">
         <v>21</v>
       </c>
-      <c r="B24" s="95">
+      <c r="B24" s="97">
         <v>6403054</v>
       </c>
       <c r="C24" s="8" t="s">
         <v>296</v>
       </c>
       <c r="D24" s="9" t="s">
         <v>45</v>
       </c>
       <c r="E24" s="26" t="s">
         <v>184</v>
       </c>
     </row>
     <row r="25" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A25" s="85">
         <v>22</v>
       </c>
-      <c r="B25" s="95">
+      <c r="B25" s="97">
         <v>6403055</v>
       </c>
       <c r="C25" s="8" t="s">
         <v>297</v>
       </c>
       <c r="D25" s="9" t="s">
         <v>46</v>
       </c>
       <c r="E25" s="34" t="s">
         <v>185</v>
       </c>
     </row>
     <row r="26" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A26" s="85">
         <v>23</v>
       </c>
-      <c r="B26" s="95">
+      <c r="B26" s="97">
         <v>6403056</v>
       </c>
       <c r="C26" s="8" t="s">
         <v>298</v>
       </c>
       <c r="D26" s="9" t="s">
         <v>47</v>
       </c>
       <c r="E26" s="34" t="s">
         <v>186</v>
       </c>
     </row>
     <row r="27" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A27" s="85">
         <v>24</v>
       </c>
-      <c r="B27" s="95">
+      <c r="B27" s="97">
         <v>6403057</v>
       </c>
       <c r="C27" s="8" t="s">
         <v>299</v>
       </c>
       <c r="D27" s="9" t="s">
         <v>48</v>
       </c>
       <c r="E27" s="31" t="s">
         <v>187</v>
       </c>
     </row>
     <row r="28" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A28" s="85">
         <v>25</v>
       </c>
-      <c r="B28" s="95">
+      <c r="B28" s="97">
         <v>6403059</v>
       </c>
       <c r="C28" s="8" t="s">
         <v>305</v>
       </c>
       <c r="D28" s="9" t="s">
         <v>50</v>
       </c>
       <c r="E28" s="29" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="29" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A29" s="85">
         <v>26</v>
       </c>
-      <c r="B29" s="95">
+      <c r="B29" s="97">
         <v>6403063</v>
       </c>
       <c r="C29" s="8" t="s">
         <v>308</v>
       </c>
       <c r="D29" s="9" t="s">
         <v>53</v>
       </c>
       <c r="E29" s="29" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="30" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A30" s="85">
         <v>27</v>
       </c>
-      <c r="B30" s="95">
+      <c r="B30" s="97">
         <v>6403065</v>
       </c>
       <c r="C30" s="8" t="s">
         <v>310</v>
       </c>
       <c r="D30" s="9" t="s">
         <v>55</v>
       </c>
       <c r="E30" s="26" t="s">
         <v>194</v>
       </c>
     </row>
     <row r="31" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A31" s="85">
         <v>28</v>
       </c>
-      <c r="B31" s="95">
+      <c r="B31" s="97">
         <v>6403066</v>
       </c>
       <c r="C31" s="8" t="s">
         <v>311</v>
       </c>
       <c r="D31" s="9" t="s">
         <v>56</v>
       </c>
       <c r="E31" s="29" t="s">
         <v>195</v>
       </c>
     </row>
     <row r="32" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A32" s="85">
         <v>29</v>
       </c>
-      <c r="B32" s="95">
+      <c r="B32" s="97">
         <v>6403068</v>
       </c>
       <c r="C32" s="8" t="s">
         <v>313</v>
       </c>
       <c r="D32" s="9" t="s">
         <v>58</v>
       </c>
       <c r="E32" s="29" t="s">
         <v>197</v>
       </c>
     </row>
     <row r="33" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A33" s="85">
         <v>30</v>
       </c>
-      <c r="B33" s="95">
+      <c r="B33" s="97">
         <v>6403070</v>
       </c>
       <c r="C33" s="8" t="s">
         <v>315</v>
       </c>
       <c r="D33" s="9" t="s">
         <v>60</v>
       </c>
       <c r="E33" s="29" t="s">
         <v>199</v>
       </c>
     </row>
     <row r="34" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A34" s="85">
         <v>31</v>
       </c>
-      <c r="B34" s="95">
+      <c r="B34" s="97">
         <v>6403079</v>
       </c>
       <c r="C34" s="8" t="s">
         <v>320</v>
       </c>
       <c r="D34" s="9" t="s">
         <v>65</v>
       </c>
       <c r="E34" s="29" t="s">
         <v>203</v>
       </c>
     </row>
     <row r="35" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A35" s="85">
         <v>32</v>
       </c>
-      <c r="B35" s="95">
+      <c r="B35" s="97">
         <v>6403082</v>
       </c>
       <c r="C35" s="8" t="s">
         <v>323</v>
       </c>
       <c r="D35" s="9" t="s">
         <v>68</v>
       </c>
       <c r="E35" s="26" t="s">
         <v>206</v>
       </c>
     </row>
     <row r="36" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A36" s="85">
         <v>33</v>
       </c>
-      <c r="B36" s="95">
+      <c r="B36" s="97">
         <v>6403084</v>
       </c>
       <c r="C36" s="8" t="s">
         <v>325</v>
       </c>
       <c r="D36" s="9" t="s">
         <v>70</v>
       </c>
       <c r="E36" s="26" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="37" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A37" s="85">
         <v>34</v>
       </c>
-      <c r="B37" s="95">
+      <c r="B37" s="97">
         <v>6403085</v>
       </c>
       <c r="C37" s="8" t="s">
         <v>326</v>
       </c>
       <c r="D37" s="9" t="s">
         <v>71</v>
       </c>
       <c r="E37" s="26" t="s">
         <v>209</v>
       </c>
     </row>
     <row r="38" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A38" s="85">
         <v>35</v>
       </c>
-      <c r="B38" s="95">
+      <c r="B38" s="97">
         <v>6403088</v>
       </c>
       <c r="C38" s="8" t="s">
         <v>329</v>
       </c>
       <c r="D38" s="9" t="s">
         <v>73</v>
       </c>
       <c r="E38" s="29" t="s">
         <v>212</v>
       </c>
     </row>
     <row r="39" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A39" s="85">
         <v>36</v>
       </c>
-      <c r="B39" s="95">
+      <c r="B39" s="97">
         <v>6403090</v>
       </c>
       <c r="C39" s="8" t="s">
         <v>385</v>
       </c>
       <c r="D39" s="9" t="s">
         <v>74</v>
       </c>
       <c r="E39" s="26" t="s">
         <v>213</v>
       </c>
     </row>
     <row r="41" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A41" s="54"/>
       <c r="B41" s="11"/>
       <c r="C41" s="12"/>
       <c r="D41" s="11"/>
       <c r="E41" s="30"/>
       <c r="F41" s="11"/>
       <c r="G41" s="11"/>
       <c r="H41" s="11"/>
       <c r="I41" s="11"/>
       <c r="J41" s="11"/>
       <c r="K41" s="11"/>
       <c r="L41" s="11"/>
       <c r="M41" s="11"/>
       <c r="N41" s="11"/>
       <c r="O41" s="11"/>
       <c r="P41" s="11"/>
       <c r="Q41" s="11"/>
       <c r="R41" s="11"/>
       <c r="S41" s="11"/>
     </row>
     <row r="42" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A42" s="117" t="s">
+      <c r="A42" s="115" t="s">
         <v>419</v>
       </c>
-      <c r="B42" s="117"/>
-[...2 lines deleted...]
-      <c r="E42" s="117"/>
+      <c r="B42" s="115"/>
+      <c r="C42" s="115"/>
+      <c r="D42" s="115"/>
+      <c r="E42" s="115"/>
     </row>
     <row r="43" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A43" s="55" t="s">
         <v>1</v>
       </c>
-      <c r="B43" s="93" t="s">
+      <c r="B43" s="95" t="s">
         <v>2</v>
       </c>
-      <c r="C43" s="118" t="s">
+      <c r="C43" s="110" t="s">
         <v>3</v>
       </c>
-      <c r="D43" s="119"/>
+      <c r="D43" s="111"/>
       <c r="E43" s="27" t="s">
         <v>395</v>
       </c>
     </row>
     <row r="44" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A44" s="85">
         <v>37</v>
       </c>
-      <c r="B44" s="95">
+      <c r="B44" s="97">
         <v>6403094</v>
       </c>
       <c r="C44" s="8" t="s">
         <v>331</v>
       </c>
       <c r="D44" s="9" t="s">
         <v>76</v>
       </c>
       <c r="E44" s="29" t="s">
         <v>215</v>
       </c>
     </row>
     <row r="45" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A45" s="85">
         <v>38</v>
       </c>
-      <c r="B45" s="95">
+      <c r="B45" s="97">
         <v>6403095</v>
       </c>
       <c r="C45" s="8" t="s">
         <v>332</v>
       </c>
       <c r="D45" s="9" t="s">
         <v>77</v>
       </c>
       <c r="E45" s="26" t="s">
         <v>216</v>
       </c>
     </row>
     <row r="46" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A46" s="85">
         <v>39</v>
       </c>
-      <c r="B46" s="95">
+      <c r="B46" s="97">
         <v>6403098</v>
       </c>
       <c r="C46" s="8" t="s">
         <v>334</v>
       </c>
       <c r="D46" s="9" t="s">
         <v>79</v>
       </c>
       <c r="E46" s="26" t="s">
         <v>218</v>
       </c>
     </row>
     <row r="47" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A47" s="85">
         <v>40</v>
       </c>
-      <c r="B47" s="95">
+      <c r="B47" s="97">
         <v>6403099</v>
       </c>
       <c r="C47" s="8" t="s">
         <v>335</v>
       </c>
       <c r="D47" s="9" t="s">
         <v>80</v>
       </c>
       <c r="E47" s="29" t="s">
         <v>219</v>
       </c>
     </row>
     <row r="48" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A48" s="85">
         <v>41</v>
       </c>
-      <c r="B48" s="95">
+      <c r="B48" s="97">
         <v>6403100</v>
       </c>
       <c r="C48" s="8" t="s">
         <v>336</v>
       </c>
       <c r="D48" s="9" t="s">
         <v>81</v>
       </c>
       <c r="E48" s="29" t="s">
         <v>220</v>
       </c>
     </row>
     <row r="49" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A49" s="85">
         <v>42</v>
       </c>
-      <c r="B49" s="95">
+      <c r="B49" s="97">
         <v>6403102</v>
       </c>
       <c r="C49" s="8" t="s">
         <v>337</v>
       </c>
       <c r="D49" s="9" t="s">
         <v>82</v>
       </c>
       <c r="E49" s="29" t="s">
         <v>221</v>
       </c>
     </row>
     <row r="50" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A50" s="85">
         <v>43</v>
       </c>
-      <c r="B50" s="95">
+      <c r="B50" s="97">
         <v>6403103</v>
       </c>
       <c r="C50" s="8" t="s">
         <v>339</v>
       </c>
       <c r="D50" s="9" t="s">
         <v>83</v>
       </c>
       <c r="E50" s="26" t="s">
         <v>222</v>
       </c>
     </row>
     <row r="51" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A51" s="85">
         <v>44</v>
       </c>
-      <c r="B51" s="95">
+      <c r="B51" s="97">
         <v>6403104</v>
       </c>
       <c r="C51" s="8" t="s">
         <v>338</v>
       </c>
       <c r="D51" s="9" t="s">
         <v>84</v>
       </c>
       <c r="E51" s="29" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="52" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A52" s="85">
         <v>45</v>
       </c>
-      <c r="B52" s="95">
+      <c r="B52" s="97">
         <v>6403105</v>
       </c>
       <c r="C52" s="8" t="s">
         <v>340</v>
       </c>
       <c r="D52" s="9" t="s">
         <v>85</v>
       </c>
       <c r="E52" s="26" t="s">
         <v>224</v>
       </c>
     </row>
     <row r="53" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A53" s="85">
         <v>46</v>
       </c>
-      <c r="B53" s="95">
+      <c r="B53" s="97">
         <v>6403109</v>
       </c>
       <c r="C53" s="8" t="s">
         <v>343</v>
       </c>
       <c r="D53" s="9" t="s">
         <v>88</v>
       </c>
       <c r="E53" s="29" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="54" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A54" s="85">
         <v>47</v>
       </c>
-      <c r="B54" s="95">
+      <c r="B54" s="97">
         <v>6403110</v>
       </c>
       <c r="C54" s="8" t="s">
         <v>344</v>
       </c>
       <c r="D54" s="9" t="s">
         <v>89</v>
       </c>
       <c r="E54" s="26" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="55" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A55" s="85">
         <v>48</v>
       </c>
-      <c r="B55" s="95">
+      <c r="B55" s="97">
         <v>6403113</v>
       </c>
       <c r="C55" s="8" t="s">
         <v>346</v>
       </c>
       <c r="D55" s="9" t="s">
         <v>91</v>
       </c>
       <c r="E55" s="29" t="s">
         <v>230</v>
       </c>
     </row>
     <row r="56" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A56" s="85">
         <v>49</v>
       </c>
-      <c r="B56" s="95">
+      <c r="B56" s="97">
         <v>6403114</v>
       </c>
       <c r="C56" s="8" t="s">
         <v>347</v>
       </c>
       <c r="D56" s="9" t="s">
         <v>92</v>
       </c>
       <c r="E56" s="29" t="s">
         <v>231</v>
       </c>
     </row>
     <row r="57" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A57" s="85">
         <v>50</v>
       </c>
-      <c r="B57" s="95">
+      <c r="B57" s="97">
         <v>6403116</v>
       </c>
       <c r="C57" s="8" t="s">
         <v>349</v>
       </c>
       <c r="D57" s="9" t="s">
         <v>94</v>
       </c>
       <c r="E57" s="26" t="s">
         <v>233</v>
       </c>
     </row>
     <row r="58" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A58" s="85">
         <v>51</v>
       </c>
-      <c r="B58" s="95">
+      <c r="B58" s="97">
         <v>6403117</v>
       </c>
       <c r="C58" s="8" t="s">
         <v>350</v>
       </c>
       <c r="D58" s="9" t="s">
         <v>95</v>
       </c>
       <c r="E58" s="26" t="s">
         <v>234</v>
       </c>
     </row>
     <row r="59" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A59" s="85">
         <v>52</v>
       </c>
-      <c r="B59" s="95">
+      <c r="B59" s="97">
         <v>6403118</v>
       </c>
       <c r="C59" s="8" t="s">
         <v>351</v>
       </c>
       <c r="D59" s="9" t="s">
         <v>96</v>
       </c>
       <c r="E59" s="26" t="s">
         <v>235</v>
       </c>
     </row>
     <row r="60" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A60" s="85">
         <v>53</v>
       </c>
-      <c r="B60" s="95">
+      <c r="B60" s="97">
         <v>6403121</v>
       </c>
       <c r="C60" s="8" t="s">
         <v>354</v>
       </c>
       <c r="D60" s="9" t="s">
         <v>99</v>
       </c>
       <c r="E60" s="29" t="s">
         <v>238</v>
       </c>
     </row>
     <row r="61" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A61" s="85">
         <v>54</v>
       </c>
-      <c r="B61" s="95">
+      <c r="B61" s="97">
         <v>6403122</v>
       </c>
       <c r="C61" s="8" t="s">
         <v>355</v>
       </c>
       <c r="D61" s="9" t="s">
         <v>100</v>
       </c>
       <c r="E61" s="26" t="s">
         <v>239</v>
       </c>
     </row>
     <row r="62" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A62" s="85">
         <v>55</v>
       </c>
-      <c r="B62" s="95">
+      <c r="B62" s="97">
         <v>6403127</v>
       </c>
       <c r="C62" s="8" t="s">
         <v>358</v>
       </c>
       <c r="D62" s="9" t="s">
         <v>103</v>
       </c>
       <c r="E62" s="26" t="s">
         <v>242</v>
       </c>
     </row>
     <row r="63" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A63" s="85">
         <v>56</v>
       </c>
-      <c r="B63" s="95">
+      <c r="B63" s="97">
         <v>6403128</v>
       </c>
       <c r="C63" s="8" t="s">
         <v>359</v>
       </c>
       <c r="D63" s="9" t="s">
         <v>104</v>
       </c>
       <c r="E63" s="26" t="s">
         <v>243</v>
       </c>
     </row>
     <row r="64" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A64" s="85">
         <v>57</v>
       </c>
-      <c r="B64" s="95">
+      <c r="B64" s="97">
         <v>6403129</v>
       </c>
       <c r="C64" s="8" t="s">
         <v>360</v>
       </c>
       <c r="D64" s="9" t="s">
         <v>105</v>
       </c>
       <c r="E64" s="29" t="s">
         <v>244</v>
       </c>
     </row>
     <row r="65" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A65" s="85">
         <v>58</v>
       </c>
-      <c r="B65" s="95">
+      <c r="B65" s="97">
         <v>6403131</v>
       </c>
       <c r="C65" s="8" t="s">
         <v>362</v>
       </c>
       <c r="D65" s="9" t="s">
         <v>107</v>
       </c>
       <c r="E65" s="26" t="s">
         <v>246</v>
       </c>
     </row>
     <row r="66" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A66" s="85">
         <v>59</v>
       </c>
-      <c r="B66" s="95">
+      <c r="B66" s="97">
         <v>6403132</v>
       </c>
       <c r="C66" s="8" t="s">
         <v>363</v>
       </c>
       <c r="D66" s="9" t="s">
         <v>108</v>
       </c>
       <c r="E66" s="29" t="s">
         <v>247</v>
       </c>
     </row>
     <row r="67" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A67" s="85">
         <v>60</v>
       </c>
-      <c r="B67" s="95">
+      <c r="B67" s="97">
         <v>6403133</v>
       </c>
       <c r="C67" s="8" t="s">
         <v>364</v>
       </c>
       <c r="D67" s="9" t="s">
         <v>109</v>
       </c>
       <c r="E67" s="29" t="s">
         <v>248</v>
       </c>
     </row>
     <row r="68" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A68" s="85">
         <v>61</v>
       </c>
-      <c r="B68" s="95">
+      <c r="B68" s="97">
         <v>6403134</v>
       </c>
       <c r="C68" s="8" t="s">
         <v>365</v>
       </c>
       <c r="D68" s="9" t="s">
         <v>110</v>
       </c>
       <c r="E68" s="26" t="s">
         <v>249</v>
       </c>
     </row>
     <row r="69" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A69" s="85">
         <v>62</v>
       </c>
-      <c r="B69" s="95">
+      <c r="B69" s="97">
         <v>6403138</v>
       </c>
       <c r="C69" s="8" t="s">
         <v>367</v>
       </c>
       <c r="D69" s="9" t="s">
         <v>112</v>
       </c>
       <c r="E69" s="26" t="s">
         <v>251</v>
       </c>
     </row>
     <row r="70" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A70" s="85">
         <v>63</v>
       </c>
-      <c r="B70" s="95">
+      <c r="B70" s="97">
         <v>6403141</v>
       </c>
       <c r="C70" s="8" t="s">
         <v>370</v>
       </c>
       <c r="D70" s="9" t="s">
         <v>115</v>
       </c>
       <c r="E70" s="32" t="s">
         <v>388</v>
       </c>
     </row>
     <row r="71" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A71" s="85">
         <v>64</v>
       </c>
-      <c r="B71" s="95">
+      <c r="B71" s="97">
         <v>6403142</v>
       </c>
       <c r="C71" s="8" t="s">
         <v>371</v>
       </c>
       <c r="D71" s="9" t="s">
         <v>116</v>
       </c>
       <c r="E71" s="26" t="s">
         <v>254</v>
       </c>
     </row>
     <row r="72" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A72" s="85">
         <v>65</v>
       </c>
-      <c r="B72" s="95">
+      <c r="B72" s="97">
         <v>6403143</v>
       </c>
       <c r="C72" s="8" t="s">
         <v>372</v>
       </c>
       <c r="D72" s="9" t="s">
         <v>117</v>
       </c>
       <c r="E72" s="29" t="s">
         <v>255</v>
       </c>
     </row>
     <row r="73" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A73" s="85">
         <v>66</v>
       </c>
-      <c r="B73" s="95">
+      <c r="B73" s="97">
         <v>6403148</v>
       </c>
       <c r="C73" s="8" t="s">
         <v>376</v>
       </c>
       <c r="D73" s="9" t="s">
         <v>121</v>
       </c>
       <c r="E73" s="29" t="s">
         <v>259</v>
       </c>
     </row>
     <row r="74" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A74" s="85">
         <v>67</v>
       </c>
-      <c r="B74" s="95">
+      <c r="B74" s="97">
         <v>6403149</v>
       </c>
       <c r="C74" s="8" t="s">
         <v>377</v>
       </c>
       <c r="D74" s="9" t="s">
         <v>122</v>
       </c>
       <c r="E74" s="29" t="s">
         <v>260</v>
       </c>
     </row>
     <row r="75" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A75" s="85">
         <v>68</v>
       </c>
-      <c r="B75" s="95">
+      <c r="B75" s="97">
         <v>6403154</v>
       </c>
       <c r="C75" s="8" t="s">
         <v>382</v>
       </c>
       <c r="D75" s="9" t="s">
         <v>127</v>
       </c>
       <c r="E75" s="29" t="s">
         <v>265</v>
       </c>
     </row>
     <row r="76" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A76" s="85">
         <v>69</v>
       </c>
       <c r="B76" s="81">
         <v>6403156</v>
       </c>
       <c r="C76" s="82" t="s">
         <v>384</v>
       </c>
       <c r="D76" s="83" t="s">
         <v>129</v>
       </c>
@@ -23890,1293 +26719,1290 @@
     <hyperlink ref="E46" r:id="rId16" xr:uid="{D27C1CF0-0F70-401F-AC82-2307DBE4474E}"/>
     <hyperlink ref="E25" r:id="rId17" xr:uid="{A7C42490-CC4D-4AA9-985E-16F5243958D0}"/>
     <hyperlink ref="E26" r:id="rId18" xr:uid="{81EF6876-5317-4540-A59F-453799F845DE}"/>
     <hyperlink ref="E65" r:id="rId19" xr:uid="{EEF749E1-9C81-4D21-A3B3-8E75888D3651}"/>
     <hyperlink ref="E24" r:id="rId20" xr:uid="{7E3C1A13-81EE-47F1-86B6-32AB325833D5}"/>
     <hyperlink ref="E45" r:id="rId21" xr:uid="{2A6DF5D0-DCBE-498D-9C0B-60FEB6B2DBA4}"/>
     <hyperlink ref="E58" r:id="rId22" xr:uid="{A7580B24-A977-4D6C-922B-1EF34021DF50}"/>
     <hyperlink ref="E8" r:id="rId23" xr:uid="{2F52053B-C8B6-4136-ADD4-96CE99371CCB}"/>
     <hyperlink ref="E36" r:id="rId24" xr:uid="{2D0D62C2-C81D-4F5D-AB38-34525A73C8FC}"/>
     <hyperlink ref="E11" r:id="rId25" xr:uid="{9696A573-9980-433B-8A16-30EFB1D841B9}"/>
     <hyperlink ref="E61" r:id="rId26" xr:uid="{3E200A05-ECB3-4088-AE24-3B1C37329E05}"/>
     <hyperlink ref="E39" r:id="rId27" xr:uid="{F1B883BE-E68A-4785-A63D-F5B86FB2B74D}"/>
     <hyperlink ref="E71" r:id="rId28" xr:uid="{6EE4C86B-1B12-4FC7-9A2C-202AC09DB324}"/>
     <hyperlink ref="E16" r:id="rId29" xr:uid="{757BD464-0FBB-4A18-BAEC-1E4CE7F1F1E9}"/>
     <hyperlink ref="E52" r:id="rId30" xr:uid="{8955ECE5-2A44-401F-929C-C97FD1CC0BA4}"/>
     <hyperlink ref="E69" r:id="rId31" xr:uid="{7271D151-CBCF-47DF-BC64-5C118C4C40CD}"/>
     <hyperlink ref="E30" r:id="rId32" xr:uid="{FC78E28F-34F9-40CD-8B1D-162EF002CA05}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId33"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0BD6EB2F-68EC-4EC9-BBC8-3291701E9C61}">
-  <sheetPr>
-[...1 lines deleted...]
-  </sheetPr>
   <dimension ref="A1:S76"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
-      <selection activeCell="G14" sqref="G14"/>
+      <selection activeCell="A3" sqref="A3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="21.75" x14ac:dyDescent="0.5"/>
   <cols>
     <col min="1" max="1" width="6.85546875" style="53" customWidth="1"/>
-    <col min="2" max="2" width="9" style="94" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="4" max="4" width="13.5703125" style="94" customWidth="1"/>
+    <col min="2" max="2" width="9" style="96" customWidth="1"/>
+    <col min="3" max="3" width="20.28515625" style="96" customWidth="1"/>
+    <col min="4" max="4" width="13.5703125" style="96" customWidth="1"/>
     <col min="5" max="5" width="38.85546875" style="36" customWidth="1"/>
-    <col min="6" max="6" width="9.140625" style="94"/>
-[...1 lines deleted...]
-    <col min="8" max="16384" width="9.140625" style="94"/>
+    <col min="6" max="6" width="9.140625" style="96"/>
+    <col min="7" max="7" width="17.140625" style="96" customWidth="1"/>
+    <col min="8" max="16384" width="9.140625" style="96"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A1" s="121" t="s">
+      <c r="A1" s="112" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="122"/>
-[...2 lines deleted...]
-      <c r="E1" s="122"/>
+      <c r="B1" s="113"/>
+      <c r="C1" s="113"/>
+      <c r="D1" s="113"/>
+      <c r="E1" s="113"/>
     </row>
     <row r="2" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A2" s="121" t="s">
+      <c r="A2" s="112" t="s">
         <v>428</v>
       </c>
-      <c r="B2" s="122"/>
-[...2 lines deleted...]
-      <c r="E2" s="122"/>
+      <c r="B2" s="113"/>
+      <c r="C2" s="113"/>
+      <c r="D2" s="113"/>
+      <c r="E2" s="113"/>
     </row>
     <row r="3" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A3" s="55" t="s">
         <v>1</v>
       </c>
-      <c r="B3" s="93" t="s">
+      <c r="B3" s="95" t="s">
         <v>2</v>
       </c>
-      <c r="C3" s="118" t="s">
+      <c r="C3" s="110" t="s">
         <v>3</v>
       </c>
-      <c r="D3" s="119"/>
+      <c r="D3" s="111"/>
       <c r="E3" s="27" t="s">
         <v>395</v>
       </c>
     </row>
     <row r="4" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A4" s="85">
         <v>1</v>
       </c>
-      <c r="B4" s="95">
+      <c r="B4" s="97">
         <v>6403002</v>
       </c>
       <c r="C4" s="8" t="s">
         <v>130</v>
       </c>
       <c r="D4" s="9" t="s">
         <v>4</v>
       </c>
       <c r="E4" s="29" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="5" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A5" s="85">
         <v>2</v>
       </c>
-      <c r="B5" s="95">
+      <c r="B5" s="97">
         <v>6403005</v>
       </c>
       <c r="C5" s="8" t="s">
         <v>132</v>
       </c>
       <c r="D5" s="9" t="s">
         <v>7</v>
       </c>
       <c r="E5" s="26" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="6" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A6" s="85">
         <v>3</v>
       </c>
-      <c r="B6" s="95">
+      <c r="B6" s="97">
         <v>6403008</v>
       </c>
       <c r="C6" s="8" t="s">
         <v>135</v>
       </c>
       <c r="D6" s="9" t="s">
         <v>10</v>
       </c>
       <c r="E6" s="29" t="s">
         <v>150</v>
       </c>
     </row>
     <row r="7" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A7" s="85">
         <v>4</v>
       </c>
-      <c r="B7" s="95">
+      <c r="B7" s="97">
         <v>6403009</v>
       </c>
       <c r="C7" s="8" t="s">
         <v>136</v>
       </c>
       <c r="D7" s="9" t="s">
         <v>11</v>
       </c>
       <c r="E7" s="26" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="8" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A8" s="85">
         <v>5</v>
       </c>
-      <c r="B8" s="95">
+      <c r="B8" s="97">
         <v>6403011</v>
       </c>
       <c r="C8" s="8" t="s">
         <v>137</v>
       </c>
       <c r="D8" s="9" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="26" t="s">
         <v>152</v>
       </c>
     </row>
     <row r="9" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A9" s="85">
         <v>6</v>
       </c>
-      <c r="B9" s="95">
+      <c r="B9" s="97">
         <v>6403014</v>
       </c>
       <c r="C9" s="8" t="s">
         <v>138</v>
       </c>
       <c r="D9" s="9" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="29" t="s">
         <v>153</v>
       </c>
     </row>
     <row r="10" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A10" s="85">
         <v>7</v>
       </c>
-      <c r="B10" s="95">
+      <c r="B10" s="97">
         <v>6403015</v>
       </c>
       <c r="C10" s="8" t="s">
         <v>139</v>
       </c>
       <c r="D10" s="9" t="s">
         <v>14</v>
       </c>
       <c r="E10" s="29" t="s">
         <v>154</v>
       </c>
     </row>
     <row r="11" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A11" s="85">
         <v>8</v>
       </c>
-      <c r="B11" s="95">
+      <c r="B11" s="97">
         <v>6403017</v>
       </c>
       <c r="C11" s="8" t="s">
         <v>276</v>
       </c>
       <c r="D11" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E11" s="26" t="s">
         <v>156</v>
       </c>
     </row>
     <row r="12" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A12" s="85">
         <v>9</v>
       </c>
-      <c r="B12" s="95">
+      <c r="B12" s="97">
         <v>6403018</v>
       </c>
       <c r="C12" s="8" t="s">
         <v>269</v>
       </c>
       <c r="D12" s="9" t="s">
         <v>17</v>
       </c>
       <c r="E12" s="29" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="13" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A13" s="85">
         <v>10</v>
       </c>
-      <c r="B13" s="95">
+      <c r="B13" s="97">
         <v>6403024</v>
       </c>
       <c r="C13" s="8" t="s">
         <v>272</v>
       </c>
       <c r="D13" s="9" t="s">
         <v>22</v>
       </c>
       <c r="E13" s="26" t="s">
         <v>162</v>
       </c>
     </row>
     <row r="14" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A14" s="85">
         <v>11</v>
       </c>
-      <c r="B14" s="95">
+      <c r="B14" s="97">
         <v>6403025</v>
       </c>
       <c r="C14" s="8" t="s">
         <v>273</v>
       </c>
       <c r="D14" s="9" t="s">
         <v>23</v>
       </c>
       <c r="E14" s="29" t="s">
         <v>163</v>
       </c>
     </row>
     <row r="15" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A15" s="85">
         <v>12</v>
       </c>
-      <c r="B15" s="95">
+      <c r="B15" s="97">
         <v>6403027</v>
       </c>
       <c r="C15" s="8" t="s">
         <v>280</v>
       </c>
       <c r="D15" s="9" t="s">
         <v>25</v>
       </c>
       <c r="E15" s="29" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="16" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A16" s="85">
         <v>13</v>
       </c>
-      <c r="B16" s="95">
+      <c r="B16" s="97">
         <v>6403029</v>
       </c>
       <c r="C16" s="8" t="s">
         <v>281</v>
       </c>
       <c r="D16" s="9" t="s">
         <v>26</v>
       </c>
       <c r="E16" s="26" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="17" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A17" s="85">
         <v>14</v>
       </c>
-      <c r="B17" s="95">
+      <c r="B17" s="97">
         <v>6403030</v>
       </c>
       <c r="C17" s="8" t="s">
         <v>282</v>
       </c>
       <c r="D17" s="9" t="s">
         <v>27</v>
       </c>
       <c r="E17" s="29" t="s">
         <v>167</v>
       </c>
     </row>
     <row r="18" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A18" s="85">
         <v>15</v>
       </c>
-      <c r="B18" s="95">
+      <c r="B18" s="97">
         <v>6403031</v>
       </c>
       <c r="C18" s="8" t="s">
         <v>284</v>
       </c>
       <c r="D18" s="9" t="s">
         <v>28</v>
       </c>
       <c r="E18" s="29" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="19" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A19" s="85">
         <v>16</v>
       </c>
-      <c r="B19" s="95">
+      <c r="B19" s="97">
         <v>6403032</v>
       </c>
       <c r="C19" s="8" t="s">
         <v>285</v>
       </c>
       <c r="D19" s="9" t="s">
         <v>29</v>
       </c>
       <c r="E19" s="26" t="s">
         <v>169</v>
       </c>
     </row>
     <row r="20" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A20" s="85">
         <v>17</v>
       </c>
-      <c r="B20" s="95">
+      <c r="B20" s="97">
         <v>6403033</v>
       </c>
       <c r="C20" s="8" t="s">
         <v>283</v>
       </c>
       <c r="D20" s="9" t="s">
         <v>30</v>
       </c>
       <c r="E20" s="29" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="21" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A21" s="85">
         <v>18</v>
       </c>
-      <c r="B21" s="95">
+      <c r="B21" s="97">
         <v>6403037</v>
       </c>
       <c r="C21" s="8" t="s">
         <v>288</v>
       </c>
       <c r="D21" s="9" t="s">
         <v>33</v>
       </c>
       <c r="E21" s="26" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="22" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A22" s="85">
         <v>19</v>
       </c>
-      <c r="B22" s="95">
+      <c r="B22" s="97">
         <v>6403045</v>
       </c>
       <c r="C22" s="13" t="s">
         <v>292</v>
       </c>
       <c r="D22" s="9" t="s">
         <v>37</v>
       </c>
       <c r="E22" s="29" t="s">
         <v>176</v>
       </c>
     </row>
     <row r="23" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A23" s="85">
         <v>20</v>
       </c>
-      <c r="B23" s="95">
+      <c r="B23" s="97">
         <v>6403049</v>
       </c>
       <c r="C23" s="8" t="s">
         <v>300</v>
       </c>
       <c r="D23" s="9" t="s">
         <v>40</v>
       </c>
       <c r="E23" s="26" t="s">
         <v>179</v>
       </c>
     </row>
     <row r="24" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A24" s="85">
         <v>21</v>
       </c>
-      <c r="B24" s="95">
+      <c r="B24" s="97">
         <v>6403054</v>
       </c>
       <c r="C24" s="8" t="s">
         <v>296</v>
       </c>
       <c r="D24" s="9" t="s">
         <v>45</v>
       </c>
       <c r="E24" s="26" t="s">
         <v>184</v>
       </c>
     </row>
     <row r="25" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A25" s="85">
         <v>22</v>
       </c>
-      <c r="B25" s="95">
+      <c r="B25" s="97">
         <v>6403055</v>
       </c>
       <c r="C25" s="8" t="s">
         <v>297</v>
       </c>
       <c r="D25" s="9" t="s">
         <v>46</v>
       </c>
       <c r="E25" s="34" t="s">
         <v>185</v>
       </c>
     </row>
     <row r="26" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A26" s="85">
         <v>23</v>
       </c>
-      <c r="B26" s="95">
+      <c r="B26" s="97">
         <v>6403056</v>
       </c>
       <c r="C26" s="8" t="s">
         <v>298</v>
       </c>
       <c r="D26" s="9" t="s">
         <v>47</v>
       </c>
       <c r="E26" s="34" t="s">
         <v>186</v>
       </c>
     </row>
     <row r="27" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A27" s="85">
         <v>24</v>
       </c>
-      <c r="B27" s="95">
+      <c r="B27" s="97">
         <v>6403057</v>
       </c>
       <c r="C27" s="8" t="s">
         <v>299</v>
       </c>
       <c r="D27" s="9" t="s">
         <v>48</v>
       </c>
       <c r="E27" s="31" t="s">
         <v>187</v>
       </c>
     </row>
     <row r="28" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A28" s="85">
         <v>25</v>
       </c>
-      <c r="B28" s="95">
+      <c r="B28" s="97">
         <v>6403059</v>
       </c>
       <c r="C28" s="8" t="s">
         <v>305</v>
       </c>
       <c r="D28" s="9" t="s">
         <v>50</v>
       </c>
       <c r="E28" s="29" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="29" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A29" s="85">
         <v>26</v>
       </c>
-      <c r="B29" s="95">
+      <c r="B29" s="97">
         <v>6403063</v>
       </c>
       <c r="C29" s="8" t="s">
         <v>308</v>
       </c>
       <c r="D29" s="9" t="s">
         <v>53</v>
       </c>
       <c r="E29" s="29" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="30" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A30" s="85">
         <v>27</v>
       </c>
-      <c r="B30" s="95">
+      <c r="B30" s="97">
         <v>6403065</v>
       </c>
       <c r="C30" s="8" t="s">
         <v>310</v>
       </c>
       <c r="D30" s="9" t="s">
         <v>55</v>
       </c>
       <c r="E30" s="26" t="s">
         <v>194</v>
       </c>
     </row>
     <row r="31" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A31" s="85">
         <v>28</v>
       </c>
-      <c r="B31" s="95">
+      <c r="B31" s="97">
         <v>6403066</v>
       </c>
       <c r="C31" s="8" t="s">
         <v>311</v>
       </c>
       <c r="D31" s="9" t="s">
         <v>56</v>
       </c>
       <c r="E31" s="29" t="s">
         <v>195</v>
       </c>
     </row>
     <row r="32" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A32" s="85">
         <v>29</v>
       </c>
-      <c r="B32" s="95">
+      <c r="B32" s="97">
         <v>6403068</v>
       </c>
       <c r="C32" s="8" t="s">
         <v>313</v>
       </c>
       <c r="D32" s="9" t="s">
         <v>58</v>
       </c>
       <c r="E32" s="29" t="s">
         <v>197</v>
       </c>
     </row>
     <row r="33" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A33" s="85">
         <v>30</v>
       </c>
-      <c r="B33" s="95">
+      <c r="B33" s="97">
         <v>6403070</v>
       </c>
       <c r="C33" s="8" t="s">
         <v>315</v>
       </c>
       <c r="D33" s="9" t="s">
         <v>60</v>
       </c>
       <c r="E33" s="29" t="s">
         <v>199</v>
       </c>
     </row>
     <row r="34" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A34" s="85">
         <v>31</v>
       </c>
-      <c r="B34" s="95">
+      <c r="B34" s="97">
         <v>6403079</v>
       </c>
       <c r="C34" s="8" t="s">
         <v>320</v>
       </c>
       <c r="D34" s="9" t="s">
         <v>65</v>
       </c>
       <c r="E34" s="29" t="s">
         <v>203</v>
       </c>
     </row>
     <row r="35" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A35" s="85">
         <v>32</v>
       </c>
-      <c r="B35" s="95">
+      <c r="B35" s="97">
         <v>6403082</v>
       </c>
       <c r="C35" s="8" t="s">
         <v>323</v>
       </c>
       <c r="D35" s="9" t="s">
         <v>68</v>
       </c>
       <c r="E35" s="26" t="s">
         <v>206</v>
       </c>
     </row>
     <row r="36" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A36" s="85">
         <v>33</v>
       </c>
-      <c r="B36" s="95">
+      <c r="B36" s="97">
         <v>6403084</v>
       </c>
       <c r="C36" s="8" t="s">
         <v>325</v>
       </c>
       <c r="D36" s="9" t="s">
         <v>70</v>
       </c>
       <c r="E36" s="26" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="37" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A37" s="85">
         <v>34</v>
       </c>
-      <c r="B37" s="95">
+      <c r="B37" s="97">
         <v>6403085</v>
       </c>
       <c r="C37" s="8" t="s">
         <v>326</v>
       </c>
       <c r="D37" s="9" t="s">
         <v>71</v>
       </c>
       <c r="E37" s="26" t="s">
         <v>209</v>
       </c>
     </row>
     <row r="38" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A38" s="85">
         <v>35</v>
       </c>
-      <c r="B38" s="95">
+      <c r="B38" s="97">
         <v>6403088</v>
       </c>
       <c r="C38" s="8" t="s">
         <v>329</v>
       </c>
       <c r="D38" s="9" t="s">
         <v>73</v>
       </c>
       <c r="E38" s="29" t="s">
         <v>212</v>
       </c>
     </row>
     <row r="39" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A39" s="85">
         <v>36</v>
       </c>
-      <c r="B39" s="95">
+      <c r="B39" s="97">
         <v>6403090</v>
       </c>
       <c r="C39" s="8" t="s">
         <v>385</v>
       </c>
       <c r="D39" s="9" t="s">
         <v>74</v>
       </c>
       <c r="E39" s="26" t="s">
         <v>213</v>
       </c>
     </row>
     <row r="41" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A41" s="54"/>
       <c r="B41" s="11"/>
       <c r="C41" s="12"/>
       <c r="D41" s="11"/>
       <c r="E41" s="30"/>
       <c r="F41" s="11"/>
       <c r="G41" s="11"/>
       <c r="H41" s="11"/>
       <c r="I41" s="11"/>
       <c r="J41" s="11"/>
       <c r="K41" s="11"/>
       <c r="L41" s="11"/>
       <c r="M41" s="11"/>
       <c r="N41" s="11"/>
       <c r="O41" s="11"/>
       <c r="P41" s="11"/>
       <c r="Q41" s="11"/>
       <c r="R41" s="11"/>
       <c r="S41" s="11"/>
     </row>
     <row r="42" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A42" s="117" t="s">
+      <c r="A42" s="115" t="s">
         <v>419</v>
       </c>
-      <c r="B42" s="117"/>
-[...2 lines deleted...]
-      <c r="E42" s="117"/>
+      <c r="B42" s="115"/>
+      <c r="C42" s="115"/>
+      <c r="D42" s="115"/>
+      <c r="E42" s="115"/>
     </row>
     <row r="43" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A43" s="55" t="s">
         <v>1</v>
       </c>
-      <c r="B43" s="93" t="s">
+      <c r="B43" s="95" t="s">
         <v>2</v>
       </c>
-      <c r="C43" s="118" t="s">
+      <c r="C43" s="110" t="s">
         <v>3</v>
       </c>
-      <c r="D43" s="119"/>
+      <c r="D43" s="111"/>
       <c r="E43" s="27" t="s">
         <v>395</v>
       </c>
     </row>
     <row r="44" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A44" s="85">
         <v>37</v>
       </c>
-      <c r="B44" s="95">
+      <c r="B44" s="97">
         <v>6403094</v>
       </c>
       <c r="C44" s="8" t="s">
         <v>331</v>
       </c>
       <c r="D44" s="9" t="s">
         <v>76</v>
       </c>
       <c r="E44" s="29" t="s">
         <v>215</v>
       </c>
     </row>
     <row r="45" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A45" s="85">
         <v>38</v>
       </c>
-      <c r="B45" s="95">
+      <c r="B45" s="97">
         <v>6403095</v>
       </c>
       <c r="C45" s="8" t="s">
         <v>332</v>
       </c>
       <c r="D45" s="9" t="s">
         <v>77</v>
       </c>
       <c r="E45" s="26" t="s">
         <v>216</v>
       </c>
     </row>
     <row r="46" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A46" s="85">
         <v>39</v>
       </c>
-      <c r="B46" s="95">
+      <c r="B46" s="97">
         <v>6403098</v>
       </c>
       <c r="C46" s="8" t="s">
         <v>334</v>
       </c>
       <c r="D46" s="9" t="s">
         <v>79</v>
       </c>
       <c r="E46" s="26" t="s">
         <v>218</v>
       </c>
     </row>
     <row r="47" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A47" s="85">
         <v>40</v>
       </c>
-      <c r="B47" s="95">
+      <c r="B47" s="97">
         <v>6403099</v>
       </c>
       <c r="C47" s="8" t="s">
         <v>335</v>
       </c>
       <c r="D47" s="9" t="s">
         <v>80</v>
       </c>
       <c r="E47" s="29" t="s">
         <v>219</v>
       </c>
     </row>
     <row r="48" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A48" s="85">
         <v>41</v>
       </c>
-      <c r="B48" s="95">
+      <c r="B48" s="97">
         <v>6403100</v>
       </c>
       <c r="C48" s="8" t="s">
         <v>336</v>
       </c>
       <c r="D48" s="9" t="s">
         <v>81</v>
       </c>
       <c r="E48" s="29" t="s">
         <v>220</v>
       </c>
     </row>
     <row r="49" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A49" s="85">
         <v>42</v>
       </c>
-      <c r="B49" s="95">
+      <c r="B49" s="97">
         <v>6403102</v>
       </c>
       <c r="C49" s="8" t="s">
         <v>337</v>
       </c>
       <c r="D49" s="9" t="s">
         <v>82</v>
       </c>
       <c r="E49" s="29" t="s">
         <v>221</v>
       </c>
     </row>
     <row r="50" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A50" s="85">
         <v>43</v>
       </c>
-      <c r="B50" s="95">
+      <c r="B50" s="97">
         <v>6403103</v>
       </c>
       <c r="C50" s="8" t="s">
         <v>339</v>
       </c>
       <c r="D50" s="9" t="s">
         <v>83</v>
       </c>
       <c r="E50" s="26" t="s">
         <v>222</v>
       </c>
     </row>
     <row r="51" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A51" s="85">
         <v>44</v>
       </c>
-      <c r="B51" s="95">
+      <c r="B51" s="97">
         <v>6403104</v>
       </c>
       <c r="C51" s="8" t="s">
         <v>338</v>
       </c>
       <c r="D51" s="9" t="s">
         <v>84</v>
       </c>
       <c r="E51" s="29" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="52" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A52" s="85">
         <v>45</v>
       </c>
-      <c r="B52" s="95">
+      <c r="B52" s="97">
         <v>6403105</v>
       </c>
       <c r="C52" s="8" t="s">
         <v>340</v>
       </c>
       <c r="D52" s="9" t="s">
         <v>85</v>
       </c>
       <c r="E52" s="26" t="s">
         <v>224</v>
       </c>
     </row>
     <row r="53" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A53" s="85">
         <v>46</v>
       </c>
-      <c r="B53" s="95">
+      <c r="B53" s="97">
         <v>6403109</v>
       </c>
       <c r="C53" s="8" t="s">
         <v>343</v>
       </c>
       <c r="D53" s="9" t="s">
         <v>88</v>
       </c>
       <c r="E53" s="29" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="54" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A54" s="85">
         <v>47</v>
       </c>
-      <c r="B54" s="95">
+      <c r="B54" s="97">
         <v>6403110</v>
       </c>
       <c r="C54" s="8" t="s">
         <v>344</v>
       </c>
       <c r="D54" s="9" t="s">
         <v>89</v>
       </c>
       <c r="E54" s="26" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="55" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A55" s="85">
         <v>48</v>
       </c>
-      <c r="B55" s="95">
+      <c r="B55" s="97">
         <v>6403113</v>
       </c>
       <c r="C55" s="8" t="s">
         <v>346</v>
       </c>
       <c r="D55" s="9" t="s">
         <v>91</v>
       </c>
       <c r="E55" s="29" t="s">
         <v>230</v>
       </c>
     </row>
     <row r="56" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A56" s="85">
         <v>49</v>
       </c>
-      <c r="B56" s="95">
+      <c r="B56" s="97">
         <v>6403114</v>
       </c>
       <c r="C56" s="8" t="s">
         <v>347</v>
       </c>
       <c r="D56" s="9" t="s">
         <v>92</v>
       </c>
       <c r="E56" s="29" t="s">
         <v>231</v>
       </c>
     </row>
     <row r="57" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A57" s="85">
         <v>50</v>
       </c>
-      <c r="B57" s="95">
+      <c r="B57" s="97">
         <v>6403116</v>
       </c>
       <c r="C57" s="8" t="s">
         <v>349</v>
       </c>
       <c r="D57" s="9" t="s">
         <v>94</v>
       </c>
       <c r="E57" s="26" t="s">
         <v>233</v>
       </c>
     </row>
     <row r="58" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A58" s="85">
         <v>51</v>
       </c>
-      <c r="B58" s="95">
+      <c r="B58" s="97">
         <v>6403117</v>
       </c>
       <c r="C58" s="8" t="s">
         <v>350</v>
       </c>
       <c r="D58" s="9" t="s">
         <v>95</v>
       </c>
       <c r="E58" s="26" t="s">
         <v>234</v>
       </c>
     </row>
     <row r="59" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A59" s="85">
         <v>52</v>
       </c>
-      <c r="B59" s="95">
+      <c r="B59" s="97">
         <v>6403118</v>
       </c>
       <c r="C59" s="8" t="s">
         <v>351</v>
       </c>
       <c r="D59" s="9" t="s">
         <v>96</v>
       </c>
       <c r="E59" s="26" t="s">
         <v>235</v>
       </c>
     </row>
     <row r="60" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A60" s="85">
         <v>53</v>
       </c>
-      <c r="B60" s="95">
+      <c r="B60" s="97">
         <v>6403121</v>
       </c>
       <c r="C60" s="8" t="s">
         <v>354</v>
       </c>
       <c r="D60" s="9" t="s">
         <v>99</v>
       </c>
       <c r="E60" s="29" t="s">
         <v>238</v>
       </c>
     </row>
     <row r="61" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A61" s="85">
         <v>54</v>
       </c>
-      <c r="B61" s="95">
+      <c r="B61" s="97">
         <v>6403122</v>
       </c>
       <c r="C61" s="8" t="s">
         <v>355</v>
       </c>
       <c r="D61" s="9" t="s">
         <v>100</v>
       </c>
       <c r="E61" s="26" t="s">
         <v>239</v>
       </c>
     </row>
     <row r="62" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A62" s="85">
         <v>55</v>
       </c>
-      <c r="B62" s="95">
+      <c r="B62" s="97">
         <v>6403127</v>
       </c>
       <c r="C62" s="8" t="s">
         <v>358</v>
       </c>
       <c r="D62" s="9" t="s">
         <v>103</v>
       </c>
       <c r="E62" s="26" t="s">
         <v>242</v>
       </c>
     </row>
     <row r="63" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A63" s="85">
         <v>56</v>
       </c>
-      <c r="B63" s="95">
+      <c r="B63" s="97">
         <v>6403128</v>
       </c>
       <c r="C63" s="8" t="s">
         <v>359</v>
       </c>
       <c r="D63" s="9" t="s">
         <v>104</v>
       </c>
       <c r="E63" s="26" t="s">
         <v>243</v>
       </c>
     </row>
     <row r="64" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A64" s="85">
         <v>57</v>
       </c>
-      <c r="B64" s="95">
+      <c r="B64" s="97">
         <v>6403129</v>
       </c>
       <c r="C64" s="8" t="s">
         <v>360</v>
       </c>
       <c r="D64" s="9" t="s">
         <v>105</v>
       </c>
       <c r="E64" s="29" t="s">
         <v>244</v>
       </c>
     </row>
     <row r="65" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A65" s="85">
         <v>58</v>
       </c>
-      <c r="B65" s="95">
+      <c r="B65" s="97">
         <v>6403131</v>
       </c>
       <c r="C65" s="8" t="s">
         <v>362</v>
       </c>
       <c r="D65" s="9" t="s">
         <v>107</v>
       </c>
       <c r="E65" s="26" t="s">
         <v>246</v>
       </c>
     </row>
     <row r="66" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A66" s="85">
         <v>59</v>
       </c>
-      <c r="B66" s="95">
+      <c r="B66" s="97">
         <v>6403132</v>
       </c>
       <c r="C66" s="8" t="s">
         <v>363</v>
       </c>
       <c r="D66" s="9" t="s">
         <v>108</v>
       </c>
       <c r="E66" s="29" t="s">
         <v>247</v>
       </c>
     </row>
     <row r="67" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A67" s="85">
         <v>60</v>
       </c>
-      <c r="B67" s="95">
+      <c r="B67" s="97">
         <v>6403133</v>
       </c>
       <c r="C67" s="8" t="s">
         <v>364</v>
       </c>
       <c r="D67" s="9" t="s">
         <v>109</v>
       </c>
       <c r="E67" s="29" t="s">
         <v>248</v>
       </c>
     </row>
     <row r="68" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A68" s="85">
         <v>61</v>
       </c>
-      <c r="B68" s="95">
+      <c r="B68" s="97">
         <v>6403134</v>
       </c>
       <c r="C68" s="8" t="s">
         <v>365</v>
       </c>
       <c r="D68" s="9" t="s">
         <v>110</v>
       </c>
       <c r="E68" s="26" t="s">
         <v>249</v>
       </c>
     </row>
     <row r="69" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A69" s="85">
         <v>62</v>
       </c>
-      <c r="B69" s="95">
+      <c r="B69" s="97">
         <v>6403138</v>
       </c>
       <c r="C69" s="8" t="s">
         <v>367</v>
       </c>
       <c r="D69" s="9" t="s">
         <v>112</v>
       </c>
       <c r="E69" s="26" t="s">
         <v>251</v>
       </c>
     </row>
     <row r="70" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A70" s="85">
         <v>63</v>
       </c>
-      <c r="B70" s="95">
+      <c r="B70" s="97">
         <v>6403141</v>
       </c>
       <c r="C70" s="8" t="s">
         <v>370</v>
       </c>
       <c r="D70" s="9" t="s">
         <v>115</v>
       </c>
       <c r="E70" s="32" t="s">
         <v>388</v>
       </c>
     </row>
     <row r="71" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A71" s="85">
         <v>64</v>
       </c>
-      <c r="B71" s="95">
+      <c r="B71" s="97">
         <v>6403142</v>
       </c>
       <c r="C71" s="8" t="s">
         <v>371</v>
       </c>
       <c r="D71" s="9" t="s">
         <v>116</v>
       </c>
       <c r="E71" s="26" t="s">
         <v>254</v>
       </c>
     </row>
     <row r="72" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A72" s="85">
         <v>65</v>
       </c>
-      <c r="B72" s="95">
+      <c r="B72" s="97">
         <v>6403143</v>
       </c>
       <c r="C72" s="8" t="s">
         <v>372</v>
       </c>
       <c r="D72" s="9" t="s">
         <v>117</v>
       </c>
       <c r="E72" s="29" t="s">
         <v>255</v>
       </c>
     </row>
     <row r="73" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A73" s="85">
         <v>66</v>
       </c>
-      <c r="B73" s="95">
+      <c r="B73" s="97">
         <v>6403148</v>
       </c>
       <c r="C73" s="8" t="s">
         <v>376</v>
       </c>
       <c r="D73" s="9" t="s">
         <v>121</v>
       </c>
       <c r="E73" s="29" t="s">
         <v>259</v>
       </c>
     </row>
     <row r="74" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A74" s="85">
         <v>67</v>
       </c>
-      <c r="B74" s="95">
+      <c r="B74" s="97">
         <v>6403149</v>
       </c>
       <c r="C74" s="8" t="s">
         <v>377</v>
       </c>
       <c r="D74" s="9" t="s">
         <v>122</v>
       </c>
       <c r="E74" s="29" t="s">
         <v>260</v>
       </c>
     </row>
     <row r="75" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A75" s="85">
         <v>68</v>
       </c>
-      <c r="B75" s="95">
+      <c r="B75" s="97">
         <v>6403154</v>
       </c>
       <c r="C75" s="8" t="s">
         <v>382</v>
       </c>
       <c r="D75" s="9" t="s">
         <v>127</v>
       </c>
       <c r="E75" s="29" t="s">
         <v>265</v>
       </c>
     </row>
     <row r="76" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A76" s="85">
         <v>69</v>
       </c>
       <c r="B76" s="81">
         <v>6403156</v>
       </c>
       <c r="C76" s="82" t="s">
         <v>384</v>
       </c>
       <c r="D76" s="83" t="s">
         <v>129</v>
       </c>
@@ -25219,63 +28045,64 @@
     <hyperlink ref="E36" r:id="rId24" xr:uid="{D03034A9-DA5D-47BF-B284-17D347B5373B}"/>
     <hyperlink ref="E11" r:id="rId25" xr:uid="{E90449B5-FDBB-450D-9870-D1308CCC817A}"/>
     <hyperlink ref="E61" r:id="rId26" xr:uid="{588C6C75-EF8D-43CB-A21C-F2DC97C8A880}"/>
     <hyperlink ref="E39" r:id="rId27" xr:uid="{F60D9344-B28F-4AEA-9445-B84F6A6468B2}"/>
     <hyperlink ref="E71" r:id="rId28" xr:uid="{BF94B300-E856-4F35-B5F8-BA54318B7F52}"/>
     <hyperlink ref="E16" r:id="rId29" xr:uid="{4818BBB4-1DC2-4295-ADAF-60D3EB5CDA97}"/>
     <hyperlink ref="E52" r:id="rId30" xr:uid="{628886A1-B564-46F1-A7A2-424BEF7D5396}"/>
     <hyperlink ref="E69" r:id="rId31" xr:uid="{C793A5DB-1740-4418-9762-60524C3DA63F}"/>
     <hyperlink ref="E30" r:id="rId32" xr:uid="{5531C0FE-0358-4701-ADFB-B5C144E345BC}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>14</vt:i4>
+        <vt:i4>15</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="14" baseType="lpstr">
+    <vt:vector size="15" baseType="lpstr">
       <vt:lpstr>5-68</vt:lpstr>
       <vt:lpstr>รายชื่อ+อีเมล์</vt:lpstr>
       <vt:lpstr>Care</vt:lpstr>
       <vt:lpstr>Sci.</vt:lpstr>
-      <vt:lpstr>PYDD501-130</vt:lpstr>
+      <vt:lpstr>PYDD501-132</vt:lpstr>
       <vt:lpstr>PYCI501-69</vt:lpstr>
       <vt:lpstr>PYCI502-70</vt:lpstr>
       <vt:lpstr>PYCZ501-69</vt:lpstr>
       <vt:lpstr>PYCE501-69</vt:lpstr>
       <vt:lpstr>PYDC502-62</vt:lpstr>
       <vt:lpstr>PYDI502-63</vt:lpstr>
       <vt:lpstr>PYDI512-62</vt:lpstr>
       <vt:lpstr>PYDI503-62</vt:lpstr>
       <vt:lpstr>PYDZ504-62</vt:lpstr>
+      <vt:lpstr>PYSZ591-131</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Thanyapisit Phengsakul</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>