--- v0 (2025-11-15)
+++ v1 (2026-01-15)
@@ -23,72 +23,72 @@
   <Override PartName="/xl/worksheets/sheet16.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet17.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet18.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/metadata" ContentType="application/binary"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="27932"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\My Work\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{BF02D612-D1F5-43BF-9B86-45FD3EC6EAD8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{77FC4EFA-4B52-422D-88B6-6857FBD8AF46}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" firstSheet="2" activeTab="12" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="16" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="5-68" sheetId="17" r:id="rId1"/>
     <sheet name="รายชื่อ+อีเมล์" sheetId="16" r:id="rId2"/>
     <sheet name="Care" sheetId="19" r:id="rId3"/>
     <sheet name="Sci." sheetId="20" r:id="rId4"/>
     <sheet name="PYED504-2" sheetId="22" r:id="rId5"/>
     <sheet name="PYEA501-18" sheetId="23" r:id="rId6"/>
     <sheet name="PYEA503-14" sheetId="24" r:id="rId7"/>
     <sheet name="PYEA504-10" sheetId="25" r:id="rId8"/>
     <sheet name="PYEA505-2" sheetId="26" r:id="rId9"/>
     <sheet name="PYEA506-2" sheetId="27" r:id="rId10"/>
-    <sheet name="PYEI502-15" sheetId="28" r:id="rId11"/>
-    <sheet name="PYEI503-56" sheetId="29" r:id="rId12"/>
+    <sheet name="PYEI502-17" sheetId="28" r:id="rId11"/>
+    <sheet name="PYEI503-55" sheetId="29" r:id="rId12"/>
     <sheet name="PYEI504-41" sheetId="30" r:id="rId13"/>
     <sheet name="PYEF503-10" sheetId="31" r:id="rId14"/>
     <sheet name="PYEH501-35" sheetId="33" r:id="rId15"/>
     <sheet name="PYEH503-5" sheetId="35" r:id="rId16"/>
-    <sheet name="PYEH504-20" sheetId="36" r:id="rId17"/>
+    <sheet name="PYEH504-19" sheetId="36" r:id="rId17"/>
     <sheet name="PYEC504-25" sheetId="38" r:id="rId18"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
     <ext uri="GoogleSheetsCustomDataVersion1">
       <go:sheetsCustomData xmlns:go="http://customooxmlschemas.google.com/" r:id="rId24" roundtripDataSignature="AMtx7mi48NPKftDa4m16xDBH2YwlTStKRA=="/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
@@ -1375,56 +1375,50 @@
   <si>
     <t>สดเสมอ</t>
   </si>
   <si>
     <t>nichanun.sod@student.mahidol.ac.th</t>
   </si>
   <si>
     <t xml:space="preserve">นางสาว ธรรยชนก </t>
   </si>
   <si>
     <t>จารุเพ็ง</t>
   </si>
   <si>
     <t>Thanyachanok.jar@student.mahidol.ac.th</t>
   </si>
   <si>
     <t>อังคาร 13-16 น.   รศ.จิระพรรณ, รศ.วันวิสาข์               จำนวน 10 คน</t>
   </si>
   <si>
     <t>ศุกร์ 8-11 น.   อ.ศุภรัตน์, รศ.จิระพรรณ               จำนวน 2 คน</t>
   </si>
   <si>
     <t>พฤหัสบดี 13-16 น.   อ.วชรพล, รศ.จิระพรรณ               จำนวน 2 คน</t>
   </si>
   <si>
-    <t>พฤหัสบดี 8-12 น. และ 13-17 น.   รศ.วีรวัฒน์               จำนวน 15 คน</t>
-[...4 lines deleted...]
-  <si>
     <t>พฤหัสบดี 13-16 น.    รศ.สมหญิง               จำนวน 41 คน</t>
   </si>
   <si>
     <t>อังคาร 13-16 น.    ผศ.กันตรัตน์               จำนวน 10 คน</t>
   </si>
   <si>
     <t>พฤหัสบดี 13-16 น.    อ.กชรัตน์, อ.อนันต์ชัย, รศ.วิลาสินี               จำนวน 35 คน</t>
   </si>
   <si>
     <t>พฤหัสบดี 13-16 น.    อ.พงศธร, อ.กชรัตน์               จำนวน 5 คน</t>
   </si>
   <si>
     <t>รายชื่อ นศ.ชั้นปี 5 คาดว่าลงวิชา PYEH503 Advanced Pain &amp; Pain Manage. for Pharmacy Student   (3 หน่วยกิต)</t>
   </si>
   <si>
     <t>รายชื่อ นศ.ชั้นปี 5 คาดว่าลงวิชา PYED504 Applied Biotechnology for Pharmacy   (3 หน่วยกิต)</t>
   </si>
   <si>
     <t>รายชื่อ นศ.ชั้นปี 5 คาดว่าลงวิชา PYEA501 Clinical Biochemistry   (3 หน่วยกิต)</t>
   </si>
   <si>
     <t>รายชื่อ นศ.ชั้นปี 5 คาดว่าลงวิชา PYEA503 Principle of Biomolecular Analysis   (3 หน่วยกิต)</t>
   </si>
   <si>
     <t>รายชื่อ นศ.ชั้นปี 5 คาดว่าลงวิชา PYEA504 Advance Biotechnology for Health   (3 หน่วยกิต)</t>
@@ -1438,51 +1432,57 @@
   <si>
     <t>รายชื่อ นศ.ชั้นปี 5 คาดว่าลงวิชา PYEI502 Cosmetics   (3 หน่วยกิต)</t>
   </si>
   <si>
     <t>รายชื่อ นศ.ชั้นปี 5 คาดว่าลงวิชา PYEI503 Clinical Drug Research   (3 หน่วยกิต)</t>
   </si>
   <si>
     <t>รายชื่อ นศ.ชั้นปี 5 คาดว่าลงวิชา PYEI504 Community Pharmacy Management   (3 หน่วยกิต)</t>
   </si>
   <si>
     <t>รายชื่อ นศ.ชั้นปี 5 คาดว่าลงวิชา PYEF503 Radiopharmaceutical Chemistry   (3 หน่วยกิต)</t>
   </si>
   <si>
     <t>รายชื่อ นศ.ชั้นปี 5 คาดว่าลงวิชา PYEH501 Adverse Drug Reactions   (3 หน่วยกิต)</t>
   </si>
   <si>
     <t>รายชื่อ นศ.ชั้นปี 5 คาดว่าลงวิชา PYEH504 Advanced Pharmacology   (3 หน่วยกิต)</t>
   </si>
   <si>
     <t>รายชื่อ นศ.ชั้นปี 5 คาดว่าลงวิชา PYEC504 The Development of Generic Drug Products   (3 หน่วยกิต)</t>
   </si>
   <si>
     <t>อังคาร 13-16 น.    รศ.มนตรี               จำนวน 25 คน</t>
   </si>
   <si>
-    <t>พฤหัสบดี 9-12 น.    รศ.ธีรัตถ์, รศ.วริสรา               จำนวน 20 คน</t>
+    <t>พฤหัสบดี 9-12 น.    รศ.มนทรัตม์               จำนวน 55 คน</t>
+  </si>
+  <si>
+    <t>พฤหัสบดี 8-12 น. และ 13-17 น.   รศ.วีรวัฒน์               จำนวน 17 คน</t>
+  </si>
+  <si>
+    <t>พฤหัสบดี 9-12 น.    รศ.ธีรัตถ์, รศ.วริสรา               จำนวน 19 คน</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <u/>
       <sz val="10"/>
       <color theme="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="14"/>
       <name val="TH Sarabun New"/>
       <family val="2"/>
     </font>
     <font>
@@ -1713,51 +1713,51 @@
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="111">
+  <cellXfs count="115">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
@@ -1992,64 +1992,72 @@
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet18.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet17.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId24" Type="http://customschemas.google.com/relationships/workbookmetadata" Target="metadata"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet15.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
@@ -2236,75 +2244,75 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:thachapol.wee@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sundhira.por@student.mahidol.ac.th" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aunchanok.san@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:purida.see@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aunchisa.suk@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kornchicha.vaj@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:parinda.see@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chintaporn.tho@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:panthong.pin@student.mahidol.ac.th" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sirisopha.kao@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aunchanok.san@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:purida.see@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aunchisa.suk@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kornchicha.vaj@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:parinda.see@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chintaporn.tho@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:panthong.pin@student.mahidol.ac.th" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:monthakarn.vis@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:wannida.jui@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:thachapol.wee@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chintaporn.tho@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:natee.wut@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:taksaporn.tha@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nicharee.pum@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:puri.san@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pawaris.chi@student.Mahidol.ac.th" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:panfa.sir@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sivakorn.bua@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sathima.ubo@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:boonyanath.soo@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Punnapa.ple@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nuttakamol.lua@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chayapa.kap@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:panyada.sii@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nitchanan.suh@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jiraya.kla@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kunyakorn.sum@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tanaporn.poo@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:supitcha.nil@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:natchaya.nop@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:piyada.suw@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:patumporn.api@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:runchida.suk@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kannika.fac@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:siyapat.pon@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:phannaphat.sah@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:monthakarn.vis@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:wannida.jui@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:thachapol.wee@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:phannaphat.sah@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:natee.wut@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:taksaporn.tha@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nicharee.pum@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:puri.san@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pawaris.chi@student.Mahidol.ac.th" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:panfa.sir@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sivakorn.bua@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sathima.ubo@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:boonyanath.soo@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nuttakamol.lua@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chayapa.kap@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:panyada.sii@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nitchanan.suh@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jiraya.kla@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kunyakorn.sum@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tanaporn.poo@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Punnapa.ple@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:natchaya.nop@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:piyada.suw@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:patumporn.api@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:runchida.suk@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kannika.fac@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:siyapat.pon@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:supitcha.nil@student.mahidol.ac.th" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:panyada.sii@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tanaporn.poo@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:phannaphat.sah@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chayapa.kap@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nanicha.jin@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:siyapat.pon@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nuttanicha.jai@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:natee.wut@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kirada.dam@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:onnalin.jun@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:thitirat.sit@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:taksaporn.tha@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:runchida.suk@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pichamol.kon@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:boonyanath.soo@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:monthakarn.vis@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kunyakorn.sum@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Supitsara.kha@student.mahidol.ac.th" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:archaraporn.jas@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sirisopha.kao@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nititchayapa.por@student.mahidol.ac.th&#8203;" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:panisa.chg@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nathanon.sri@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kiartrachan.yar@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:atsadang.nat@student.mahidol.ac.th" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:wannida.jui@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:thanakorn.sam@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sivakorn.bua@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:puri.san@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:thanachok.suk@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:wannaporn.khn@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:worapon.jan@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:watcharis.pum@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chisanupong.rim@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Punnapa.ple@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:piyada.suw@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nicharee.pum@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:panfa.sir@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sathima.ubo@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jullada.kit@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:siripong.chr@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:monnapa.let@student.mahidol.ac.th" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:supitcha.nil@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kacha.suk@student.mahidol.ac.th" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:monnapa.let@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sundhira.por@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pichamol.kon@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:worapon.jan@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chisanupong.rim@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:thanakorn.sam@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:watcharis.pum@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:siripong.chr@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kacha.suk@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jullada.kit@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sirisopha.kao@student.mahidol.ac.th" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:monnapa.let@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sundhira.por@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pichamol.kon@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:worapon.jan@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chisanupong.rim@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:thanakorn.sam@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:siripong.chr@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:watcharis.pum@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jullada.kit@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kacha.suk@student.mahidol.ac.th" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pawaris.chi@student.Mahidol.ac.th" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nitchanan.suh@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kornchicha.vaj@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kannika.fac@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:panthong.pin@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:patumporn.api@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nuttakamol.lua@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:wichayada.sae@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aunchanok.san@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:buranee.cha@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aunchisa.suk@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:natchaya.nop@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:thachapol.wee@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chintaporn.tho@student.mahidol.ac.th" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:archaraporn.jas@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Punnapa.ple@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:panyada.sii@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:boonyanath.soo@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:thitirat.sit@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:thachapol.wee@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:siyapat.pon@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:thanakorn.sam@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nathanon.sri@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kacha.suk@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sarawut.bua@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:panisa.chg@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:onnalin.jun@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chayapa.kap@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kannika.fac@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:patumporn.api@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:wichayada.sae@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sathima.ubo@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:panthong.pin@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Issariya.sri@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nitchanan.suh@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kirada.dam@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nuttanicha.jai@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sivakorn.bua@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:parinda.see@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:monthakarn.vis@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:atsadang.nat@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:natchaya.nop@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:puri.san@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kunyakorn.sum@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aunchisa.suk@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:thanachok.suk@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pichamol.kon@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:watcharis.pum@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sundhira.por@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:monnapa.let@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chisanupong.rim@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kornchicha.vaj@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nicharee.pum@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nanicha.jin@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pawaris.chi@student.Mahidol.ac.th" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:piyada.suw@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Supitsara.kha@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:phannaphat.sah@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:runchida.suk@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:taksaporn.tha@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:panfa.sir@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:purida.see@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nuttakamol.lua@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:natee.wut@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jiraya.kla@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:buranee.cha@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:wannida.jui@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aunchanok.san@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kiartrachan.yar@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chintaporn.tho@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nititchayapa.por@student.mahidol.ac.th&#8203;" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:siripong.chr@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tanaporn.poo@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sirisopha.kao@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:supitcha.nil@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:worapon.jan@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jullada.kit@student.mahidol.ac.th" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kunyakorn.sum@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tanaporn.poo@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:watcharis.pum@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sivakorn.bua@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pichamol.kon@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Punnapa.ple@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:wannida.jui@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:thanachok.suk@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kacha.suk@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:worapon.jan@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:piyada.suw@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:thanakorn.sam@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chayapa.kap@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chisanupong.rim@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nicharee.pum@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:puri.san@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:panfa.sir@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:natee.wut@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jullada.kit@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sathima.ubo@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kirada.dam@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:supitcha.nil@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:panyada.sii@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Supitsara.kha@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:siyapat.pon@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sundhira.por@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nanicha.jin@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:siripong.chr@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:wannaporn.khn@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:phannaphat.sah@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:monnapa.let@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:runchida.suk@student.mahidol.ac.th" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:thachapol.wee@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:taksaporn.tha@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sarawut.bua@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:panisa.chg@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nathanon.sri@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:atsadang.nat@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:wichayada.sae@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Issariya.sri@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:purida.see@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:onnalin.jun@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:boonyanath.soo@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kiartrachan.yar@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kannika.fac@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nuttakamol.lua@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:archaraporn.jas@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:buranee.cha@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:parinda.see@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chintaporn.tho@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:patumporn.api@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aunchanok.san@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nuttanicha.jai@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kornchicha.vaj@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:natchaya.nop@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nitchanan.suh@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:thitirat.sit@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nititchayapa.por@student.mahidol.ac.th&#8203;" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:monthakarn.vis@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aunchisa.suk@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sirisopha.kao@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pawaris.chi@student.Mahidol.ac.th" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:panthong.pin@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jiraya.kla@student.mahidol.ac.th" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nathanon.sri@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:panisa.chg@student.mahidol.ac.th" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:wichayada.sae@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:buranee.cha@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:onnalin.jun@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kirada.dam@student.mahidol.ac.th" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:wannaporn.khn@student.mahidol.ac.th" TargetMode="External"/></Relationships>
 </file>
@@ -2318,87 +2326,87 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jiraya.kla@student.mahidol.ac.th" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E6F8E0F6-F787-4190-91D4-1743A8493F9A}">
   <dimension ref="A1:W174"/>
   <sheetViews>
     <sheetView topLeftCell="A141" zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="G12" sqref="G12"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="21.75" x14ac:dyDescent="0.5"/>
   <cols>
     <col min="1" max="1" width="6.85546875" style="41" customWidth="1"/>
     <col min="2" max="2" width="9" style="41" customWidth="1"/>
     <col min="3" max="3" width="20.28515625" style="41" customWidth="1"/>
     <col min="4" max="4" width="13.5703125" style="41" customWidth="1"/>
     <col min="5" max="5" width="38.85546875" style="41" customWidth="1"/>
     <col min="6" max="16384" width="9.140625" style="41"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A1" s="106" t="s">
+      <c r="A1" s="112" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="107"/>
-[...2 lines deleted...]
-      <c r="E1" s="107"/>
+      <c r="B1" s="113"/>
+      <c r="C1" s="113"/>
+      <c r="D1" s="113"/>
+      <c r="E1" s="113"/>
     </row>
     <row r="2" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A2" s="106" t="s">
+      <c r="A2" s="112" t="s">
         <v>411</v>
       </c>
-      <c r="B2" s="107"/>
-[...2 lines deleted...]
-      <c r="E2" s="107"/>
+      <c r="B2" s="113"/>
+      <c r="C2" s="113"/>
+      <c r="D2" s="113"/>
+      <c r="E2" s="113"/>
     </row>
     <row r="3" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="39" t="s">
         <v>2</v>
       </c>
-      <c r="C3" s="104" t="s">
+      <c r="C3" s="109" t="s">
         <v>3</v>
       </c>
-      <c r="D3" s="105"/>
+      <c r="D3" s="110"/>
       <c r="E3" s="2"/>
     </row>
     <row r="4" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A4" s="4"/>
       <c r="B4" s="5"/>
-      <c r="C4" s="104" t="s">
+      <c r="C4" s="109" t="s">
         <v>142</v>
       </c>
-      <c r="D4" s="108"/>
+      <c r="D4" s="111"/>
       <c r="E4" s="40"/>
     </row>
     <row r="5" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A5" s="6">
         <v>1</v>
       </c>
       <c r="B5" s="38">
         <v>6403002</v>
       </c>
       <c r="C5" s="8" t="s">
         <v>130</v>
       </c>
       <c r="D5" s="9" t="s">
         <v>4</v>
       </c>
       <c r="E5" s="10"/>
     </row>
     <row r="6" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A6" s="6">
         <v>2</v>
       </c>
       <c r="B6" s="38">
         <v>6403003</v>
       </c>
       <c r="C6" s="8" t="s">
@@ -2946,69 +2954,69 @@
       <c r="L41" s="11"/>
       <c r="M41" s="11"/>
       <c r="N41" s="11"/>
       <c r="O41" s="11"/>
       <c r="P41" s="11"/>
     </row>
     <row r="42" spans="1:16" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A42" s="11"/>
       <c r="B42" s="11"/>
       <c r="C42" s="12"/>
       <c r="D42" s="11"/>
       <c r="E42" s="11"/>
       <c r="F42" s="11"/>
       <c r="G42" s="11"/>
       <c r="H42" s="11"/>
       <c r="I42" s="11"/>
       <c r="J42" s="11"/>
       <c r="K42" s="11"/>
       <c r="L42" s="11"/>
       <c r="M42" s="11"/>
       <c r="N42" s="11"/>
       <c r="O42" s="11"/>
       <c r="P42" s="11"/>
     </row>
     <row r="43" spans="1:16" ht="18" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A43" s="109" t="s">
+      <c r="A43" s="108" t="s">
         <v>412</v>
       </c>
-      <c r="B43" s="109"/>
-[...2 lines deleted...]
-      <c r="E43" s="109"/>
+      <c r="B43" s="108"/>
+      <c r="C43" s="108"/>
+      <c r="D43" s="108"/>
+      <c r="E43" s="108"/>
     </row>
     <row r="44" spans="1:16" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A44" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B44" s="39" t="s">
         <v>2</v>
       </c>
-      <c r="C44" s="104" t="s">
+      <c r="C44" s="109" t="s">
         <v>3</v>
       </c>
-      <c r="D44" s="105"/>
+      <c r="D44" s="110"/>
       <c r="E44" s="2"/>
     </row>
     <row r="45" spans="1:16" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A45" s="6">
         <v>33</v>
       </c>
       <c r="B45" s="38">
         <v>6403043</v>
       </c>
       <c r="C45" s="8" t="s">
         <v>291</v>
       </c>
       <c r="D45" s="9" t="s">
         <v>36</v>
       </c>
       <c r="E45" s="10"/>
     </row>
     <row r="46" spans="1:16" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A46" s="6">
         <v>34</v>
       </c>
       <c r="B46" s="38">
         <v>6403045</v>
       </c>
       <c r="C46" s="13" t="s">
@@ -3595,78 +3603,78 @@
       <c r="L83" s="11"/>
       <c r="M83" s="11"/>
       <c r="N83" s="11"/>
       <c r="O83" s="11"/>
       <c r="P83" s="11"/>
     </row>
     <row r="84" spans="1:16" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A84" s="11"/>
       <c r="B84" s="11"/>
       <c r="C84" s="12"/>
       <c r="D84" s="11"/>
       <c r="E84" s="11"/>
       <c r="F84" s="11"/>
       <c r="G84" s="11"/>
       <c r="H84" s="11"/>
       <c r="I84" s="11"/>
       <c r="J84" s="11"/>
       <c r="K84" s="11"/>
       <c r="L84" s="11"/>
       <c r="M84" s="11"/>
       <c r="N84" s="11"/>
       <c r="O84" s="11"/>
       <c r="P84" s="11"/>
     </row>
     <row r="85" spans="1:16" ht="18" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A85" s="109" t="s">
+      <c r="A85" s="108" t="s">
         <v>413</v>
       </c>
-      <c r="B85" s="109"/>
-[...2 lines deleted...]
-      <c r="E85" s="109"/>
+      <c r="B85" s="108"/>
+      <c r="C85" s="108"/>
+      <c r="D85" s="108"/>
+      <c r="E85" s="108"/>
     </row>
     <row r="86" spans="1:16" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A86" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B86" s="39" t="s">
         <v>2</v>
       </c>
-      <c r="C86" s="104" t="s">
+      <c r="C86" s="109" t="s">
         <v>3</v>
       </c>
-      <c r="D86" s="105"/>
+      <c r="D86" s="110"/>
       <c r="E86" s="2"/>
     </row>
     <row r="87" spans="1:16" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A87" s="4"/>
       <c r="B87" s="5"/>
-      <c r="C87" s="104" t="s">
+      <c r="C87" s="109" t="s">
         <v>143</v>
       </c>
-      <c r="D87" s="108"/>
+      <c r="D87" s="111"/>
       <c r="E87" s="40"/>
     </row>
     <row r="88" spans="1:16" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A88" s="6">
         <v>64</v>
       </c>
       <c r="B88" s="38">
         <v>6403081</v>
       </c>
       <c r="C88" s="8" t="s">
         <v>322</v>
       </c>
       <c r="D88" s="9" t="s">
         <v>67</v>
       </c>
       <c r="E88" s="10"/>
     </row>
     <row r="89" spans="1:16" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A89" s="6">
         <v>65</v>
       </c>
       <c r="B89" s="38">
         <v>6403082</v>
       </c>
       <c r="C89" s="8" t="s">
@@ -4187,69 +4195,69 @@
       <c r="L124" s="11"/>
       <c r="M124" s="11"/>
       <c r="N124" s="11"/>
       <c r="O124" s="11"/>
       <c r="P124" s="11"/>
     </row>
     <row r="125" spans="1:16" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A125" s="11"/>
       <c r="B125" s="11"/>
       <c r="C125" s="12"/>
       <c r="D125" s="11"/>
       <c r="E125" s="11"/>
       <c r="F125" s="11"/>
       <c r="G125" s="11"/>
       <c r="H125" s="11"/>
       <c r="I125" s="11"/>
       <c r="J125" s="11"/>
       <c r="K125" s="11"/>
       <c r="L125" s="11"/>
       <c r="M125" s="11"/>
       <c r="N125" s="11"/>
       <c r="O125" s="11"/>
       <c r="P125" s="11"/>
     </row>
     <row r="126" spans="1:16" ht="18" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A126" s="109" t="s">
+      <c r="A126" s="108" t="s">
         <v>414</v>
       </c>
-      <c r="B126" s="109"/>
-[...2 lines deleted...]
-      <c r="E126" s="109"/>
+      <c r="B126" s="108"/>
+      <c r="C126" s="108"/>
+      <c r="D126" s="108"/>
+      <c r="E126" s="108"/>
     </row>
     <row r="127" spans="1:16" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A127" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B127" s="39" t="s">
         <v>2</v>
       </c>
-      <c r="C127" s="104" t="s">
+      <c r="C127" s="109" t="s">
         <v>3</v>
       </c>
-      <c r="D127" s="105"/>
+      <c r="D127" s="110"/>
       <c r="E127" s="2"/>
     </row>
     <row r="128" spans="1:16" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A128" s="6">
         <v>99</v>
       </c>
       <c r="B128" s="38">
         <v>6403123</v>
       </c>
       <c r="C128" s="8" t="s">
         <v>356</v>
       </c>
       <c r="D128" s="9" t="s">
         <v>101</v>
       </c>
       <c r="E128" s="10"/>
     </row>
     <row r="129" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A129" s="6">
         <v>100</v>
       </c>
       <c r="B129" s="38">
         <v>6403124</v>
       </c>
       <c r="C129" s="8" t="s">
@@ -4885,116 +4893,116 @@
       <c r="D170" s="11"/>
       <c r="E170" s="11"/>
     </row>
     <row r="171" spans="1:23" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A171" s="11"/>
       <c r="B171" s="11"/>
       <c r="C171" s="12"/>
       <c r="D171" s="11"/>
       <c r="E171" s="11"/>
     </row>
     <row r="172" spans="1:23" s="53" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A172" s="54"/>
       <c r="B172" s="54"/>
       <c r="C172" s="63"/>
       <c r="D172" s="54"/>
       <c r="E172" s="64"/>
     </row>
     <row r="173" spans="1:23" s="53" customFormat="1" x14ac:dyDescent="0.5">
       <c r="E173" s="65"/>
     </row>
     <row r="174" spans="1:23" s="53" customFormat="1" x14ac:dyDescent="0.5">
       <c r="E174" s="65"/>
     </row>
   </sheetData>
   <mergeCells count="11">
-    <mergeCell ref="A85:E85"/>
-[...3 lines deleted...]
-    <mergeCell ref="C127:D127"/>
     <mergeCell ref="C44:D44"/>
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A2:E2"/>
     <mergeCell ref="C3:D3"/>
     <mergeCell ref="C4:D4"/>
     <mergeCell ref="A43:E43"/>
+    <mergeCell ref="A85:E85"/>
+    <mergeCell ref="C86:D86"/>
+    <mergeCell ref="C87:D87"/>
+    <mergeCell ref="A126:E126"/>
+    <mergeCell ref="C127:D127"/>
   </mergeCells>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{806259DE-6C8C-43F4-8AE0-2C637FCB017B}">
   <dimension ref="A1:E5"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A2" sqref="A2:E2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="21.75" x14ac:dyDescent="0.5"/>
   <cols>
     <col min="1" max="1" width="6.85546875" style="93" customWidth="1"/>
     <col min="2" max="2" width="9" style="93" customWidth="1"/>
     <col min="3" max="3" width="20.28515625" style="93" customWidth="1"/>
     <col min="4" max="4" width="13.5703125" style="93" customWidth="1"/>
     <col min="5" max="5" width="38.85546875" style="36" customWidth="1"/>
     <col min="6" max="6" width="9.140625" style="93"/>
     <col min="7" max="7" width="17.140625" style="93" customWidth="1"/>
     <col min="8" max="16384" width="9.140625" style="93"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A1" s="106" t="s">
-[...5 lines deleted...]
-      <c r="E1" s="107"/>
+      <c r="A1" s="112" t="s">
+        <v>444</v>
+      </c>
+      <c r="B1" s="113"/>
+      <c r="C1" s="113"/>
+      <c r="D1" s="113"/>
+      <c r="E1" s="113"/>
     </row>
     <row r="2" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A2" s="110" t="s">
+      <c r="A2" s="114" t="s">
         <v>433</v>
       </c>
-      <c r="B2" s="110"/>
-[...2 lines deleted...]
-      <c r="E2" s="110"/>
+      <c r="B2" s="114"/>
+      <c r="C2" s="114"/>
+      <c r="D2" s="114"/>
+      <c r="E2" s="114"/>
     </row>
     <row r="3" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="92" t="s">
         <v>2</v>
       </c>
-      <c r="C3" s="104" t="s">
+      <c r="C3" s="109" t="s">
         <v>3</v>
       </c>
-      <c r="D3" s="105"/>
+      <c r="D3" s="110"/>
       <c r="E3" s="27" t="s">
         <v>395</v>
       </c>
     </row>
     <row r="4" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A4" s="6">
         <v>1</v>
       </c>
       <c r="B4" s="91">
         <v>6403005</v>
       </c>
       <c r="C4" s="8" t="s">
         <v>132</v>
       </c>
       <c r="D4" s="9" t="s">
         <v>7</v>
       </c>
       <c r="E4" s="26" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="5" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A5" s="6">
         <v>2</v>
       </c>
@@ -5005,97 +5013,97 @@
         <v>306</v>
       </c>
       <c r="D5" s="9" t="s">
         <v>51</v>
       </c>
       <c r="E5" s="26" t="s">
         <v>190</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A2:E2"/>
     <mergeCell ref="C3:D3"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="E4" r:id="rId1" xr:uid="{F32025E8-8825-49A1-9526-0ACC8EE33FFC}"/>
     <hyperlink ref="E5" r:id="rId2" xr:uid="{2EED1658-9383-492F-AB2D-205104939C54}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{FA6E4972-66FD-48AF-ACA1-6B9B021C6B9A}">
-  <dimension ref="A1:E21"/>
+  <dimension ref="A1:E23"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="A2" sqref="A2:E2"/>
+      <selection activeCell="A3" sqref="A3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="21.75" x14ac:dyDescent="0.5"/>
   <cols>
     <col min="1" max="1" width="6.85546875" style="93" customWidth="1"/>
     <col min="2" max="2" width="9" style="93" customWidth="1"/>
     <col min="3" max="3" width="20.28515625" style="93" customWidth="1"/>
     <col min="4" max="4" width="13.5703125" style="93" customWidth="1"/>
     <col min="5" max="5" width="38.85546875" style="36" customWidth="1"/>
     <col min="6" max="6" width="9.140625" style="93"/>
     <col min="7" max="7" width="17.140625" style="93" customWidth="1"/>
     <col min="8" max="16384" width="9.140625" style="93"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A1" s="106" t="s">
-[...5 lines deleted...]
-      <c r="E1" s="107"/>
+      <c r="A1" s="112" t="s">
+        <v>445</v>
+      </c>
+      <c r="B1" s="113"/>
+      <c r="C1" s="113"/>
+      <c r="D1" s="113"/>
+      <c r="E1" s="113"/>
     </row>
     <row r="2" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A2" s="110" t="s">
-[...5 lines deleted...]
-      <c r="E2" s="110"/>
+      <c r="A2" s="114" t="s">
+        <v>454</v>
+      </c>
+      <c r="B2" s="114"/>
+      <c r="C2" s="114"/>
+      <c r="D2" s="114"/>
+      <c r="E2" s="114"/>
     </row>
     <row r="3" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="92" t="s">
         <v>2</v>
       </c>
-      <c r="C3" s="104" t="s">
+      <c r="C3" s="109" t="s">
         <v>3</v>
       </c>
-      <c r="D3" s="105"/>
+      <c r="D3" s="110"/>
       <c r="E3" s="27" t="s">
         <v>395</v>
       </c>
     </row>
     <row r="4" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A4" s="6">
         <v>1</v>
       </c>
       <c r="B4" s="17">
         <v>6303081</v>
       </c>
       <c r="C4" s="18" t="s">
         <v>141</v>
       </c>
       <c r="D4" s="19" t="s">
         <v>140</v>
       </c>
       <c r="E4" s="35" t="s">
         <v>268</v>
       </c>
     </row>
     <row r="5" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A5" s="6">
         <v>2</v>
       </c>
@@ -5107,335 +5115,370 @@
       </c>
       <c r="D5" s="9" t="s">
         <v>8</v>
       </c>
       <c r="E5" s="26" t="s">
         <v>148</v>
       </c>
     </row>
     <row r="6" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A6" s="6">
         <v>3</v>
       </c>
       <c r="B6" s="91">
         <v>6403019</v>
       </c>
       <c r="C6" s="8" t="s">
         <v>270</v>
       </c>
       <c r="D6" s="9" t="s">
         <v>18</v>
       </c>
       <c r="E6" s="26" t="s">
         <v>158</v>
       </c>
     </row>
-    <row r="7" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+    <row r="7" spans="1:5" s="104" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A7" s="6">
         <v>4</v>
       </c>
-      <c r="B7" s="91">
-        <v>6403033</v>
+      <c r="B7" s="105">
+        <v>6403026</v>
       </c>
       <c r="C7" s="8" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="D7" s="9" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="E7" s="29" t="s">
-        <v>170</v>
+        <v>164</v>
       </c>
     </row>
     <row r="8" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A8" s="6">
         <v>5</v>
       </c>
       <c r="B8" s="91">
-        <v>6403046</v>
+        <v>6403033</v>
       </c>
       <c r="C8" s="8" t="s">
-        <v>293</v>
+        <v>283</v>
       </c>
       <c r="D8" s="9" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="E8" s="29" t="s">
-        <v>177</v>
+        <v>170</v>
       </c>
     </row>
     <row r="9" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A9" s="6">
         <v>6</v>
       </c>
       <c r="B9" s="91">
-        <v>6403064</v>
+        <v>6403046</v>
       </c>
       <c r="C9" s="8" t="s">
-        <v>309</v>
+        <v>293</v>
       </c>
       <c r="D9" s="9" t="s">
-        <v>54</v>
+        <v>38</v>
       </c>
       <c r="E9" s="29" t="s">
-        <v>193</v>
+        <v>177</v>
       </c>
     </row>
     <row r="10" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A10" s="6">
         <v>7</v>
       </c>
       <c r="B10" s="91">
-        <v>6403079</v>
+        <v>6403064</v>
       </c>
       <c r="C10" s="8" t="s">
-        <v>320</v>
+        <v>309</v>
       </c>
       <c r="D10" s="9" t="s">
-        <v>65</v>
+        <v>54</v>
       </c>
       <c r="E10" s="29" t="s">
-        <v>203</v>
+        <v>193</v>
       </c>
     </row>
     <row r="11" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A11" s="6">
         <v>8</v>
       </c>
       <c r="B11" s="91">
-        <v>6403080</v>
+        <v>6403079</v>
       </c>
       <c r="C11" s="8" t="s">
-        <v>321</v>
+        <v>320</v>
       </c>
       <c r="D11" s="9" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-        <v>204</v>
+        <v>65</v>
+      </c>
+      <c r="E11" s="29" t="s">
+        <v>203</v>
       </c>
     </row>
     <row r="12" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A12" s="6">
         <v>9</v>
       </c>
       <c r="B12" s="91">
-        <v>6403087</v>
+        <v>6403080</v>
       </c>
       <c r="C12" s="8" t="s">
-        <v>328</v>
+        <v>321</v>
       </c>
       <c r="D12" s="9" t="s">
         <v>66</v>
       </c>
       <c r="E12" s="26" t="s">
-        <v>211</v>
+        <v>204</v>
       </c>
     </row>
     <row r="13" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A13" s="6">
         <v>10</v>
       </c>
       <c r="B13" s="91">
-        <v>6403093</v>
+        <v>6403087</v>
       </c>
       <c r="C13" s="8" t="s">
-        <v>330</v>
+        <v>328</v>
       </c>
       <c r="D13" s="9" t="s">
-        <v>75</v>
+        <v>66</v>
       </c>
       <c r="E13" s="26" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
     </row>
     <row r="14" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A14" s="6">
         <v>11</v>
       </c>
       <c r="B14" s="91">
-        <v>6403100</v>
+        <v>6403093</v>
       </c>
       <c r="C14" s="8" t="s">
-        <v>336</v>
+        <v>330</v>
       </c>
       <c r="D14" s="9" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>220</v>
+        <v>75</v>
+      </c>
+      <c r="E14" s="26" t="s">
+        <v>214</v>
       </c>
     </row>
     <row r="15" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A15" s="6">
         <v>12</v>
       </c>
       <c r="B15" s="91">
-        <v>6403119</v>
+        <v>6403100</v>
       </c>
       <c r="C15" s="8" t="s">
-        <v>352</v>
+        <v>336</v>
       </c>
       <c r="D15" s="9" t="s">
-        <v>97</v>
+        <v>81</v>
       </c>
       <c r="E15" s="29" t="s">
-        <v>236</v>
+        <v>220</v>
       </c>
     </row>
     <row r="16" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A16" s="6">
         <v>13</v>
       </c>
       <c r="B16" s="91">
-        <v>6403130</v>
+        <v>6403119</v>
       </c>
       <c r="C16" s="8" t="s">
-        <v>361</v>
+        <v>352</v>
       </c>
       <c r="D16" s="9" t="s">
-        <v>106</v>
+        <v>97</v>
       </c>
       <c r="E16" s="29" t="s">
-        <v>245</v>
+        <v>236</v>
       </c>
     </row>
     <row r="17" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A17" s="6">
         <v>14</v>
       </c>
       <c r="B17" s="91">
-        <v>6403151</v>
+        <v>6403130</v>
       </c>
       <c r="C17" s="8" t="s">
-        <v>379</v>
+        <v>361</v>
       </c>
       <c r="D17" s="9" t="s">
-        <v>124</v>
-[...5 lines deleted...]
-    <row r="18" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+        <v>106</v>
+      </c>
+      <c r="E17" s="29" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="18" spans="1:5" s="106" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A18" s="6">
         <v>15</v>
       </c>
-      <c r="B18" s="91">
+      <c r="B18" s="107">
+        <v>6403140</v>
+      </c>
+      <c r="C18" s="8" t="s">
+        <v>369</v>
+      </c>
+      <c r="D18" s="9" t="s">
+        <v>114</v>
+      </c>
+      <c r="E18" s="26" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="19" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A19" s="6">
+        <v>16</v>
+      </c>
+      <c r="B19" s="91">
+        <v>6403151</v>
+      </c>
+      <c r="C19" s="8" t="s">
+        <v>379</v>
+      </c>
+      <c r="D19" s="9" t="s">
+        <v>124</v>
+      </c>
+      <c r="E19" s="26" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="20" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A20" s="6">
+        <v>17</v>
+      </c>
+      <c r="B20" s="91">
         <v>6403152</v>
       </c>
-      <c r="C18" s="8" t="s">
+      <c r="C20" s="8" t="s">
         <v>380</v>
       </c>
-      <c r="D18" s="9" t="s">
+      <c r="D20" s="9" t="s">
         <v>125</v>
       </c>
-      <c r="E18" s="26" t="s">
+      <c r="E20" s="26" t="s">
         <v>263</v>
       </c>
     </row>
-    <row r="19" spans="1:5" s="53" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.5">
-[...10 lines deleted...]
-      <c r="E21" s="65"/>
+    <row r="21" spans="1:5" s="53" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A21" s="54"/>
+      <c r="B21" s="54"/>
+      <c r="C21" s="63"/>
+      <c r="D21" s="54"/>
+      <c r="E21" s="64"/>
+    </row>
+    <row r="22" spans="1:5" s="53" customFormat="1" x14ac:dyDescent="0.5">
+      <c r="E22" s="65"/>
+    </row>
+    <row r="23" spans="1:5" s="53" customFormat="1" x14ac:dyDescent="0.5">
+      <c r="E23" s="65"/>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A2:E2"/>
     <mergeCell ref="C3:D3"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="E5" r:id="rId1" xr:uid="{55815D20-429A-47C9-AB71-7669074B05B1}"/>
-    <hyperlink ref="E17" r:id="rId2" xr:uid="{CA9D4200-064B-4A39-B734-86B48EBD63C3}"/>
-[...1 lines deleted...]
-    <hyperlink ref="E13" r:id="rId4" xr:uid="{76FAB0C6-1194-4FD3-B87C-9FC6C50D046A}"/>
+    <hyperlink ref="E19" r:id="rId2" xr:uid="{CA9D4200-064B-4A39-B734-86B48EBD63C3}"/>
+    <hyperlink ref="E20" r:id="rId3" xr:uid="{1780BEFB-B0ED-4C75-9CD9-E36779B8446F}"/>
+    <hyperlink ref="E14" r:id="rId4" xr:uid="{76FAB0C6-1194-4FD3-B87C-9FC6C50D046A}"/>
     <hyperlink ref="E6" r:id="rId5" xr:uid="{24F6521E-CA01-4AF6-98A1-C6D0146BAC87}"/>
-    <hyperlink ref="E11" r:id="rId6" xr:uid="{A188AFD2-7D9A-45F8-9286-3BAB514FC6F8}"/>
-    <hyperlink ref="E12" r:id="rId7" xr:uid="{A7E9B3D7-4F3C-4C0B-9042-9D976ABEE461}"/>
+    <hyperlink ref="E12" r:id="rId6" xr:uid="{A188AFD2-7D9A-45F8-9286-3BAB514FC6F8}"/>
+    <hyperlink ref="E13" r:id="rId7" xr:uid="{A7E9B3D7-4F3C-4C0B-9042-9D976ABEE461}"/>
+    <hyperlink ref="E18" r:id="rId8" xr:uid="{285216C7-993D-4847-8337-0C297F2AAF48}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7D54D097-F5CA-48C7-8D9E-ADC9143FF3AA}">
   <dimension ref="A1:S71"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="I16" sqref="I16"/>
+      <selection activeCell="I50" sqref="I50"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="21.75" x14ac:dyDescent="0.5"/>
   <cols>
     <col min="1" max="1" width="6.85546875" style="53" customWidth="1"/>
     <col min="2" max="2" width="9" style="93" customWidth="1"/>
     <col min="3" max="3" width="20.28515625" style="93" customWidth="1"/>
     <col min="4" max="4" width="13.5703125" style="93" customWidth="1"/>
     <col min="5" max="5" width="38.85546875" style="36" customWidth="1"/>
     <col min="6" max="6" width="9.140625" style="93"/>
     <col min="7" max="7" width="17.140625" style="93" customWidth="1"/>
     <col min="8" max="16384" width="9.140625" style="93"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A1" s="106" t="s">
-[...5 lines deleted...]
-      <c r="E1" s="107"/>
+      <c r="A1" s="112" t="s">
+        <v>446</v>
+      </c>
+      <c r="B1" s="113"/>
+      <c r="C1" s="113"/>
+      <c r="D1" s="113"/>
+      <c r="E1" s="113"/>
     </row>
     <row r="2" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A2" s="110" t="s">
-[...5 lines deleted...]
-      <c r="E2" s="110"/>
+      <c r="A2" s="114" t="s">
+        <v>453</v>
+      </c>
+      <c r="B2" s="114"/>
+      <c r="C2" s="114"/>
+      <c r="D2" s="114"/>
+      <c r="E2" s="114"/>
     </row>
     <row r="3" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A3" s="55" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="92" t="s">
         <v>2</v>
       </c>
-      <c r="C3" s="104" t="s">
+      <c r="C3" s="109" t="s">
         <v>3</v>
       </c>
-      <c r="D3" s="105"/>
+      <c r="D3" s="110"/>
       <c r="E3" s="27" t="s">
         <v>395</v>
       </c>
     </row>
     <row r="4" spans="1:5" s="97" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A4" s="86">
         <v>1</v>
       </c>
       <c r="B4" s="98">
         <v>6403002</v>
       </c>
       <c r="C4" s="8" t="s">
         <v>130</v>
       </c>
       <c r="D4" s="9" t="s">
         <v>4</v>
       </c>
       <c r="E4" s="29" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="5" spans="1:5" s="97" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A5" s="86">
         <v>2</v>
       </c>
@@ -5503,564 +5546,568 @@
         <v>151</v>
       </c>
     </row>
     <row r="9" spans="1:5" s="97" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A9" s="86">
         <v>6</v>
       </c>
       <c r="B9" s="98">
         <v>6403015</v>
       </c>
       <c r="C9" s="8" t="s">
         <v>139</v>
       </c>
       <c r="D9" s="9" t="s">
         <v>14</v>
       </c>
       <c r="E9" s="29" t="s">
         <v>154</v>
       </c>
     </row>
     <row r="10" spans="1:5" s="97" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A10" s="86">
         <v>7</v>
       </c>
       <c r="B10" s="98">
-        <v>6403019</v>
+        <v>6403020</v>
       </c>
       <c r="C10" s="8" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="D10" s="9" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="E10" s="26" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
     </row>
     <row r="11" spans="1:5" s="97" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A11" s="86">
         <v>8</v>
       </c>
       <c r="B11" s="98">
-        <v>6403020</v>
+        <v>6403021</v>
       </c>
       <c r="C11" s="8" t="s">
-        <v>271</v>
+        <v>277</v>
       </c>
       <c r="D11" s="9" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>159</v>
+        <v>20</v>
+      </c>
+      <c r="E11" s="29" t="s">
+        <v>160</v>
       </c>
     </row>
     <row r="12" spans="1:5" s="97" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A12" s="86">
         <v>9</v>
       </c>
       <c r="B12" s="98">
-        <v>6403021</v>
+        <v>6403029</v>
       </c>
       <c r="C12" s="8" t="s">
-        <v>277</v>
+        <v>281</v>
       </c>
       <c r="D12" s="9" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>160</v>
+        <v>26</v>
+      </c>
+      <c r="E12" s="26" t="s">
+        <v>166</v>
       </c>
     </row>
     <row r="13" spans="1:5" s="97" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A13" s="86">
         <v>10</v>
       </c>
       <c r="B13" s="98">
-        <v>6403029</v>
+        <v>6403030</v>
       </c>
       <c r="C13" s="8" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="D13" s="9" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>166</v>
+        <v>27</v>
+      </c>
+      <c r="E13" s="29" t="s">
+        <v>167</v>
       </c>
     </row>
     <row r="14" spans="1:5" s="97" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A14" s="86">
         <v>11</v>
       </c>
       <c r="B14" s="98">
-        <v>6403030</v>
+        <v>6403042</v>
       </c>
       <c r="C14" s="8" t="s">
-        <v>282</v>
+        <v>290</v>
       </c>
       <c r="D14" s="9" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>167</v>
+        <v>35</v>
+      </c>
+      <c r="E14" s="26" t="s">
+        <v>386</v>
       </c>
     </row>
     <row r="15" spans="1:5" s="97" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A15" s="86">
         <v>12</v>
       </c>
       <c r="B15" s="98">
-        <v>6403042</v>
+        <v>6403043</v>
       </c>
       <c r="C15" s="8" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="D15" s="9" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="E15" s="26" t="s">
-        <v>386</v>
+        <v>175</v>
       </c>
     </row>
     <row r="16" spans="1:5" s="97" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A16" s="86">
         <v>13</v>
       </c>
       <c r="B16" s="98">
-        <v>6403043</v>
-[...2 lines deleted...]
-        <v>291</v>
+        <v>6403045</v>
+      </c>
+      <c r="C16" s="13" t="s">
+        <v>292</v>
       </c>
       <c r="D16" s="9" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-        <v>175</v>
+        <v>37</v>
+      </c>
+      <c r="E16" s="29" t="s">
+        <v>176</v>
       </c>
     </row>
     <row r="17" spans="1:5" s="97" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A17" s="86">
         <v>14</v>
       </c>
       <c r="B17" s="98">
-        <v>6403045</v>
-[...2 lines deleted...]
-        <v>292</v>
+        <v>6403048</v>
+      </c>
+      <c r="C17" s="8" t="s">
+        <v>294</v>
       </c>
       <c r="D17" s="9" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>176</v>
+        <v>39</v>
+      </c>
+      <c r="E17" s="26" t="s">
+        <v>178</v>
       </c>
     </row>
     <row r="18" spans="1:5" s="97" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A18" s="86">
         <v>15</v>
       </c>
       <c r="B18" s="98">
-        <v>6403048</v>
+        <v>6403049</v>
       </c>
       <c r="C18" s="8" t="s">
-        <v>294</v>
+        <v>300</v>
       </c>
       <c r="D18" s="9" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="E18" s="26" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
     </row>
     <row r="19" spans="1:5" s="97" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A19" s="86">
         <v>16</v>
       </c>
       <c r="B19" s="98">
-        <v>6403049</v>
+        <v>6403052</v>
       </c>
       <c r="C19" s="8" t="s">
-        <v>300</v>
+        <v>303</v>
       </c>
       <c r="D19" s="9" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>179</v>
+        <v>43</v>
+      </c>
+      <c r="E19" s="29" t="s">
+        <v>182</v>
       </c>
     </row>
     <row r="20" spans="1:5" s="97" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A20" s="86">
         <v>17</v>
       </c>
       <c r="B20" s="98">
-        <v>6403052</v>
+        <v>6403053</v>
       </c>
       <c r="C20" s="8" t="s">
-        <v>303</v>
+        <v>295</v>
       </c>
       <c r="D20" s="9" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-        <v>182</v>
+        <v>44</v>
+      </c>
+      <c r="E20" s="26" t="s">
+        <v>183</v>
       </c>
     </row>
     <row r="21" spans="1:5" s="97" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A21" s="86">
         <v>18</v>
       </c>
       <c r="B21" s="98">
-        <v>6403053</v>
+        <v>6403056</v>
       </c>
       <c r="C21" s="8" t="s">
-        <v>295</v>
+        <v>298</v>
       </c>
       <c r="D21" s="9" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>183</v>
+        <v>47</v>
+      </c>
+      <c r="E21" s="34" t="s">
+        <v>186</v>
       </c>
     </row>
     <row r="22" spans="1:5" s="97" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A22" s="86">
         <v>19</v>
       </c>
       <c r="B22" s="98">
-        <v>6403056</v>
+        <v>6403057</v>
       </c>
       <c r="C22" s="8" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="D22" s="9" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-        <v>186</v>
+        <v>48</v>
+      </c>
+      <c r="E22" s="31" t="s">
+        <v>187</v>
       </c>
     </row>
     <row r="23" spans="1:5" s="97" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A23" s="86">
         <v>20</v>
       </c>
       <c r="B23" s="98">
-        <v>6403057</v>
+        <v>6403058</v>
       </c>
       <c r="C23" s="8" t="s">
-        <v>299</v>
+        <v>304</v>
       </c>
       <c r="D23" s="9" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="E23" s="31" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row r="24" spans="1:5" s="97" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A24" s="86">
         <v>21</v>
       </c>
       <c r="B24" s="98">
-        <v>6403058</v>
+        <v>6403061</v>
       </c>
       <c r="C24" s="8" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="D24" s="9" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-        <v>188</v>
+        <v>51</v>
+      </c>
+      <c r="E24" s="26" t="s">
+        <v>190</v>
       </c>
     </row>
     <row r="25" spans="1:5" s="97" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A25" s="86">
         <v>22</v>
       </c>
       <c r="B25" s="98">
-        <v>6403061</v>
+        <v>6403063</v>
       </c>
       <c r="C25" s="8" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="D25" s="9" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>190</v>
+        <v>53</v>
+      </c>
+      <c r="E25" s="29" t="s">
+        <v>192</v>
       </c>
     </row>
     <row r="26" spans="1:5" s="97" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A26" s="86">
         <v>23</v>
       </c>
       <c r="B26" s="98">
-        <v>6403063</v>
+        <v>6403065</v>
       </c>
       <c r="C26" s="8" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="D26" s="9" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-        <v>192</v>
+        <v>55</v>
+      </c>
+      <c r="E26" s="26" t="s">
+        <v>194</v>
       </c>
     </row>
     <row r="27" spans="1:5" s="97" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A27" s="86">
         <v>24</v>
       </c>
-      <c r="B27" s="98">
-        <v>6403065</v>
+      <c r="B27" s="101">
+        <v>6403066</v>
       </c>
       <c r="C27" s="8" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="D27" s="9" t="s">
-        <v>55</v>
-[...2 lines deleted...]
-        <v>194</v>
+        <v>56</v>
+      </c>
+      <c r="E27" s="29" t="s">
+        <v>195</v>
       </c>
     </row>
     <row r="28" spans="1:5" s="97" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A28" s="86">
         <v>25</v>
       </c>
-      <c r="B28" s="101">
-        <v>6403066</v>
+      <c r="B28" s="98">
+        <v>6403068</v>
       </c>
       <c r="C28" s="8" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="D28" s="9" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="E28" s="29" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
     </row>
     <row r="29" spans="1:5" s="97" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A29" s="86">
         <v>26</v>
       </c>
       <c r="B29" s="98">
-        <v>6403068</v>
+        <v>6403069</v>
       </c>
       <c r="C29" s="8" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="D29" s="9" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="E29" s="29" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
     </row>
     <row r="30" spans="1:5" s="97" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A30" s="86">
         <v>27</v>
       </c>
       <c r="B30" s="98">
-        <v>6403069</v>
+        <v>6403070</v>
       </c>
       <c r="C30" s="8" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="D30" s="9" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="E30" s="29" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
     </row>
     <row r="31" spans="1:5" s="97" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A31" s="86">
         <v>28</v>
       </c>
       <c r="B31" s="98">
-        <v>6403070</v>
+        <v>6403076</v>
       </c>
       <c r="C31" s="8" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="D31" s="9" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-        <v>199</v>
+        <v>62</v>
+      </c>
+      <c r="E31" s="51" t="s">
+        <v>387</v>
       </c>
     </row>
     <row r="32" spans="1:5" s="97" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A32" s="86">
         <v>29</v>
       </c>
       <c r="B32" s="98">
-        <v>6403076</v>
+        <v>6403077</v>
       </c>
       <c r="C32" s="8" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="D32" s="9" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-        <v>387</v>
+        <v>63</v>
+      </c>
+      <c r="E32" s="29" t="s">
+        <v>201</v>
       </c>
     </row>
     <row r="33" spans="1:19" s="97" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A33" s="86">
         <v>30</v>
       </c>
       <c r="B33" s="98">
-        <v>6403077</v>
+        <v>6403082</v>
       </c>
       <c r="C33" s="8" t="s">
-        <v>318</v>
+        <v>323</v>
       </c>
       <c r="D33" s="9" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-        <v>201</v>
+        <v>68</v>
+      </c>
+      <c r="E33" s="26" t="s">
+        <v>206</v>
       </c>
     </row>
     <row r="34" spans="1:19" s="97" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A34" s="86">
         <v>31</v>
       </c>
       <c r="B34" s="98">
-        <v>6403082</v>
+        <v>6403084</v>
       </c>
       <c r="C34" s="8" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="D34" s="9" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="E34" s="26" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
     </row>
     <row r="35" spans="1:19" s="97" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A35" s="86">
         <v>32</v>
       </c>
       <c r="B35" s="98">
-        <v>6403084</v>
+        <v>6403085</v>
       </c>
       <c r="C35" s="8" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="D35" s="9" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E35" s="26" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
     </row>
     <row r="36" spans="1:19" s="97" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A36" s="86">
         <v>33</v>
       </c>
       <c r="B36" s="98">
-        <v>6403085</v>
+        <v>6403086</v>
       </c>
       <c r="C36" s="8" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="D36" s="9" t="s">
-        <v>71</v>
-[...2 lines deleted...]
-        <v>209</v>
+        <v>72</v>
+      </c>
+      <c r="E36" s="29" t="s">
+        <v>210</v>
       </c>
     </row>
     <row r="37" spans="1:19" s="97" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A37" s="86">
-[...13 lines deleted...]
-      </c>
+      <c r="A37" s="54"/>
+      <c r="B37" s="11"/>
+      <c r="C37" s="12"/>
+      <c r="D37" s="11"/>
+      <c r="E37" s="30"/>
+      <c r="F37" s="11"/>
+      <c r="G37" s="11"/>
+      <c r="H37" s="11"/>
+      <c r="I37" s="11"/>
+      <c r="J37" s="11"/>
+      <c r="K37" s="11"/>
+      <c r="L37" s="11"/>
+      <c r="M37" s="11"/>
+      <c r="N37" s="11"/>
+      <c r="O37" s="11"/>
+      <c r="P37" s="11"/>
+      <c r="Q37" s="11"/>
+      <c r="R37" s="11"/>
+      <c r="S37" s="11"/>
     </row>
     <row r="38" spans="1:19" s="97" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A38" s="54"/>
       <c r="B38" s="11"/>
       <c r="C38" s="12"/>
       <c r="D38" s="11"/>
       <c r="E38" s="30"/>
       <c r="F38" s="11"/>
       <c r="G38" s="11"/>
       <c r="H38" s="11"/>
       <c r="I38" s="11"/>
       <c r="J38" s="11"/>
       <c r="K38" s="11"/>
       <c r="L38" s="11"/>
       <c r="M38" s="11"/>
       <c r="N38" s="11"/>
       <c r="O38" s="11"/>
       <c r="P38" s="11"/>
       <c r="Q38" s="11"/>
       <c r="R38" s="11"/>
       <c r="S38" s="11"/>
     </row>
     <row r="39" spans="1:19" s="97" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A39" s="54"/>
       <c r="B39" s="11"/>
       <c r="C39" s="12"/>
       <c r="D39" s="11"/>
       <c r="E39" s="30"/>
       <c r="F39" s="11"/>
       <c r="G39" s="11"/>
       <c r="H39" s="11"/>
       <c r="I39" s="11"/>
       <c r="J39" s="11"/>
       <c r="K39" s="11"/>
       <c r="L39" s="11"/>
       <c r="M39" s="11"/>
       <c r="N39" s="11"/>
       <c r="O39" s="11"/>
       <c r="P39" s="11"/>
       <c r="Q39" s="11"/>
       <c r="R39" s="11"/>
       <c r="S39" s="11"/>
     </row>
-    <row r="40" spans="1:19" s="97" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+    <row r="40" spans="1:19" s="104" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A40" s="54"/>
       <c r="B40" s="11"/>
       <c r="C40" s="12"/>
       <c r="D40" s="11"/>
       <c r="E40" s="30"/>
       <c r="F40" s="11"/>
       <c r="G40" s="11"/>
       <c r="H40" s="11"/>
       <c r="I40" s="11"/>
       <c r="J40" s="11"/>
       <c r="K40" s="11"/>
       <c r="L40" s="11"/>
       <c r="M40" s="11"/>
       <c r="N40" s="11"/>
       <c r="O40" s="11"/>
       <c r="P40" s="11"/>
       <c r="Q40" s="11"/>
       <c r="R40" s="11"/>
       <c r="S40" s="11"/>
     </row>
     <row r="41" spans="1:19" s="97" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A41" s="54"/>
       <c r="B41" s="11"/>
       <c r="C41" s="12"/>
       <c r="D41" s="11"/>
@@ -6080,567 +6127,566 @@
       <c r="R41" s="11"/>
       <c r="S41" s="11"/>
     </row>
     <row r="42" spans="1:19" s="97" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A42" s="54"/>
       <c r="B42" s="11"/>
       <c r="C42" s="12"/>
       <c r="D42" s="11"/>
       <c r="E42" s="30"/>
       <c r="F42" s="11"/>
       <c r="G42" s="11"/>
       <c r="H42" s="11"/>
       <c r="I42" s="11"/>
       <c r="J42" s="11"/>
       <c r="K42" s="11"/>
       <c r="L42" s="11"/>
       <c r="M42" s="11"/>
       <c r="N42" s="11"/>
       <c r="O42" s="11"/>
       <c r="P42" s="11"/>
       <c r="Q42" s="11"/>
       <c r="R42" s="11"/>
       <c r="S42" s="11"/>
     </row>
     <row r="43" spans="1:19" s="97" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A43" s="109" t="s">
+      <c r="A43" s="108" t="s">
         <v>419</v>
       </c>
-      <c r="B43" s="109"/>
-[...2 lines deleted...]
-      <c r="E43" s="109"/>
+      <c r="B43" s="108"/>
+      <c r="C43" s="108"/>
+      <c r="D43" s="108"/>
+      <c r="E43" s="108"/>
     </row>
     <row r="44" spans="1:19" s="97" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A44" s="55" t="s">
         <v>1</v>
       </c>
       <c r="B44" s="96" t="s">
         <v>2</v>
       </c>
-      <c r="C44" s="104" t="s">
+      <c r="C44" s="109" t="s">
         <v>3</v>
       </c>
-      <c r="D44" s="105"/>
+      <c r="D44" s="110"/>
       <c r="E44" s="27" t="s">
         <v>395</v>
       </c>
     </row>
     <row r="45" spans="1:19" s="97" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A45" s="86">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B45" s="98">
         <v>6403088</v>
       </c>
       <c r="C45" s="8" t="s">
         <v>329</v>
       </c>
       <c r="D45" s="9" t="s">
         <v>73</v>
       </c>
       <c r="E45" s="29" t="s">
         <v>212</v>
       </c>
     </row>
     <row r="46" spans="1:19" s="97" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A46" s="86">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="B46" s="98">
         <v>6403090</v>
       </c>
       <c r="C46" s="8" t="s">
         <v>385</v>
       </c>
       <c r="D46" s="9" t="s">
         <v>74</v>
       </c>
       <c r="E46" s="26" t="s">
         <v>213</v>
       </c>
     </row>
     <row r="47" spans="1:19" s="97" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A47" s="86">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="B47" s="98">
         <v>6403098</v>
       </c>
       <c r="C47" s="8" t="s">
         <v>334</v>
       </c>
       <c r="D47" s="9" t="s">
         <v>79</v>
       </c>
       <c r="E47" s="26" t="s">
         <v>218</v>
       </c>
     </row>
     <row r="48" spans="1:19" s="97" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A48" s="86">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="B48" s="98">
         <v>6403099</v>
       </c>
       <c r="C48" s="8" t="s">
         <v>335</v>
       </c>
       <c r="D48" s="9" t="s">
         <v>80</v>
       </c>
       <c r="E48" s="29" t="s">
         <v>219</v>
       </c>
     </row>
     <row r="49" spans="1:5" s="97" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A49" s="86">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="B49" s="98">
         <v>6403103</v>
       </c>
       <c r="C49" s="8" t="s">
         <v>339</v>
       </c>
       <c r="D49" s="9" t="s">
         <v>83</v>
       </c>
       <c r="E49" s="26" t="s">
         <v>222</v>
       </c>
     </row>
     <row r="50" spans="1:5" s="97" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A50" s="86">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="B50" s="98">
         <v>6403106</v>
       </c>
       <c r="C50" s="8" t="s">
         <v>341</v>
       </c>
       <c r="D50" s="9" t="s">
         <v>86</v>
       </c>
       <c r="E50" s="26" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="51" spans="1:5" s="97" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A51" s="86">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="B51" s="98">
         <v>6403108</v>
       </c>
       <c r="C51" s="8" t="s">
         <v>342</v>
       </c>
       <c r="D51" s="9" t="s">
         <v>87</v>
       </c>
       <c r="E51" s="29" t="s">
         <v>226</v>
       </c>
     </row>
     <row r="52" spans="1:5" s="97" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A52" s="86">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="B52" s="98">
         <v>6403110</v>
       </c>
       <c r="C52" s="8" t="s">
         <v>344</v>
       </c>
       <c r="D52" s="9" t="s">
         <v>89</v>
       </c>
       <c r="E52" s="26" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="53" spans="1:5" s="97" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A53" s="86">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="B53" s="98">
         <v>6403115</v>
       </c>
       <c r="C53" s="8" t="s">
         <v>348</v>
       </c>
       <c r="D53" s="9" t="s">
         <v>93</v>
       </c>
       <c r="E53" s="29" t="s">
         <v>232</v>
       </c>
     </row>
     <row r="54" spans="1:5" s="97" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A54" s="86">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="B54" s="98">
         <v>6403118</v>
       </c>
       <c r="C54" s="8" t="s">
         <v>351</v>
       </c>
       <c r="D54" s="9" t="s">
         <v>96</v>
       </c>
       <c r="E54" s="26" t="s">
         <v>235</v>
       </c>
     </row>
     <row r="55" spans="1:5" s="97" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A55" s="86">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="B55" s="98">
         <v>6403121</v>
       </c>
       <c r="C55" s="8" t="s">
         <v>354</v>
       </c>
       <c r="D55" s="9" t="s">
         <v>99</v>
       </c>
       <c r="E55" s="29" t="s">
         <v>238</v>
       </c>
     </row>
     <row r="56" spans="1:5" s="97" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A56" s="86">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="B56" s="98">
         <v>6403124</v>
       </c>
       <c r="C56" s="8" t="s">
         <v>357</v>
       </c>
       <c r="D56" s="9" t="s">
         <v>102</v>
       </c>
       <c r="E56" s="29" t="s">
         <v>241</v>
       </c>
     </row>
     <row r="57" spans="1:5" s="97" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A57" s="86">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="B57" s="98">
         <v>6403128</v>
       </c>
       <c r="C57" s="8" t="s">
         <v>359</v>
       </c>
       <c r="D57" s="9" t="s">
         <v>104</v>
       </c>
       <c r="E57" s="26" t="s">
         <v>243</v>
       </c>
     </row>
     <row r="58" spans="1:5" s="97" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A58" s="86">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="B58" s="98">
         <v>6403129</v>
       </c>
       <c r="C58" s="8" t="s">
         <v>360</v>
       </c>
       <c r="D58" s="9" t="s">
         <v>105</v>
       </c>
       <c r="E58" s="29" t="s">
         <v>244</v>
       </c>
     </row>
     <row r="59" spans="1:5" s="97" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A59" s="86">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="B59" s="98">
         <v>6403133</v>
       </c>
       <c r="C59" s="8" t="s">
         <v>364</v>
       </c>
       <c r="D59" s="9" t="s">
         <v>109</v>
       </c>
       <c r="E59" s="29" t="s">
         <v>248</v>
       </c>
     </row>
     <row r="60" spans="1:5" s="97" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A60" s="86">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="B60" s="98">
         <v>6403134</v>
       </c>
       <c r="C60" s="8" t="s">
         <v>365</v>
       </c>
       <c r="D60" s="9" t="s">
         <v>110</v>
       </c>
       <c r="E60" s="26" t="s">
         <v>249</v>
       </c>
     </row>
     <row r="61" spans="1:5" s="97" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A61" s="86">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="B61" s="98">
         <v>6403138</v>
       </c>
       <c r="C61" s="8" t="s">
         <v>367</v>
       </c>
       <c r="D61" s="9" t="s">
         <v>112</v>
       </c>
       <c r="E61" s="26" t="s">
         <v>251</v>
       </c>
     </row>
     <row r="62" spans="1:5" s="97" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A62" s="86">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="B62" s="98">
         <v>6403142</v>
       </c>
       <c r="C62" s="8" t="s">
         <v>371</v>
       </c>
       <c r="D62" s="9" t="s">
         <v>116</v>
       </c>
       <c r="E62" s="26" t="s">
         <v>254</v>
       </c>
     </row>
     <row r="63" spans="1:5" s="97" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A63" s="86">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="B63" s="98">
         <v>6403145</v>
       </c>
       <c r="C63" s="8" t="s">
         <v>374</v>
       </c>
       <c r="D63" s="9" t="s">
         <v>119</v>
       </c>
       <c r="E63" s="29" t="s">
         <v>257</v>
       </c>
     </row>
     <row r="64" spans="1:5" s="97" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A64" s="86">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="B64" s="98">
         <v>6403147</v>
       </c>
       <c r="C64" s="8" t="s">
         <v>375</v>
       </c>
       <c r="D64" s="9" t="s">
         <v>120</v>
       </c>
       <c r="E64" s="29" t="s">
         <v>258</v>
       </c>
     </row>
     <row r="65" spans="1:5" s="97" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A65" s="86">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="B65" s="98">
         <v>6403154</v>
       </c>
       <c r="C65" s="8" t="s">
         <v>382</v>
       </c>
       <c r="D65" s="9" t="s">
         <v>127</v>
       </c>
       <c r="E65" s="29" t="s">
         <v>265</v>
       </c>
     </row>
     <row r="66" spans="1:5" s="97" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A66" s="86">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="B66" s="102">
         <v>6403156</v>
       </c>
       <c r="C66" s="83" t="s">
         <v>384</v>
       </c>
       <c r="D66" s="84" t="s">
         <v>129</v>
       </c>
       <c r="E66" s="85" t="s">
         <v>267</v>
       </c>
     </row>
     <row r="67" spans="1:5" s="97" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A67" s="54"/>
       <c r="B67" s="11"/>
       <c r="C67" s="12"/>
       <c r="D67" s="11"/>
       <c r="E67" s="30"/>
     </row>
     <row r="68" spans="1:5" s="97" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A68" s="54"/>
       <c r="B68" s="11"/>
       <c r="C68" s="12"/>
       <c r="D68" s="11"/>
       <c r="E68" s="30"/>
     </row>
     <row r="69" spans="1:5" s="53" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A69" s="54"/>
       <c r="B69" s="54"/>
       <c r="C69" s="63"/>
       <c r="D69" s="54"/>
       <c r="E69" s="64"/>
     </row>
     <row r="70" spans="1:5" s="53" customFormat="1" x14ac:dyDescent="0.5">
       <c r="E70" s="65"/>
     </row>
     <row r="71" spans="1:5" s="53" customFormat="1" x14ac:dyDescent="0.5">
       <c r="E71" s="65"/>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A2:E2"/>
     <mergeCell ref="C3:D3"/>
     <mergeCell ref="A43:E43"/>
     <mergeCell ref="C44:D44"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="E15" r:id="rId1" xr:uid="{F8610B77-7266-4E7C-855E-749D9710F461}"/>
+    <hyperlink ref="E14" r:id="rId1" xr:uid="{F8610B77-7266-4E7C-855E-749D9710F461}"/>
     <hyperlink ref="E57" r:id="rId2" xr:uid="{0CB9B7F7-5BA5-456B-997B-18E4E8E20F57}"/>
-    <hyperlink ref="E27" r:id="rId3" xr:uid="{B61FBCF2-675C-4107-AA3B-7DB35F66292C}"/>
+    <hyperlink ref="E26" r:id="rId3" xr:uid="{B61FBCF2-675C-4107-AA3B-7DB35F66292C}"/>
     <hyperlink ref="E5" r:id="rId4" xr:uid="{0A8B4C8A-9B02-4423-A654-6701A26DC543}"/>
-    <hyperlink ref="E11" r:id="rId5" xr:uid="{C3BEBE1C-DFFD-446D-ABAA-6947AFE17BED}"/>
-[...1 lines deleted...]
-    <hyperlink ref="E19" r:id="rId7" xr:uid="{3065E43B-1279-4F5C-99A1-16D697FF27EA}"/>
+    <hyperlink ref="E10" r:id="rId5" xr:uid="{C3BEBE1C-DFFD-446D-ABAA-6947AFE17BED}"/>
+    <hyperlink ref="E12" r:id="rId6" xr:uid="{2046FB89-DD99-49BF-B6B9-D8D7E0E930E8}"/>
+    <hyperlink ref="E18" r:id="rId7" xr:uid="{3065E43B-1279-4F5C-99A1-16D697FF27EA}"/>
     <hyperlink ref="E50" r:id="rId8" xr:uid="{8F7AEC7D-6B1B-4190-9634-D610975AEEBB}"/>
     <hyperlink ref="E52" r:id="rId9" xr:uid="{E1CB338C-8D84-4E4E-A5AD-69C8FA9CBDFD}"/>
-    <hyperlink ref="E16" r:id="rId10" xr:uid="{6B3C401F-DEF1-4BE1-B437-51CE5A65FC2B}"/>
-    <hyperlink ref="E34" r:id="rId11" xr:uid="{B59163E8-67BD-4F82-9317-D7894DC2D339}"/>
+    <hyperlink ref="E15" r:id="rId10" xr:uid="{6B3C401F-DEF1-4BE1-B437-51CE5A65FC2B}"/>
+    <hyperlink ref="E33" r:id="rId11" xr:uid="{B59163E8-67BD-4F82-9317-D7894DC2D339}"/>
     <hyperlink ref="E49" r:id="rId12" xr:uid="{77A53F2D-5AD2-4C30-97F9-7B84484FB0C3}"/>
     <hyperlink ref="E54" r:id="rId13" xr:uid="{274E6BF4-1460-4837-9CF9-1C1C40A98EFD}"/>
     <hyperlink ref="E7" r:id="rId14" xr:uid="{6DA6E5A3-033E-4A3F-B88F-6F5F4308C074}"/>
     <hyperlink ref="E8" r:id="rId15" xr:uid="{00F82FFB-AE4D-46DD-8B65-B1107647275D}"/>
     <hyperlink ref="E60" r:id="rId16" xr:uid="{2C485153-97CB-4FE6-B584-4BE0E733896B}"/>
     <hyperlink ref="E6" r:id="rId17" xr:uid="{0F2C1BC2-A53A-4033-99EF-A687A2A54D8C}"/>
-    <hyperlink ref="E25" r:id="rId18" xr:uid="{D1E77E2B-1C25-48AE-906B-38D51FE0225E}"/>
+    <hyperlink ref="E24" r:id="rId18" xr:uid="{D1E77E2B-1C25-48AE-906B-38D51FE0225E}"/>
     <hyperlink ref="E47" r:id="rId19" xr:uid="{51F09AB0-B1B9-4481-9059-D3E3DB4135A8}"/>
-    <hyperlink ref="E32" r:id="rId20" xr:uid="{3620666E-6466-4A31-BFFA-750EEC235F1E}"/>
-    <hyperlink ref="E21" r:id="rId21" xr:uid="{41A72A3E-CE4D-4A84-8C0C-7BD32B291AC1}"/>
+    <hyperlink ref="E31" r:id="rId20" xr:uid="{3620666E-6466-4A31-BFFA-750EEC235F1E}"/>
+    <hyperlink ref="E20" r:id="rId21" xr:uid="{41A72A3E-CE4D-4A84-8C0C-7BD32B291AC1}"/>
     <hyperlink ref="E61" r:id="rId22" xr:uid="{CE275251-D7CC-480E-886E-CFF75BE982F0}"/>
-    <hyperlink ref="E22" r:id="rId23" xr:uid="{31F81938-584E-43A4-932E-E67C06540F46}"/>
-[...5 lines deleted...]
-    <hyperlink ref="E36" r:id="rId29" xr:uid="{8C206471-21EA-434B-84A1-DDDC58D22F18}"/>
+    <hyperlink ref="E21" r:id="rId23" xr:uid="{31F81938-584E-43A4-932E-E67C06540F46}"/>
+    <hyperlink ref="E17" r:id="rId24" xr:uid="{661BA110-CF1E-401D-AB9B-6CF4C6886FB1}"/>
+    <hyperlink ref="E34" r:id="rId25" xr:uid="{381EC290-3C88-4D78-BD77-94B0ADA0DAE2}"/>
+    <hyperlink ref="E46" r:id="rId26" xr:uid="{12A4BD6D-2DC6-48E9-9787-2F63DFDCAFC4}"/>
+    <hyperlink ref="E62" r:id="rId27" xr:uid="{EB2EB639-06B9-4B2F-A51C-C6C661DE6FE6}"/>
+    <hyperlink ref="E35" r:id="rId28" xr:uid="{8C206471-21EA-434B-84A1-DDDC58D22F18}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait" r:id="rId30"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId29"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{655FD798-F09E-4039-8D97-34DFC62FB242}">
   <dimension ref="A1:S55"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+    <sheetView topLeftCell="A30" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="A2" sqref="A2:E2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="21.75" x14ac:dyDescent="0.5"/>
   <cols>
     <col min="1" max="1" width="6.85546875" style="93" customWidth="1"/>
     <col min="2" max="2" width="9" style="93" customWidth="1"/>
     <col min="3" max="3" width="20.28515625" style="93" customWidth="1"/>
     <col min="4" max="4" width="13.5703125" style="93" customWidth="1"/>
     <col min="5" max="5" width="38.85546875" style="36" customWidth="1"/>
     <col min="6" max="6" width="9.140625" style="93"/>
     <col min="7" max="7" width="17.140625" style="93" customWidth="1"/>
     <col min="8" max="16384" width="9.140625" style="93"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A1" s="106" t="s">
-[...5 lines deleted...]
-      <c r="E1" s="107"/>
+      <c r="A1" s="112" t="s">
+        <v>447</v>
+      </c>
+      <c r="B1" s="113"/>
+      <c r="C1" s="113"/>
+      <c r="D1" s="113"/>
+      <c r="E1" s="113"/>
     </row>
     <row r="2" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A2" s="110" t="s">
-[...5 lines deleted...]
-      <c r="E2" s="110"/>
+      <c r="A2" s="114" t="s">
+        <v>434</v>
+      </c>
+      <c r="B2" s="114"/>
+      <c r="C2" s="114"/>
+      <c r="D2" s="114"/>
+      <c r="E2" s="114"/>
     </row>
     <row r="3" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="92" t="s">
         <v>2</v>
       </c>
-      <c r="C3" s="104" t="s">
+      <c r="C3" s="109" t="s">
         <v>3</v>
       </c>
-      <c r="D3" s="105"/>
+      <c r="D3" s="110"/>
       <c r="E3" s="27" t="s">
         <v>395</v>
       </c>
     </row>
     <row r="4" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A4" s="6">
         <v>1</v>
       </c>
       <c r="B4" s="17">
         <v>6303106</v>
       </c>
       <c r="C4" s="18" t="s">
         <v>389</v>
       </c>
       <c r="D4" s="19" t="s">
         <v>390</v>
       </c>
       <c r="E4" s="34" t="s">
         <v>391</v>
       </c>
     </row>
     <row r="5" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A5" s="6">
         <v>2</v>
       </c>
@@ -7301,69 +7347,69 @@
       <c r="R41" s="11"/>
       <c r="S41" s="11"/>
     </row>
     <row r="42" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A42" s="11"/>
       <c r="B42" s="11"/>
       <c r="C42" s="12"/>
       <c r="D42" s="11"/>
       <c r="E42" s="30"/>
       <c r="F42" s="11"/>
       <c r="G42" s="11"/>
       <c r="H42" s="11"/>
       <c r="I42" s="11"/>
       <c r="J42" s="11"/>
       <c r="K42" s="11"/>
       <c r="L42" s="11"/>
       <c r="M42" s="11"/>
       <c r="N42" s="11"/>
       <c r="O42" s="11"/>
       <c r="P42" s="11"/>
       <c r="Q42" s="11"/>
       <c r="R42" s="11"/>
       <c r="S42" s="11"/>
     </row>
     <row r="43" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A43" s="109" t="s">
+      <c r="A43" s="108" t="s">
         <v>419</v>
       </c>
-      <c r="B43" s="109"/>
-[...2 lines deleted...]
-      <c r="E43" s="109"/>
+      <c r="B43" s="108"/>
+      <c r="C43" s="108"/>
+      <c r="D43" s="108"/>
+      <c r="E43" s="108"/>
     </row>
     <row r="44" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A44" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B44" s="92" t="s">
         <v>2</v>
       </c>
-      <c r="C44" s="104" t="s">
+      <c r="C44" s="109" t="s">
         <v>3</v>
       </c>
-      <c r="D44" s="105"/>
+      <c r="D44" s="110"/>
       <c r="E44" s="27" t="s">
         <v>395</v>
       </c>
     </row>
     <row r="45" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A45" s="6">
         <v>31</v>
       </c>
       <c r="B45" s="91">
         <v>6403110</v>
       </c>
       <c r="C45" s="8" t="s">
         <v>344</v>
       </c>
       <c r="D45" s="9" t="s">
         <v>89</v>
       </c>
       <c r="E45" s="26" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="46" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A46" s="6">
         <v>32</v>
       </c>
@@ -7565,78 +7611,78 @@
   <pageSetup paperSize="9" orientation="portrait" r:id="rId19"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{109BA557-6EBD-43E0-BB80-084297A31DB4}">
   <dimension ref="A1:E14"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A2" sqref="A2:E2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="21.75" x14ac:dyDescent="0.5"/>
   <cols>
     <col min="1" max="1" width="6.85546875" style="93" customWidth="1"/>
     <col min="2" max="2" width="9" style="93" customWidth="1"/>
     <col min="3" max="3" width="20.28515625" style="93" customWidth="1"/>
     <col min="4" max="4" width="13.5703125" style="93" customWidth="1"/>
     <col min="5" max="5" width="38.85546875" style="36" customWidth="1"/>
     <col min="6" max="6" width="9.140625" style="93"/>
     <col min="7" max="7" width="17.140625" style="93" customWidth="1"/>
     <col min="8" max="16384" width="9.140625" style="93"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A1" s="106" t="s">
-[...5 lines deleted...]
-      <c r="E1" s="107"/>
+      <c r="A1" s="112" t="s">
+        <v>448</v>
+      </c>
+      <c r="B1" s="113"/>
+      <c r="C1" s="113"/>
+      <c r="D1" s="113"/>
+      <c r="E1" s="113"/>
     </row>
     <row r="2" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A2" s="110" t="s">
-[...5 lines deleted...]
-      <c r="E2" s="110"/>
+      <c r="A2" s="114" t="s">
+        <v>435</v>
+      </c>
+      <c r="B2" s="114"/>
+      <c r="C2" s="114"/>
+      <c r="D2" s="114"/>
+      <c r="E2" s="114"/>
     </row>
     <row r="3" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="92" t="s">
         <v>2</v>
       </c>
-      <c r="C3" s="104" t="s">
+      <c r="C3" s="109" t="s">
         <v>3</v>
       </c>
-      <c r="D3" s="105"/>
+      <c r="D3" s="110"/>
       <c r="E3" s="27" t="s">
         <v>395</v>
       </c>
     </row>
     <row r="4" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A4" s="6">
         <v>1</v>
       </c>
       <c r="B4" s="22">
         <v>5603110</v>
       </c>
       <c r="C4" s="23" t="s">
         <v>397</v>
       </c>
       <c r="D4" s="24" t="s">
         <v>399</v>
       </c>
       <c r="E4" s="25" t="s">
         <v>401</v>
       </c>
     </row>
     <row r="5" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A5" s="6">
         <v>2</v>
       </c>
@@ -7810,78 +7856,78 @@
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0B573665-7DFB-4884-846D-B1B18BB82689}">
   <dimension ref="A1:E43"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="H19" sqref="H19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="21.75" x14ac:dyDescent="0.5"/>
   <cols>
     <col min="1" max="1" width="6.85546875" style="93" customWidth="1"/>
     <col min="2" max="2" width="9" style="93" customWidth="1"/>
     <col min="3" max="3" width="20.28515625" style="93" customWidth="1"/>
     <col min="4" max="4" width="13.5703125" style="93" customWidth="1"/>
     <col min="5" max="5" width="38.85546875" style="36" customWidth="1"/>
     <col min="6" max="6" width="9.140625" style="93"/>
     <col min="7" max="7" width="17.140625" style="93" customWidth="1"/>
     <col min="8" max="16384" width="9.140625" style="93"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A1" s="106" t="s">
-[...5 lines deleted...]
-      <c r="E1" s="107"/>
+      <c r="A1" s="112" t="s">
+        <v>449</v>
+      </c>
+      <c r="B1" s="113"/>
+      <c r="C1" s="113"/>
+      <c r="D1" s="113"/>
+      <c r="E1" s="113"/>
     </row>
     <row r="2" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A2" s="110" t="s">
-[...5 lines deleted...]
-      <c r="E2" s="110"/>
+      <c r="A2" s="114" t="s">
+        <v>436</v>
+      </c>
+      <c r="B2" s="114"/>
+      <c r="C2" s="114"/>
+      <c r="D2" s="114"/>
+      <c r="E2" s="114"/>
     </row>
     <row r="3" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="92" t="s">
         <v>2</v>
       </c>
-      <c r="C3" s="104" t="s">
+      <c r="C3" s="109" t="s">
         <v>3</v>
       </c>
-      <c r="D3" s="105"/>
+      <c r="D3" s="110"/>
       <c r="E3" s="27" t="s">
         <v>395</v>
       </c>
     </row>
     <row r="4" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A4" s="6">
         <v>1</v>
       </c>
       <c r="B4" s="91">
         <v>6403008</v>
       </c>
       <c r="C4" s="8" t="s">
         <v>135</v>
       </c>
       <c r="D4" s="9" t="s">
         <v>10</v>
       </c>
       <c r="E4" s="29" t="s">
         <v>150</v>
       </c>
     </row>
     <row r="5" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A5" s="6">
         <v>2</v>
       </c>
@@ -8514,78 +8560,78 @@
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AB86108F-40D3-47AE-A456-567D80B85BD0}">
   <dimension ref="A1:E13"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="E14" sqref="E14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="21.75" x14ac:dyDescent="0.5"/>
   <cols>
     <col min="1" max="1" width="6.85546875" style="93" customWidth="1"/>
     <col min="2" max="2" width="9" style="93" customWidth="1"/>
     <col min="3" max="3" width="20.28515625" style="93" customWidth="1"/>
     <col min="4" max="4" width="13.5703125" style="93" customWidth="1"/>
     <col min="5" max="5" width="38.85546875" style="36" customWidth="1"/>
     <col min="6" max="6" width="9.140625" style="93"/>
     <col min="7" max="7" width="17.140625" style="93" customWidth="1"/>
     <col min="8" max="16384" width="9.140625" style="93"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A1" s="106" t="s">
-[...5 lines deleted...]
-      <c r="E1" s="107"/>
+      <c r="A1" s="112" t="s">
+        <v>438</v>
+      </c>
+      <c r="B1" s="113"/>
+      <c r="C1" s="113"/>
+      <c r="D1" s="113"/>
+      <c r="E1" s="113"/>
     </row>
     <row r="2" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A2" s="110" t="s">
-[...5 lines deleted...]
-      <c r="E2" s="110"/>
+      <c r="A2" s="114" t="s">
+        <v>437</v>
+      </c>
+      <c r="B2" s="114"/>
+      <c r="C2" s="114"/>
+      <c r="D2" s="114"/>
+      <c r="E2" s="114"/>
     </row>
     <row r="3" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="92" t="s">
         <v>2</v>
       </c>
-      <c r="C3" s="104" t="s">
+      <c r="C3" s="109" t="s">
         <v>3</v>
       </c>
-      <c r="D3" s="105"/>
+      <c r="D3" s="110"/>
       <c r="E3" s="27" t="s">
         <v>395</v>
       </c>
     </row>
     <row r="4" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A4" s="6">
         <v>1</v>
       </c>
       <c r="B4" s="91">
         <v>6403017</v>
       </c>
       <c r="C4" s="8" t="s">
         <v>276</v>
       </c>
       <c r="D4" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E4" s="26" t="s">
         <v>156</v>
       </c>
     </row>
     <row r="5" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A5" s="6">
         <v>2</v>
       </c>
@@ -8674,97 +8720,97 @@
       <c r="D11" s="54"/>
       <c r="E11" s="64"/>
     </row>
     <row r="12" spans="1:5" s="53" customFormat="1" x14ac:dyDescent="0.5">
       <c r="E12" s="65"/>
     </row>
     <row r="13" spans="1:5" s="53" customFormat="1" x14ac:dyDescent="0.5">
       <c r="E13" s="65"/>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A2:E2"/>
     <mergeCell ref="C3:D3"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="E4" r:id="rId1" xr:uid="{6B0D0A65-E3E4-4F93-8689-F8F8422AA196}"/>
     <hyperlink ref="E8" r:id="rId2" xr:uid="{9E6C2DD9-F23A-4879-AB7B-95BF1C611348}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet17.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1D8E9965-28BA-434B-B7A1-49B209717FA0}">
-  <dimension ref="A1:E28"/>
+  <dimension ref="A1:E27"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="G23" sqref="G23"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="H17" sqref="H16:H17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="21.75" x14ac:dyDescent="0.5"/>
   <cols>
     <col min="1" max="1" width="6.85546875" style="93" customWidth="1"/>
     <col min="2" max="2" width="9" style="93" customWidth="1"/>
     <col min="3" max="3" width="20.28515625" style="93" customWidth="1"/>
     <col min="4" max="4" width="13.5703125" style="93" customWidth="1"/>
     <col min="5" max="5" width="38.85546875" style="36" customWidth="1"/>
     <col min="6" max="6" width="9.140625" style="93"/>
     <col min="7" max="7" width="17.140625" style="93" customWidth="1"/>
     <col min="8" max="16384" width="9.140625" style="93"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A1" s="106" t="s">
-[...5 lines deleted...]
-      <c r="E1" s="107"/>
+      <c r="A1" s="112" t="s">
+        <v>450</v>
+      </c>
+      <c r="B1" s="113"/>
+      <c r="C1" s="113"/>
+      <c r="D1" s="113"/>
+      <c r="E1" s="113"/>
     </row>
     <row r="2" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A2" s="110" t="s">
+      <c r="A2" s="114" t="s">
         <v>455</v>
       </c>
-      <c r="B2" s="110"/>
-[...2 lines deleted...]
-      <c r="E2" s="110"/>
+      <c r="B2" s="114"/>
+      <c r="C2" s="114"/>
+      <c r="D2" s="114"/>
+      <c r="E2" s="114"/>
     </row>
     <row r="3" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="92" t="s">
         <v>2</v>
       </c>
-      <c r="C3" s="104" t="s">
+      <c r="C3" s="109" t="s">
         <v>3</v>
       </c>
-      <c r="D3" s="105"/>
+      <c r="D3" s="110"/>
       <c r="E3" s="27" t="s">
         <v>395</v>
       </c>
     </row>
     <row r="4" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A4" s="6">
         <v>1</v>
       </c>
       <c r="B4" s="91">
         <v>6403005</v>
       </c>
       <c r="C4" s="8" t="s">
         <v>132</v>
       </c>
       <c r="D4" s="9" t="s">
         <v>7</v>
       </c>
       <c r="E4" s="26" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="5" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A5" s="6">
         <v>2</v>
       </c>
@@ -9002,212 +9048,194 @@
         <v>242</v>
       </c>
     </row>
     <row r="19" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A19" s="6">
         <v>16</v>
       </c>
       <c r="B19" s="91">
         <v>6403132</v>
       </c>
       <c r="C19" s="8" t="s">
         <v>363</v>
       </c>
       <c r="D19" s="9" t="s">
         <v>108</v>
       </c>
       <c r="E19" s="29" t="s">
         <v>247</v>
       </c>
     </row>
     <row r="20" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A20" s="6">
         <v>17</v>
       </c>
       <c r="B20" s="91">
-        <v>6403140</v>
+        <v>6403141</v>
       </c>
       <c r="C20" s="8" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="D20" s="9" t="s">
-        <v>114</v>
-[...2 lines deleted...]
-        <v>253</v>
+        <v>115</v>
+      </c>
+      <c r="E20" s="32" t="s">
+        <v>388</v>
       </c>
     </row>
     <row r="21" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A21" s="6">
         <v>18</v>
       </c>
       <c r="B21" s="91">
-        <v>6403141</v>
+        <v>6403148</v>
       </c>
       <c r="C21" s="8" t="s">
-        <v>370</v>
+        <v>376</v>
       </c>
       <c r="D21" s="9" t="s">
-        <v>115</v>
-[...2 lines deleted...]
-        <v>388</v>
+        <v>121</v>
+      </c>
+      <c r="E21" s="29" t="s">
+        <v>259</v>
       </c>
     </row>
     <row r="22" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A22" s="6">
         <v>19</v>
       </c>
       <c r="B22" s="91">
-        <v>6403148</v>
+        <v>6403149</v>
       </c>
       <c r="C22" s="8" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="D22" s="9" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="E22" s="29" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
     </row>
     <row r="23" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A23" s="6">
-[...13 lines deleted...]
-      </c>
+      <c r="A23" s="11"/>
+      <c r="B23" s="11"/>
+      <c r="C23" s="12"/>
+      <c r="D23" s="11"/>
+      <c r="E23" s="30"/>
     </row>
     <row r="24" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A24" s="11"/>
       <c r="B24" s="11"/>
       <c r="C24" s="12"/>
       <c r="D24" s="11"/>
       <c r="E24" s="30"/>
     </row>
-    <row r="25" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
-[...11 lines deleted...]
-      <c r="E26" s="64"/>
+    <row r="25" spans="1:5" s="53" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A25" s="54"/>
+      <c r="B25" s="54"/>
+      <c r="C25" s="63"/>
+      <c r="D25" s="54"/>
+      <c r="E25" s="64"/>
+    </row>
+    <row r="26" spans="1:5" s="53" customFormat="1" x14ac:dyDescent="0.5">
+      <c r="E26" s="65"/>
     </row>
     <row r="27" spans="1:5" s="53" customFormat="1" x14ac:dyDescent="0.5">
       <c r="E27" s="65"/>
-    </row>
-[...1 lines deleted...]
-      <c r="E28" s="65"/>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A2:E2"/>
     <mergeCell ref="C3:D3"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="E8" r:id="rId1" xr:uid="{11273A80-582C-40C7-B0BF-4015C94BC68E}"/>
     <hyperlink ref="E16" r:id="rId2" xr:uid="{95330DD8-8B79-4D0A-8C4B-1F8166E23CE7}"/>
     <hyperlink ref="E4" r:id="rId3" xr:uid="{EC19A864-EC0A-4A7E-AA22-90E2FAD5E5E6}"/>
     <hyperlink ref="E7" r:id="rId4" xr:uid="{F603A69B-6DA6-456A-A8A5-AEF961F7ACCF}"/>
     <hyperlink ref="E18" r:id="rId5" xr:uid="{05E56F01-8C64-47A0-BFA4-E5D8DA84216E}"/>
     <hyperlink ref="E9" r:id="rId6" xr:uid="{A44E9FBE-233E-48FB-B6D0-FB006C6D7F09}"/>
     <hyperlink ref="E12" r:id="rId7" xr:uid="{40F52FD3-39ED-44BA-AAC7-D3C6C16328CC}"/>
     <hyperlink ref="E15" r:id="rId8" xr:uid="{B388A03B-ADA5-4E75-A9BB-CB9DE8B0D0A3}"/>
-    <hyperlink ref="E20" r:id="rId9" xr:uid="{0B141F61-F1F7-4E13-BFFF-41F154D624A1}"/>
-[...1 lines deleted...]
-    <hyperlink ref="E17" r:id="rId11" xr:uid="{B5794A54-0568-4F09-AA72-36A9293E1BCB}"/>
+    <hyperlink ref="E5" r:id="rId9" xr:uid="{ACB46C5F-59E7-40E8-BFB7-663CA9C0C427}"/>
+    <hyperlink ref="E17" r:id="rId10" xr:uid="{B5794A54-0568-4F09-AA72-36A9293E1BCB}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet18.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{363D68D4-989F-476A-93BD-47D18AF6AA0A}">
   <dimension ref="A1:E28"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="P19" sqref="P19"/>
+      <selection activeCell="H21" sqref="H21"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="21.75" x14ac:dyDescent="0.5"/>
   <cols>
     <col min="1" max="1" width="6.85546875" style="93" customWidth="1"/>
     <col min="2" max="2" width="9" style="93" customWidth="1"/>
     <col min="3" max="3" width="20.28515625" style="93" customWidth="1"/>
     <col min="4" max="4" width="13.5703125" style="93" customWidth="1"/>
     <col min="5" max="5" width="38.85546875" style="36" customWidth="1"/>
     <col min="6" max="6" width="9.140625" style="93"/>
     <col min="7" max="7" width="17.140625" style="93" customWidth="1"/>
     <col min="8" max="16384" width="9.140625" style="93"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A1" s="106" t="s">
-[...5 lines deleted...]
-      <c r="E1" s="107"/>
+      <c r="A1" s="112" t="s">
+        <v>451</v>
+      </c>
+      <c r="B1" s="113"/>
+      <c r="C1" s="113"/>
+      <c r="D1" s="113"/>
+      <c r="E1" s="113"/>
     </row>
     <row r="2" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A2" s="110" t="s">
-[...5 lines deleted...]
-      <c r="E2" s="110"/>
+      <c r="A2" s="114" t="s">
+        <v>452</v>
+      </c>
+      <c r="B2" s="114"/>
+      <c r="C2" s="114"/>
+      <c r="D2" s="114"/>
+      <c r="E2" s="114"/>
     </row>
     <row r="3" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="92" t="s">
         <v>2</v>
       </c>
-      <c r="C3" s="104" t="s">
+      <c r="C3" s="109" t="s">
         <v>3</v>
       </c>
-      <c r="D3" s="105"/>
+      <c r="D3" s="110"/>
       <c r="E3" s="27" t="s">
         <v>395</v>
       </c>
     </row>
     <row r="4" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A4" s="6">
         <v>1</v>
       </c>
       <c r="B4" s="92">
         <v>6203113</v>
       </c>
       <c r="C4" s="20" t="s">
         <v>392</v>
       </c>
       <c r="D4" s="21" t="s">
         <v>393</v>
       </c>
       <c r="E4" s="31" t="s">
         <v>394</v>
       </c>
     </row>
     <row r="5" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A5" s="6">
         <v>2</v>
       </c>
@@ -9640,89 +9668,89 @@
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8CD8841B-A76B-4F01-A25B-46640F18B44C}">
   <dimension ref="A1:Z173"/>
   <sheetViews>
     <sheetView topLeftCell="A104" zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="A117" sqref="A117:XFD117"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="21.75" x14ac:dyDescent="0.5"/>
   <cols>
     <col min="1" max="1" width="6.85546875" style="1" customWidth="1"/>
     <col min="2" max="2" width="9" style="1" customWidth="1"/>
     <col min="3" max="3" width="20.28515625" style="1" customWidth="1"/>
     <col min="4" max="4" width="13.5703125" style="1" customWidth="1"/>
     <col min="5" max="5" width="38.85546875" style="36" customWidth="1"/>
     <col min="6" max="6" width="9.140625" style="1"/>
     <col min="7" max="7" width="17.140625" style="1" customWidth="1"/>
     <col min="8" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A1" s="106" t="s">
+      <c r="A1" s="112" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="107"/>
-[...2 lines deleted...]
-      <c r="E1" s="107"/>
+      <c r="B1" s="113"/>
+      <c r="C1" s="113"/>
+      <c r="D1" s="113"/>
+      <c r="E1" s="113"/>
     </row>
     <row r="2" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A2" s="106" t="s">
+      <c r="A2" s="112" t="s">
         <v>411</v>
       </c>
-      <c r="B2" s="107"/>
-[...2 lines deleted...]
-      <c r="E2" s="107"/>
+      <c r="B2" s="113"/>
+      <c r="C2" s="113"/>
+      <c r="D2" s="113"/>
+      <c r="E2" s="113"/>
     </row>
     <row r="3" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>2</v>
       </c>
-      <c r="C3" s="104" t="s">
+      <c r="C3" s="109" t="s">
         <v>3</v>
       </c>
-      <c r="D3" s="105"/>
+      <c r="D3" s="110"/>
       <c r="E3" s="27" t="s">
         <v>395</v>
       </c>
     </row>
     <row r="4" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A4" s="4"/>
       <c r="B4" s="5"/>
-      <c r="C4" s="104" t="s">
+      <c r="C4" s="109" t="s">
         <v>142</v>
       </c>
-      <c r="D4" s="108"/>
+      <c r="D4" s="111"/>
       <c r="E4" s="28"/>
     </row>
     <row r="5" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A5" s="6">
         <v>1</v>
       </c>
       <c r="B5" s="7">
         <v>6403002</v>
       </c>
       <c r="C5" s="8" t="s">
         <v>130</v>
       </c>
       <c r="D5" s="9" t="s">
         <v>4</v>
       </c>
       <c r="E5" s="29" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="6" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A6" s="6">
         <v>2</v>
       </c>
       <c r="B6" s="7">
         <v>6403003</v>
@@ -10352,69 +10380,69 @@
       <c r="R41" s="11"/>
       <c r="S41" s="11"/>
     </row>
     <row r="42" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A42" s="11"/>
       <c r="B42" s="11"/>
       <c r="C42" s="12"/>
       <c r="D42" s="11"/>
       <c r="E42" s="30"/>
       <c r="F42" s="11"/>
       <c r="G42" s="11"/>
       <c r="H42" s="11"/>
       <c r="I42" s="11"/>
       <c r="J42" s="11"/>
       <c r="K42" s="11"/>
       <c r="L42" s="11"/>
       <c r="M42" s="11"/>
       <c r="N42" s="11"/>
       <c r="O42" s="11"/>
       <c r="P42" s="11"/>
       <c r="Q42" s="11"/>
       <c r="R42" s="11"/>
       <c r="S42" s="11"/>
     </row>
     <row r="43" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A43" s="109" t="s">
+      <c r="A43" s="108" t="s">
         <v>412</v>
       </c>
-      <c r="B43" s="109"/>
-[...2 lines deleted...]
-      <c r="E43" s="109"/>
+      <c r="B43" s="108"/>
+      <c r="C43" s="108"/>
+      <c r="D43" s="108"/>
+      <c r="E43" s="108"/>
     </row>
     <row r="44" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A44" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>2</v>
       </c>
-      <c r="C44" s="104" t="s">
+      <c r="C44" s="109" t="s">
         <v>3</v>
       </c>
-      <c r="D44" s="105"/>
+      <c r="D44" s="110"/>
       <c r="E44" s="27" t="s">
         <v>395</v>
       </c>
     </row>
     <row r="45" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A45" s="6">
         <v>33</v>
       </c>
       <c r="B45" s="7">
         <v>6403043</v>
       </c>
       <c r="C45" s="8" t="s">
         <v>291</v>
       </c>
       <c r="D45" s="9" t="s">
         <v>36</v>
       </c>
       <c r="E45" s="26" t="s">
         <v>175</v>
       </c>
     </row>
     <row r="46" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A46" s="6">
         <v>34</v>
       </c>
@@ -11092,80 +11120,80 @@
       <c r="R83" s="11"/>
       <c r="S83" s="11"/>
     </row>
     <row r="84" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A84" s="11"/>
       <c r="B84" s="11"/>
       <c r="C84" s="12"/>
       <c r="D84" s="11"/>
       <c r="E84" s="30"/>
       <c r="F84" s="11"/>
       <c r="G84" s="11"/>
       <c r="H84" s="11"/>
       <c r="I84" s="11"/>
       <c r="J84" s="11"/>
       <c r="K84" s="11"/>
       <c r="L84" s="11"/>
       <c r="M84" s="11"/>
       <c r="N84" s="11"/>
       <c r="O84" s="11"/>
       <c r="P84" s="11"/>
       <c r="Q84" s="11"/>
       <c r="R84" s="11"/>
       <c r="S84" s="11"/>
     </row>
     <row r="85" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A85" s="109" t="s">
+      <c r="A85" s="108" t="s">
         <v>413</v>
       </c>
-      <c r="B85" s="109"/>
-[...2 lines deleted...]
-      <c r="E85" s="109"/>
+      <c r="B85" s="108"/>
+      <c r="C85" s="108"/>
+      <c r="D85" s="108"/>
+      <c r="E85" s="108"/>
     </row>
     <row r="86" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A86" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>2</v>
       </c>
-      <c r="C86" s="104" t="s">
+      <c r="C86" s="109" t="s">
         <v>3</v>
       </c>
-      <c r="D86" s="105"/>
+      <c r="D86" s="110"/>
       <c r="E86" s="27" t="s">
         <v>395</v>
       </c>
     </row>
     <row r="87" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A87" s="4"/>
       <c r="B87" s="5"/>
-      <c r="C87" s="104" t="s">
+      <c r="C87" s="109" t="s">
         <v>143</v>
       </c>
-      <c r="D87" s="108"/>
+      <c r="D87" s="111"/>
       <c r="E87" s="28"/>
     </row>
     <row r="88" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A88" s="6">
         <v>64</v>
       </c>
       <c r="B88" s="7">
         <v>6403081</v>
       </c>
       <c r="C88" s="8" t="s">
         <v>322</v>
       </c>
       <c r="D88" s="9" t="s">
         <v>67</v>
       </c>
       <c r="E88" s="29" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="89" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A89" s="6">
         <v>65</v>
       </c>
       <c r="B89" s="7">
         <v>6403082</v>
@@ -11745,69 +11773,69 @@
       <c r="R124" s="11"/>
       <c r="S124" s="11"/>
     </row>
     <row r="125" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A125" s="11"/>
       <c r="B125" s="11"/>
       <c r="C125" s="12"/>
       <c r="D125" s="11"/>
       <c r="E125" s="30"/>
       <c r="F125" s="11"/>
       <c r="G125" s="11"/>
       <c r="H125" s="11"/>
       <c r="I125" s="11"/>
       <c r="J125" s="11"/>
       <c r="K125" s="11"/>
       <c r="L125" s="11"/>
       <c r="M125" s="11"/>
       <c r="N125" s="11"/>
       <c r="O125" s="11"/>
       <c r="P125" s="11"/>
       <c r="Q125" s="11"/>
       <c r="R125" s="11"/>
       <c r="S125" s="11"/>
     </row>
     <row r="126" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A126" s="109" t="s">
+      <c r="A126" s="108" t="s">
         <v>414</v>
       </c>
-      <c r="B126" s="109"/>
-[...2 lines deleted...]
-      <c r="E126" s="109"/>
+      <c r="B126" s="108"/>
+      <c r="C126" s="108"/>
+      <c r="D126" s="108"/>
+      <c r="E126" s="108"/>
     </row>
     <row r="127" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A127" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B127" s="3" t="s">
         <v>2</v>
       </c>
-      <c r="C127" s="104" t="s">
+      <c r="C127" s="109" t="s">
         <v>3</v>
       </c>
-      <c r="D127" s="105"/>
+      <c r="D127" s="110"/>
       <c r="E127" s="27" t="s">
         <v>395</v>
       </c>
     </row>
     <row r="128" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A128" s="6">
         <v>99</v>
       </c>
       <c r="B128" s="7">
         <v>6403123</v>
       </c>
       <c r="C128" s="8" t="s">
         <v>356</v>
       </c>
       <c r="D128" s="9" t="s">
         <v>101</v>
       </c>
       <c r="E128" s="26" t="s">
         <v>240</v>
       </c>
     </row>
     <row r="129" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A129" s="6">
         <v>100</v>
       </c>
@@ -12521,61 +12549,61 @@
       <c r="D169" s="11"/>
       <c r="E169" s="30"/>
     </row>
     <row r="170" spans="1:26" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A170" s="11"/>
       <c r="B170" s="11"/>
       <c r="C170" s="12"/>
       <c r="D170" s="11"/>
       <c r="E170" s="30"/>
     </row>
     <row r="171" spans="1:26" s="53" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A171" s="54"/>
       <c r="B171" s="54"/>
       <c r="C171" s="63"/>
       <c r="D171" s="54"/>
       <c r="E171" s="64"/>
     </row>
     <row r="172" spans="1:26" s="53" customFormat="1" x14ac:dyDescent="0.5">
       <c r="E172" s="65"/>
     </row>
     <row r="173" spans="1:26" s="53" customFormat="1" x14ac:dyDescent="0.5">
       <c r="E173" s="65"/>
     </row>
   </sheetData>
   <mergeCells count="11">
+    <mergeCell ref="A85:E85"/>
+    <mergeCell ref="C86:D86"/>
+    <mergeCell ref="C87:D87"/>
+    <mergeCell ref="A126:E126"/>
+    <mergeCell ref="C127:D127"/>
     <mergeCell ref="C44:D44"/>
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A2:E2"/>
     <mergeCell ref="C3:D3"/>
     <mergeCell ref="C4:D4"/>
     <mergeCell ref="A43:E43"/>
-    <mergeCell ref="A85:E85"/>
-[...3 lines deleted...]
-    <mergeCell ref="C127:D127"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="E36" r:id="rId1" xr:uid="{4449DB87-5BAA-45F8-8CD6-178B9AD61041}"/>
     <hyperlink ref="E158" r:id="rId2" xr:uid="{3B25EA4C-E916-433B-96C7-508B23AB7792}"/>
     <hyperlink ref="E30" r:id="rId3" xr:uid="{71AFF375-E34C-4BC6-820C-9C031858B44D}"/>
     <hyperlink ref="E116" r:id="rId4" xr:uid="{566085CA-6D8E-48E9-8208-D4A3E1D45477}"/>
     <hyperlink ref="E131" r:id="rId5" xr:uid="{FB8FA814-A39E-4A19-9F11-5D9074A6377B}"/>
     <hyperlink ref="E64" r:id="rId6" xr:uid="{5EFA8166-730C-4453-AC9E-D1105E538871}"/>
     <hyperlink ref="E90" r:id="rId7" xr:uid="{4A710562-7EE4-4C99-98B7-10BECAE9D560}"/>
     <hyperlink ref="E8" r:id="rId8" xr:uid="{C867D07E-4189-451F-BA7B-D757C98056A6}"/>
     <hyperlink ref="E23" r:id="rId9" xr:uid="{4462A05D-DF4E-44C7-A0D6-18CE5FFC57CD}"/>
     <hyperlink ref="E70" r:id="rId10" xr:uid="{F8A9FBA1-A2BD-4194-A2B9-C00219DFB430}"/>
     <hyperlink ref="E6" r:id="rId11" xr:uid="{B894B025-390F-454D-B0FC-C0AAC3280B4A}"/>
     <hyperlink ref="E9" r:id="rId12" xr:uid="{E8EDB270-9C1C-4F37-B747-2292131432B7}"/>
     <hyperlink ref="E150" r:id="rId13" xr:uid="{7F0A773F-88BE-4D7A-A156-1B716CEFC5E8}"/>
     <hyperlink ref="E153" r:id="rId14" xr:uid="{A6D0FDFF-CF98-46C6-8009-289CF819D59C}"/>
     <hyperlink ref="E20" r:id="rId15" xr:uid="{96B47D25-DAC8-4E1D-9265-8659ED11EA8C}"/>
     <hyperlink ref="E27" r:id="rId16" xr:uid="{F6C73A38-16A8-42D4-97E2-36BBCA794796}"/>
     <hyperlink ref="E49" r:id="rId17" xr:uid="{D04E33EB-1619-41B7-AB0E-C6E4CEF23A74}"/>
     <hyperlink ref="E92" r:id="rId18" xr:uid="{46A24089-344E-419D-A45C-A2AB77DA4C3E}"/>
     <hyperlink ref="E108" r:id="rId19" xr:uid="{0DB101D7-2958-4157-A64F-CA4A252AE7F7}"/>
     <hyperlink ref="E111" r:id="rId20" xr:uid="{CC61A81B-6DE6-45D4-B36A-005E56756CD9}"/>
     <hyperlink ref="E32" r:id="rId21" xr:uid="{74F1ADC3-5B9D-48CF-82AA-260B6E10A7B6}"/>
     <hyperlink ref="E45" r:id="rId22" xr:uid="{EECC27FE-D6A5-44D1-99B9-7D6B3B8D987D}"/>
     <hyperlink ref="E73" r:id="rId23" xr:uid="{B16AD9F9-D5DD-4431-B3D8-0EEDD382DB0E}"/>
@@ -12624,78 +12652,78 @@
   <pageSetup paperSize="9" orientation="portrait" r:id="rId64"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{817E5BB8-1407-4E27-9DD8-4C5712019C6B}">
   <dimension ref="A1:Z80"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="E17" sqref="E17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="21.75" x14ac:dyDescent="0.5"/>
   <cols>
     <col min="1" max="1" width="6.85546875" style="53" customWidth="1"/>
     <col min="2" max="2" width="9" style="80" customWidth="1"/>
     <col min="3" max="3" width="20.28515625" style="80" customWidth="1"/>
     <col min="4" max="4" width="13.5703125" style="80" customWidth="1"/>
     <col min="5" max="5" width="38.85546875" style="36" customWidth="1"/>
     <col min="6" max="6" width="9.140625" style="80"/>
     <col min="7" max="7" width="17.140625" style="80" customWidth="1"/>
     <col min="8" max="16384" width="9.140625" style="80"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A1" s="106" t="s">
+      <c r="A1" s="112" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="107"/>
-[...2 lines deleted...]
-      <c r="E1" s="107"/>
+      <c r="B1" s="113"/>
+      <c r="C1" s="113"/>
+      <c r="D1" s="113"/>
+      <c r="E1" s="113"/>
     </row>
     <row r="2" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A2" s="106" t="s">
+      <c r="A2" s="112" t="s">
         <v>418</v>
       </c>
-      <c r="B2" s="107"/>
-[...2 lines deleted...]
-      <c r="E2" s="107"/>
+      <c r="B2" s="113"/>
+      <c r="C2" s="113"/>
+      <c r="D2" s="113"/>
+      <c r="E2" s="113"/>
     </row>
     <row r="3" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A3" s="55" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="79" t="s">
         <v>2</v>
       </c>
-      <c r="C3" s="104" t="s">
+      <c r="C3" s="109" t="s">
         <v>3</v>
       </c>
-      <c r="D3" s="105"/>
+      <c r="D3" s="110"/>
       <c r="E3" s="27" t="s">
         <v>395</v>
       </c>
     </row>
     <row r="4" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A4" s="86">
         <v>1</v>
       </c>
       <c r="B4" s="81">
         <v>6403002</v>
       </c>
       <c r="C4" s="8" t="s">
         <v>130</v>
       </c>
       <c r="D4" s="9" t="s">
         <v>4</v>
       </c>
       <c r="E4" s="29" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="5" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A5" s="86">
         <v>2</v>
       </c>
@@ -13290,69 +13318,69 @@
         <v>213</v>
       </c>
     </row>
     <row r="41" spans="1:19" s="88" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A41" s="54"/>
       <c r="B41" s="11"/>
       <c r="C41" s="12"/>
       <c r="D41" s="11"/>
       <c r="E41" s="30"/>
       <c r="F41" s="11"/>
       <c r="G41" s="11"/>
       <c r="H41" s="11"/>
       <c r="I41" s="11"/>
       <c r="J41" s="11"/>
       <c r="K41" s="11"/>
       <c r="L41" s="11"/>
       <c r="M41" s="11"/>
       <c r="N41" s="11"/>
       <c r="O41" s="11"/>
       <c r="P41" s="11"/>
       <c r="Q41" s="11"/>
       <c r="R41" s="11"/>
       <c r="S41" s="11"/>
     </row>
     <row r="42" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A42" s="109" t="s">
+      <c r="A42" s="108" t="s">
         <v>419</v>
       </c>
-      <c r="B42" s="109"/>
-[...2 lines deleted...]
-      <c r="E42" s="109"/>
+      <c r="B42" s="108"/>
+      <c r="C42" s="108"/>
+      <c r="D42" s="108"/>
+      <c r="E42" s="108"/>
     </row>
     <row r="43" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A43" s="55" t="s">
         <v>1</v>
       </c>
       <c r="B43" s="79" t="s">
         <v>2</v>
       </c>
-      <c r="C43" s="104" t="s">
+      <c r="C43" s="109" t="s">
         <v>3</v>
       </c>
-      <c r="D43" s="105"/>
+      <c r="D43" s="110"/>
       <c r="E43" s="27" t="s">
         <v>395</v>
       </c>
     </row>
     <row r="44" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A44" s="86">
         <v>37</v>
       </c>
       <c r="B44" s="81">
         <v>6403094</v>
       </c>
       <c r="C44" s="8" t="s">
         <v>331</v>
       </c>
       <c r="D44" s="9" t="s">
         <v>76</v>
       </c>
       <c r="E44" s="29" t="s">
         <v>215</v>
       </c>
     </row>
     <row r="45" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A45" s="86">
         <v>38</v>
       </c>
@@ -13982,95 +14010,95 @@
     <hyperlink ref="E26" r:id="rId18" xr:uid="{BEFEDC76-A070-4650-9659-9BFDBA939F7A}"/>
     <hyperlink ref="E65" r:id="rId19" xr:uid="{1F602040-3581-4E8B-BC47-A57DD874B0DE}"/>
     <hyperlink ref="E24" r:id="rId20" xr:uid="{560D6D0B-C8E5-4C58-BA3E-67EE46E5CC76}"/>
     <hyperlink ref="E45" r:id="rId21" xr:uid="{F6D8E299-DA28-4F6A-9DFA-FBDCEEC83D77}"/>
     <hyperlink ref="E58" r:id="rId22" xr:uid="{692BB94B-8D26-432C-98AD-1F612AA05867}"/>
     <hyperlink ref="E8" r:id="rId23" xr:uid="{15CDF301-9AA5-44F2-A6B5-5DD7EB52B37E}"/>
     <hyperlink ref="E36" r:id="rId24" xr:uid="{3DB563C0-5358-4B80-AC27-D5D3F9F8B99C}"/>
     <hyperlink ref="E11" r:id="rId25" xr:uid="{252F2771-A38C-4BA5-8F80-5A6E92A15AB3}"/>
     <hyperlink ref="E61" r:id="rId26" xr:uid="{3ECC6572-F714-4AA2-AA9F-B50EB32D28AE}"/>
     <hyperlink ref="E39" r:id="rId27" xr:uid="{14A794E3-7797-4799-8E88-FDABA225B00F}"/>
     <hyperlink ref="E71" r:id="rId28" xr:uid="{452D99ED-079C-4CDC-969A-DAE5215EC9B9}"/>
     <hyperlink ref="E16" r:id="rId29" xr:uid="{B2E5D97B-07E9-4D99-A3BE-9B393A540146}"/>
     <hyperlink ref="E52" r:id="rId30" xr:uid="{1EE7BD18-F0A1-4B48-AD9A-A2683D882EB2}"/>
     <hyperlink ref="E69" r:id="rId31" xr:uid="{A26FDD1C-CFE0-435C-9169-024E8ECE9F7A}"/>
     <hyperlink ref="E30" r:id="rId32" xr:uid="{48E709F0-CB7B-4DAC-A6FD-15E1ECA6D9E6}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId33"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{51BE479E-393F-485A-836C-81261560FE58}">
   <dimension ref="A1:Z76"/>
   <sheetViews>
-    <sheetView topLeftCell="A67" zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
-      <selection activeCell="E80" sqref="E80"/>
+    <sheetView topLeftCell="A45" zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
+      <selection activeCell="A58" sqref="A58:XFD58"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="21.75" x14ac:dyDescent="0.5"/>
   <cols>
     <col min="1" max="1" width="6.85546875" style="53" customWidth="1"/>
     <col min="2" max="2" width="9" style="80" customWidth="1"/>
     <col min="3" max="3" width="20.28515625" style="80" customWidth="1"/>
     <col min="4" max="4" width="13.5703125" style="80" customWidth="1"/>
     <col min="5" max="5" width="38.85546875" style="36" customWidth="1"/>
     <col min="6" max="6" width="9.140625" style="80"/>
     <col min="7" max="7" width="17.140625" style="80" customWidth="1"/>
     <col min="8" max="16384" width="9.140625" style="80"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A1" s="106" t="s">
+      <c r="A1" s="112" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="107"/>
-[...2 lines deleted...]
-      <c r="E1" s="107"/>
+      <c r="B1" s="113"/>
+      <c r="C1" s="113"/>
+      <c r="D1" s="113"/>
+      <c r="E1" s="113"/>
     </row>
     <row r="2" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A2" s="106" t="s">
+      <c r="A2" s="112" t="s">
         <v>420</v>
       </c>
-      <c r="B2" s="107"/>
-[...2 lines deleted...]
-      <c r="E2" s="107"/>
+      <c r="B2" s="113"/>
+      <c r="C2" s="113"/>
+      <c r="D2" s="113"/>
+      <c r="E2" s="113"/>
     </row>
     <row r="3" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A3" s="55" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="79" t="s">
         <v>2</v>
       </c>
-      <c r="C3" s="104" t="s">
+      <c r="C3" s="109" t="s">
         <v>3</v>
       </c>
-      <c r="D3" s="105"/>
+      <c r="D3" s="110"/>
       <c r="E3" s="27" t="s">
         <v>395</v>
       </c>
     </row>
     <row r="4" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A4" s="86">
         <v>1</v>
       </c>
       <c r="B4" s="81">
         <v>6403003</v>
       </c>
       <c r="C4" s="8" t="s">
         <v>131</v>
       </c>
       <c r="D4" s="9" t="s">
         <v>5</v>
       </c>
       <c r="E4" s="26" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="5" spans="1:5" s="88" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A5" s="86">
         <v>2</v>
       </c>
@@ -14707,69 +14735,69 @@
       <c r="R41" s="11"/>
       <c r="S41" s="11"/>
     </row>
     <row r="42" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A42" s="54"/>
       <c r="B42" s="11"/>
       <c r="C42" s="12"/>
       <c r="D42" s="11"/>
       <c r="E42" s="30"/>
       <c r="F42" s="11"/>
       <c r="G42" s="11"/>
       <c r="H42" s="11"/>
       <c r="I42" s="11"/>
       <c r="J42" s="11"/>
       <c r="K42" s="11"/>
       <c r="L42" s="11"/>
       <c r="M42" s="11"/>
       <c r="N42" s="11"/>
       <c r="O42" s="11"/>
       <c r="P42" s="11"/>
       <c r="Q42" s="11"/>
       <c r="R42" s="11"/>
       <c r="S42" s="11"/>
     </row>
     <row r="43" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A43" s="109" t="s">
+      <c r="A43" s="108" t="s">
         <v>419</v>
       </c>
-      <c r="B43" s="109"/>
-[...2 lines deleted...]
-      <c r="E43" s="109"/>
+      <c r="B43" s="108"/>
+      <c r="C43" s="108"/>
+      <c r="D43" s="108"/>
+      <c r="E43" s="108"/>
     </row>
     <row r="44" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A44" s="55" t="s">
         <v>1</v>
       </c>
       <c r="B44" s="79" t="s">
         <v>2</v>
       </c>
-      <c r="C44" s="104" t="s">
+      <c r="C44" s="109" t="s">
         <v>3</v>
       </c>
-      <c r="D44" s="105"/>
+      <c r="D44" s="110"/>
       <c r="E44" s="27" t="s">
         <v>395</v>
       </c>
     </row>
     <row r="45" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A45" s="86">
         <v>37</v>
       </c>
       <c r="B45" s="81">
         <v>6403093</v>
       </c>
       <c r="C45" s="8" t="s">
         <v>330</v>
       </c>
       <c r="D45" s="9" t="s">
         <v>75</v>
       </c>
       <c r="E45" s="26" t="s">
         <v>214</v>
       </c>
     </row>
     <row r="46" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A46" s="86">
         <v>38</v>
       </c>
@@ -15352,78 +15380,78 @@
   <pageSetup paperSize="9" orientation="portrait" r:id="rId33"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5092A020-BE1B-4450-8500-3413A1D6FB91}">
   <dimension ref="A1:E5"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A2" sqref="A2:E2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="21.75" x14ac:dyDescent="0.5"/>
   <cols>
     <col min="1" max="1" width="6.85546875" style="93" customWidth="1"/>
     <col min="2" max="2" width="9" style="93" customWidth="1"/>
     <col min="3" max="3" width="20.28515625" style="93" customWidth="1"/>
     <col min="4" max="4" width="13.5703125" style="93" customWidth="1"/>
     <col min="5" max="5" width="38.85546875" style="36" customWidth="1"/>
     <col min="6" max="6" width="9.140625" style="93"/>
     <col min="7" max="7" width="17.140625" style="93" customWidth="1"/>
     <col min="8" max="16384" width="9.140625" style="93"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A1" s="106" t="s">
-[...5 lines deleted...]
-      <c r="E1" s="107"/>
+      <c r="A1" s="112" t="s">
+        <v>439</v>
+      </c>
+      <c r="B1" s="113"/>
+      <c r="C1" s="113"/>
+      <c r="D1" s="113"/>
+      <c r="E1" s="113"/>
     </row>
     <row r="2" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A2" s="110" t="s">
+      <c r="A2" s="114" t="s">
         <v>422</v>
       </c>
-      <c r="B2" s="110"/>
-[...2 lines deleted...]
-      <c r="E2" s="110"/>
+      <c r="B2" s="114"/>
+      <c r="C2" s="114"/>
+      <c r="D2" s="114"/>
+      <c r="E2" s="114"/>
     </row>
     <row r="3" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="92" t="s">
         <v>2</v>
       </c>
-      <c r="C3" s="104" t="s">
+      <c r="C3" s="109" t="s">
         <v>3</v>
       </c>
-      <c r="D3" s="105"/>
+      <c r="D3" s="110"/>
       <c r="E3" s="27" t="s">
         <v>395</v>
       </c>
     </row>
     <row r="4" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A4" s="6">
         <v>1</v>
       </c>
       <c r="B4" s="91">
         <v>6403036</v>
       </c>
       <c r="C4" s="8" t="s">
         <v>287</v>
       </c>
       <c r="D4" s="9" t="s">
         <v>32</v>
       </c>
       <c r="E4" s="26" t="s">
         <v>172</v>
       </c>
     </row>
     <row r="5" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A5" s="6">
         <v>2</v>
       </c>
@@ -15453,78 +15481,78 @@
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{91FA03F1-24DC-4ED3-B146-DCB2A4CAB820}">
   <dimension ref="A1:E22"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="G22" sqref="G22"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="21.75" x14ac:dyDescent="0.5"/>
   <cols>
     <col min="1" max="1" width="6.85546875" style="93" customWidth="1"/>
     <col min="2" max="2" width="9" style="93" customWidth="1"/>
     <col min="3" max="3" width="20.28515625" style="93" customWidth="1"/>
     <col min="4" max="4" width="13.5703125" style="93" customWidth="1"/>
     <col min="5" max="5" width="38.85546875" style="36" customWidth="1"/>
     <col min="6" max="6" width="9.140625" style="93"/>
     <col min="7" max="7" width="17.140625" style="93" customWidth="1"/>
     <col min="8" max="16384" width="9.140625" style="93"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A1" s="106" t="s">
-[...5 lines deleted...]
-      <c r="E1" s="107"/>
+      <c r="A1" s="112" t="s">
+        <v>440</v>
+      </c>
+      <c r="B1" s="113"/>
+      <c r="C1" s="113"/>
+      <c r="D1" s="113"/>
+      <c r="E1" s="113"/>
     </row>
     <row r="2" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A2" s="110" t="s">
+      <c r="A2" s="114" t="s">
         <v>423</v>
       </c>
-      <c r="B2" s="110"/>
-[...2 lines deleted...]
-      <c r="E2" s="110"/>
+      <c r="B2" s="114"/>
+      <c r="C2" s="114"/>
+      <c r="D2" s="114"/>
+      <c r="E2" s="114"/>
     </row>
     <row r="3" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="92" t="s">
         <v>2</v>
       </c>
-      <c r="C3" s="104" t="s">
+      <c r="C3" s="109" t="s">
         <v>3</v>
       </c>
-      <c r="D3" s="105"/>
+      <c r="D3" s="110"/>
       <c r="E3" s="27" t="s">
         <v>395</v>
       </c>
     </row>
     <row r="4" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A4" s="86">
         <v>1</v>
       </c>
       <c r="B4" s="17">
         <v>6303106</v>
       </c>
       <c r="C4" s="18" t="s">
         <v>389</v>
       </c>
       <c r="D4" s="19" t="s">
         <v>390</v>
       </c>
       <c r="E4" s="34" t="s">
         <v>391</v>
       </c>
     </row>
     <row r="5" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A5" s="86">
         <v>2</v>
       </c>
@@ -15832,78 +15860,78 @@
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{99085B19-EDDA-4955-8C8F-9884604D1552}">
   <dimension ref="A1:E20"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="G21" sqref="G21"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="21.75" x14ac:dyDescent="0.5"/>
   <cols>
     <col min="1" max="1" width="6.85546875" style="93" customWidth="1"/>
     <col min="2" max="2" width="9" style="93" customWidth="1"/>
     <col min="3" max="3" width="20.28515625" style="93" customWidth="1"/>
     <col min="4" max="4" width="13.5703125" style="93" customWidth="1"/>
     <col min="5" max="5" width="38.85546875" style="36" customWidth="1"/>
     <col min="6" max="6" width="9.140625" style="93"/>
     <col min="7" max="7" width="17.140625" style="93" customWidth="1"/>
     <col min="8" max="16384" width="9.140625" style="93"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A1" s="106" t="s">
-[...5 lines deleted...]
-      <c r="E1" s="107"/>
+      <c r="A1" s="112" t="s">
+        <v>441</v>
+      </c>
+      <c r="B1" s="113"/>
+      <c r="C1" s="113"/>
+      <c r="D1" s="113"/>
+      <c r="E1" s="113"/>
     </row>
     <row r="2" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A2" s="110" t="s">
+      <c r="A2" s="114" t="s">
         <v>424</v>
       </c>
-      <c r="B2" s="110"/>
-[...2 lines deleted...]
-      <c r="E2" s="110"/>
+      <c r="B2" s="114"/>
+      <c r="C2" s="114"/>
+      <c r="D2" s="114"/>
+      <c r="E2" s="114"/>
     </row>
     <row r="3" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="92" t="s">
         <v>2</v>
       </c>
-      <c r="C3" s="104" t="s">
+      <c r="C3" s="109" t="s">
         <v>3</v>
       </c>
-      <c r="D3" s="105"/>
+      <c r="D3" s="110"/>
       <c r="E3" s="27" t="s">
         <v>395</v>
       </c>
     </row>
     <row r="4" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A4" s="6">
         <v>1</v>
       </c>
       <c r="B4" s="22">
         <v>5603022</v>
       </c>
       <c r="C4" s="23" t="s">
         <v>396</v>
       </c>
       <c r="D4" s="24" t="s">
         <v>398</v>
       </c>
       <c r="E4" s="25" t="s">
         <v>400</v>
       </c>
     </row>
     <row r="5" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A5" s="6">
         <v>2</v>
       </c>
@@ -16152,78 +16180,78 @@
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E648CF6F-7535-4A82-9DD7-D8040F7706D5}">
   <dimension ref="A1:E15"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A2" sqref="A2:E2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="21.75" x14ac:dyDescent="0.5"/>
   <cols>
     <col min="1" max="1" width="6.85546875" style="93" customWidth="1"/>
     <col min="2" max="2" width="9" style="93" customWidth="1"/>
     <col min="3" max="3" width="20.28515625" style="93" customWidth="1"/>
     <col min="4" max="4" width="13.5703125" style="93" customWidth="1"/>
     <col min="5" max="5" width="38.85546875" style="36" customWidth="1"/>
     <col min="6" max="6" width="9.140625" style="93"/>
     <col min="7" max="7" width="17.140625" style="93" customWidth="1"/>
     <col min="8" max="16384" width="9.140625" style="93"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A1" s="106" t="s">
-[...5 lines deleted...]
-      <c r="E1" s="107"/>
+      <c r="A1" s="112" t="s">
+        <v>442</v>
+      </c>
+      <c r="B1" s="113"/>
+      <c r="C1" s="113"/>
+      <c r="D1" s="113"/>
+      <c r="E1" s="113"/>
     </row>
     <row r="2" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A2" s="110" t="s">
+      <c r="A2" s="114" t="s">
         <v>431</v>
       </c>
-      <c r="B2" s="110"/>
-[...2 lines deleted...]
-      <c r="E2" s="110"/>
+      <c r="B2" s="114"/>
+      <c r="C2" s="114"/>
+      <c r="D2" s="114"/>
+      <c r="E2" s="114"/>
     </row>
     <row r="3" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="92" t="s">
         <v>2</v>
       </c>
-      <c r="C3" s="104" t="s">
+      <c r="C3" s="109" t="s">
         <v>3</v>
       </c>
-      <c r="D3" s="105"/>
+      <c r="D3" s="110"/>
       <c r="E3" s="27" t="s">
         <v>395</v>
       </c>
     </row>
     <row r="4" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A4" s="6">
         <v>1</v>
       </c>
       <c r="B4" s="22">
         <v>5603022</v>
       </c>
       <c r="C4" s="23" t="s">
         <v>396</v>
       </c>
       <c r="D4" s="24" t="s">
         <v>398</v>
       </c>
       <c r="E4" s="25" t="s">
         <v>400</v>
       </c>
     </row>
     <row r="5" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A5" s="6">
         <v>2</v>
       </c>
@@ -16397,78 +16425,78 @@
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CC42A065-3461-4F8D-A9C3-C29CC263A555}">
   <dimension ref="A1:E5"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A2" sqref="A2:E2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="21.75" x14ac:dyDescent="0.5"/>
   <cols>
     <col min="1" max="1" width="6.85546875" style="93" customWidth="1"/>
     <col min="2" max="2" width="9" style="93" customWidth="1"/>
     <col min="3" max="3" width="20.28515625" style="93" customWidth="1"/>
     <col min="4" max="4" width="13.5703125" style="93" customWidth="1"/>
     <col min="5" max="5" width="38.85546875" style="36" customWidth="1"/>
     <col min="6" max="6" width="9.140625" style="93"/>
     <col min="7" max="7" width="17.140625" style="93" customWidth="1"/>
     <col min="8" max="16384" width="9.140625" style="93"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A1" s="106" t="s">
-[...5 lines deleted...]
-      <c r="E1" s="107"/>
+      <c r="A1" s="112" t="s">
+        <v>443</v>
+      </c>
+      <c r="B1" s="113"/>
+      <c r="C1" s="113"/>
+      <c r="D1" s="113"/>
+      <c r="E1" s="113"/>
     </row>
     <row r="2" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A2" s="110" t="s">
+      <c r="A2" s="114" t="s">
         <v>432</v>
       </c>
-      <c r="B2" s="110"/>
-[...2 lines deleted...]
-      <c r="E2" s="110"/>
+      <c r="B2" s="114"/>
+      <c r="C2" s="114"/>
+      <c r="D2" s="114"/>
+      <c r="E2" s="114"/>
     </row>
     <row r="3" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="92" t="s">
         <v>2</v>
       </c>
-      <c r="C3" s="104" t="s">
+      <c r="C3" s="109" t="s">
         <v>3</v>
       </c>
-      <c r="D3" s="105"/>
+      <c r="D3" s="110"/>
       <c r="E3" s="27" t="s">
         <v>395</v>
       </c>
     </row>
     <row r="4" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A4" s="6">
         <v>1</v>
       </c>
       <c r="B4" s="91">
         <v>6403020</v>
       </c>
       <c r="C4" s="8" t="s">
         <v>271</v>
       </c>
       <c r="D4" s="9" t="s">
         <v>19</v>
       </c>
       <c r="E4" s="26" t="s">
         <v>159</v>
       </c>
     </row>
     <row r="5" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A5" s="6">
         <v>2</v>
       </c>
@@ -16503,51 +16531,51 @@
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>18</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="18" baseType="lpstr">
       <vt:lpstr>5-68</vt:lpstr>
       <vt:lpstr>รายชื่อ+อีเมล์</vt:lpstr>
       <vt:lpstr>Care</vt:lpstr>
       <vt:lpstr>Sci.</vt:lpstr>
       <vt:lpstr>PYED504-2</vt:lpstr>
       <vt:lpstr>PYEA501-18</vt:lpstr>
       <vt:lpstr>PYEA503-14</vt:lpstr>
       <vt:lpstr>PYEA504-10</vt:lpstr>
       <vt:lpstr>PYEA505-2</vt:lpstr>
       <vt:lpstr>PYEA506-2</vt:lpstr>
-      <vt:lpstr>PYEI502-15</vt:lpstr>
-      <vt:lpstr>PYEI503-56</vt:lpstr>
+      <vt:lpstr>PYEI502-17</vt:lpstr>
+      <vt:lpstr>PYEI503-55</vt:lpstr>
       <vt:lpstr>PYEI504-41</vt:lpstr>
       <vt:lpstr>PYEF503-10</vt:lpstr>
       <vt:lpstr>PYEH501-35</vt:lpstr>
       <vt:lpstr>PYEH503-5</vt:lpstr>
-      <vt:lpstr>PYEH504-20</vt:lpstr>
+      <vt:lpstr>PYEH504-19</vt:lpstr>
       <vt:lpstr>PYEC504-25</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Thanyapisit Phengsakul</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>