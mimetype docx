--- v0 (2025-12-01)
+++ v1 (2026-01-17)
@@ -1,230 +1,248 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="5F008227" w14:textId="3F990EF3" w:rsidR="006F6259" w:rsidRDefault="00B8265D" w:rsidP="0026652E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New" w:hint="cs"/>
           <w:noProof/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="th-TH"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3233E568" wp14:editId="377A7FD9">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3233E568" wp14:editId="3D0518B8">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>4255969</wp:posOffset>
+                  <wp:posOffset>4253865</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>-723104</wp:posOffset>
+                  <wp:posOffset>-723901</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="1828800" cy="702859"/>
-                <wp:effectExtent l="0" t="0" r="19050" b="21590"/>
+                <wp:extent cx="1828800" cy="904875"/>
+                <wp:effectExtent l="0" t="0" r="19050" b="28575"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Text Box 1"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="1828800" cy="702859"/>
+                          <a:ext cx="1828800" cy="904875"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:schemeClr val="lt1"/>
                         </a:solidFill>
                         <a:ln w="6350">
                           <a:solidFill>
                             <a:prstClr val="black"/>
                           </a:solidFill>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
                           <w:p w14:paraId="37814A81" w14:textId="6E4A7B68" w:rsidR="00B8265D" w:rsidRDefault="00B8265D" w:rsidP="00B8265D">
                             <w:pPr>
                               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="TH Sarabun New" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
                                 <w:sz w:val="32"/>
                                 <w:szCs w:val="32"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00B8265D">
                               <w:rPr>
                                 <w:rFonts w:ascii="TH Sarabun New" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
                                 <w:sz w:val="32"/>
                                 <w:szCs w:val="32"/>
                                 <w:cs/>
                               </w:rPr>
                               <w:t>วิธี</w:t>
                             </w:r>
                             <w:r w:rsidR="00AD1A38">
                               <w:rPr>
                                 <w:rFonts w:ascii="TH Sarabun New" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New" w:hint="cs"/>
                                 <w:sz w:val="32"/>
                                 <w:szCs w:val="32"/>
                                 <w:cs/>
                               </w:rPr>
                               <w:t>คัดเลือก-วิธีเฉพาะเจาะจง</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="5E82D46D" w14:textId="3A282DFF" w:rsidR="00B8265D" w:rsidRPr="00B8265D" w:rsidRDefault="00B8265D" w:rsidP="00B8265D">
+                          <w:p w14:paraId="5E82D46D" w14:textId="5238D2A9" w:rsidR="00B8265D" w:rsidRPr="00B8265D" w:rsidRDefault="00D565A7" w:rsidP="00B8265D">
                             <w:pPr>
                               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="TH Sarabun New" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
                                 <w:sz w:val="32"/>
                                 <w:szCs w:val="32"/>
                                 <w:cs/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="TH Sarabun New" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New" w:hint="cs"/>
                                 <w:sz w:val="32"/>
                                 <w:szCs w:val="32"/>
                                 <w:cs/>
                               </w:rPr>
-                              <w:t>วงเงินเกินกว่า 5 แสนบาท</w:t>
+                              <w:t>วงเงินไม่เกิน 5 แสนบาทและ</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00B8265D">
+                              <w:rPr>
+                                <w:rFonts w:ascii="TH Sarabun New" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New" w:hint="cs"/>
+                                <w:sz w:val="32"/>
+                                <w:szCs w:val="32"/>
+                                <w:cs/>
+                              </w:rPr>
+                              <w:t>วงเงินเกิน 5 แสนบาท</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shapetype w14:anchorId="3233E568" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Text Box 1" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:335.1pt;margin-top:-56.95pt;width:2in;height:55.35pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDdRjynSgIAAKEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVFFv2jAQfp+0/2D5fSQwaGlEqBgV0yTU&#10;VoKpz8ZxSDTb59mGhP36nZ1AabenaS/O2ff58913d5ndt0qSo7CuBp3T4SClRGgORa33Of2+XX2a&#10;UuI80wWToEVOT8LR+/nHD7PGZGIEFchCWIIk2mWNyWnlvcmSxPFKKOYGYIRGZwlWMY9bu08Kyxpk&#10;VzIZpelN0oAtjAUunMPTh85J55G/LAX3T2XphCcypxibj6uN6y6syXzGsr1lpqp5Hwb7hygUqzU+&#10;eqF6YJ6Rg63/oFI1t+Cg9AMOKoGyrLmIOWA2w/RdNpuKGRFzQXGcucjk/h8tfzw+W1IXWDtKNFNY&#10;oq1oPfkCLRkGdRrjMgRtDMJ8i8cB2Z87PAxJt6VV4YvpEPSjzqeLtoGMh0vT0XSaoouj7zYdTSd3&#10;gSZ5vW2s818FKBKMnFqsXZSUHdfOd9AzJDzmQNbFqpYybkK/iKW05Miw0tLHGJH8DUpq0uT05vMk&#10;jcRvfIH6cn8nGf/Rh3eFQj6pMeagSZd7sHy7a3tBdlCcUCcLXZ85w1c18q6Z88/MYmNh/jgs/gmX&#10;UgIGA71FSQX219/OAx7rjV5KGmzUnLqfB2YFJfKbxk64G47HobPjZjy5HeHGXnt21x59UEtAhbDa&#10;GF00A97Ls1laUC84U4vwKrqY5vh2Tv3ZXPpufHAmuVgsIgh72TC/1hvDA3WoSNBz274wa/p6euyE&#10;Rzi3NMvelbXDhpsaFgcPZR1rHgTuVO11xzmIXdPPbBi0631Evf5Z5r8BAAD//wMAUEsDBBQABgAI&#10;AAAAIQA4GYxy3gAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbvSLxDZCRuW9pOjLZr&#10;OgEaXDhtIM5Z4yXRmqRqsq68PeYER//+9Ptzs51dzyYcow1eQL7MgKHvgrJeC/j8eF2UwGKSXsk+&#10;eBTwjRG27e1NI2sVrn6P0yFpRiU+1lKASWmoOY+dQSfjMgzoaXcKo5OJxlFzNcorlbueF1m25k5a&#10;TxeMHPDFYHc+XJyA3bOudFfK0exKZe00f53e9ZsQ93fz0wZYwjn9wfCrT+rQktMxXLyKrBewfswK&#10;QgUs8nxVASOkeigpOlK0KoC3Df//Q/sDAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEA&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA3UY8&#10;p0oCAAChBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA&#10;OBmMct4AAAALAQAADwAAAAAAAAAAAAAAAACkBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA&#10;8wAAAK8FAAAAAA==&#10;" fillcolor="white [3201]" strokeweight=".5pt">
+              <v:shape id="Text Box 1" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:334.95pt;margin-top:-57pt;width:2in;height:71.25pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB/jsIqSgIAAKEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVFFv2jAQfp+0/2D5fSQwaGlEqBgV0yTU&#10;VoKpz8ZxiDXH59mGhP36nZ1AabenaS/O2ff58913d5ndt7UiR2GdBJ3T4SClRGgOhdT7nH7frj5N&#10;KXGe6YIp0CKnJ+Ho/fzjh1ljMjGCClQhLEES7bLG5LTy3mRJ4nglauYGYIRGZwm2Zh63dp8UljXI&#10;XqtklKY3SQO2MBa4cA5PHzonnUf+shTcP5WlE56onGJsPq42rruwJvMZy/aWmUryPgz2D1HUTGp8&#10;9EL1wDwjByv/oKolt+Cg9AMOdQJlKbmIOWA2w/RdNpuKGRFzQXGcucjk/h8tfzw+WyILrB0lmtVY&#10;oq1oPfkCLRkGdRrjMgRtDMJ8i8cB2Z87PAxJt6WtwxfTIehHnU8XbQMZD5emo+k0RRdH3106nt5O&#10;Ak3yettY578KqEkwcmqxdlFSdlw730HPkPCYAyWLlVQqbkK/iKWy5Miw0srHGJH8DUpp0uT05vMk&#10;jcRvfIH6cn+nGP/Rh3eFQj6lMeagSZd7sHy7a3tBdlCcUCcLXZ85w1cSedfM+WdmsbEwfxwW/4RL&#10;qQCDgd6ipAL762/nAY/1Ri8lDTZqTt3PA7OCEvVNYyfcDcfj0NlxM57cjnBjrz27a48+1EtAhbDa&#10;GF00A96rs1laqF9wphbhVXQxzfHtnPqzufTd+OBMcrFYRBD2smF+rTeGB+pQkaDntn1h1vT19NgJ&#10;j3BuaZa9K2uHDTc1LA4eShlrHgTuVO11xzmIXdPPbBi0631Evf5Z5r8BAAD//wMAUEsDBBQABgAI&#10;AAAAIQDjtHXF3wAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbvSLxDZCRuW9qJlbar&#10;OwEaXDhtIM5ZkyXRmqRqsq68PeYER9uffn9/s51dzyY1Rhs8Qr7MgCnfBWm9Rvj8eF2UwGISXoo+&#10;eIXwrSJs29ubRtQyXP1eTYekGYX4WAsEk9JQcx47o5yIyzAoT7dTGJ1INI6ay1FcKdz1fJVlBXfC&#10;evpgxKBejOrOh4tD2D3rSnelGM2ulNZO89fpXb8h3t/NTxtgSc3pD4ZffVKHlpyO4eJlZD1CUVQV&#10;oQiLPH+gVoRU60daHRFW5Rp42/D/HdofAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAH+O&#10;wipKAgAAoQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;AOO0dcXfAAAACwEAAA8AAAAAAAAAAAAAAAAApAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAACwBQAAAAA=&#10;" fillcolor="white [3201]" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="37814A81" w14:textId="6E4A7B68" w:rsidR="00B8265D" w:rsidRDefault="00B8265D" w:rsidP="00B8265D">
                       <w:pPr>
                         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="TH Sarabun New" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
                           <w:sz w:val="32"/>
                           <w:szCs w:val="32"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00B8265D">
                         <w:rPr>
                           <w:rFonts w:ascii="TH Sarabun New" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
                           <w:sz w:val="32"/>
                           <w:szCs w:val="32"/>
                           <w:cs/>
                         </w:rPr>
                         <w:t>วิธี</w:t>
                       </w:r>
                       <w:r w:rsidR="00AD1A38">
                         <w:rPr>
                           <w:rFonts w:ascii="TH Sarabun New" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New" w:hint="cs"/>
                           <w:sz w:val="32"/>
                           <w:szCs w:val="32"/>
                           <w:cs/>
                         </w:rPr>
                         <w:t>คัดเลือก-วิธีเฉพาะเจาะจง</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="5E82D46D" w14:textId="3A282DFF" w:rsidR="00B8265D" w:rsidRPr="00B8265D" w:rsidRDefault="00B8265D" w:rsidP="00B8265D">
+                    <w:p w14:paraId="5E82D46D" w14:textId="5238D2A9" w:rsidR="00B8265D" w:rsidRPr="00B8265D" w:rsidRDefault="00D565A7" w:rsidP="00B8265D">
                       <w:pPr>
                         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="TH Sarabun New" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
                           <w:sz w:val="32"/>
                           <w:szCs w:val="32"/>
                           <w:cs/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="TH Sarabun New" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New" w:hint="cs"/>
                           <w:sz w:val="32"/>
                           <w:szCs w:val="32"/>
                           <w:cs/>
                         </w:rPr>
-                        <w:t>วงเงินเกินกว่า 5 แสนบาท</w:t>
+                        <w:t>วงเงินไม่เกิน 5 แสนบาทและ</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00B8265D">
+                        <w:rPr>
+                          <w:rFonts w:ascii="TH Sarabun New" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New" w:hint="cs"/>
+                          <w:sz w:val="32"/>
+                          <w:szCs w:val="32"/>
+                          <w:cs/>
+                        </w:rPr>
+                        <w:t>วงเงินเกิน 5 แสนบาท</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00860191">
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New" w:hint="cs"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>รายละเอียด</w:t>
       </w:r>
       <w:r w:rsidR="0026652E">
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New" w:hint="cs"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
@@ -1704,51 +1722,51 @@
           <w:color w:val="FF0000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="75470068" w14:textId="3FE798FB" w:rsidR="002D1EBE" w:rsidRDefault="002D1EBE" w:rsidP="002D1EBE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0A6BC73C" w14:textId="7EA813F6" w:rsidR="002D1EBE" w:rsidRPr="001562DF" w:rsidRDefault="002D1EBE" w:rsidP="001147EF">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="TH Sarabun New" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New" w:hint="cs"/>
+          <w:rFonts w:ascii="TH Sarabun New" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001562DF">
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidRPr="001562DF">
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
@@ -1853,101 +1871,103 @@
       <w:pgMar w:top="1440" w:right="1134" w:bottom="949" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="TH Sarabun New">
     <w:panose1 w:val="020B0500040200020003"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A100006F" w:usb1="5000205A" w:usb2="00000000" w:usb3="00000000" w:csb0="00010183" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
+    <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cordia New">
     <w:panose1 w:val="020B0304020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="81000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
+    <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Angsana New">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="81000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="064C4B7E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="ADE6DBEA"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -2192,109 +2212,110 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1519391167">
+  <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="801464926">
+  <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1012411765">
+  <w:num w:numId="3">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="120"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:applyBreakingRules/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F603E4"/>
     <w:rsid w:val="00026FCD"/>
     <w:rsid w:val="000755B0"/>
     <w:rsid w:val="001147EF"/>
     <w:rsid w:val="0020556B"/>
     <w:rsid w:val="0026652E"/>
     <w:rsid w:val="002D1EBE"/>
     <w:rsid w:val="003459F3"/>
     <w:rsid w:val="005D76A1"/>
     <w:rsid w:val="005E1410"/>
     <w:rsid w:val="005F7F6D"/>
     <w:rsid w:val="006B20C8"/>
     <w:rsid w:val="006F6259"/>
     <w:rsid w:val="007F37CC"/>
     <w:rsid w:val="00860191"/>
     <w:rsid w:val="009C145D"/>
     <w:rsid w:val="009E7C5E"/>
     <w:rsid w:val="00A61CFE"/>
     <w:rsid w:val="00A705B3"/>
     <w:rsid w:val="00AD1A38"/>
     <w:rsid w:val="00B8265D"/>
     <w:rsid w:val="00B8407B"/>
     <w:rsid w:val="00BB568E"/>
     <w:rsid w:val="00BD6899"/>
     <w:rsid w:val="00BF0985"/>
     <w:rsid w:val="00C11A0D"/>
     <w:rsid w:val="00C2679D"/>
     <w:rsid w:val="00CC7D42"/>
+    <w:rsid w:val="00D565A7"/>
     <w:rsid w:val="00E55842"/>
     <w:rsid w:val="00E97E54"/>
     <w:rsid w:val="00EE076A"/>
     <w:rsid w:val="00F437CD"/>
     <w:rsid w:val="00F603E4"/>
     <w:rsid w:val="00FF65E6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:bidi="th-TH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">