--- v0 (2025-11-26)
+++ v1 (2026-01-17)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="3E1EEF78" w14:textId="56A014E2" w:rsidR="00A565C2" w:rsidRPr="008766C4" w:rsidRDefault="00A565C2" w:rsidP="001F2358">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008766C4">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:noProof/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2A5DB1F1" wp14:editId="5798253E">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>2360930</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="page">
               <wp:posOffset>673100</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="914400" cy="914400"/>
@@ -1439,69 +1439,60 @@
                 <w:cs/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="008F36D5" w:rsidRPr="008F36D5">
               <w:rPr>
                 <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:cs/>
               </w:rPr>
               <w:t>รองศาสตราจารย์ ดร. ภญ.จิระพรรณ จิตติคุณ</w:t>
             </w:r>
             <w:r w:rsidRPr="008F36D5">
               <w:rPr>
                 <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:cs/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="692320D3" w14:textId="426D6978" w:rsidR="00D1393B" w:rsidRPr="001D7D8F" w:rsidRDefault="008F36D5" w:rsidP="00994227">
+          <w:p w14:paraId="692320D3" w14:textId="6231CEB8" w:rsidR="00D1393B" w:rsidRPr="001D7D8F" w:rsidRDefault="00D1393B" w:rsidP="00994227">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-            <w:r w:rsidR="00D1393B" w:rsidRPr="001D7D8F">
+            <w:r w:rsidRPr="001D7D8F">
               <w:rPr>
                 <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:cs/>
               </w:rPr>
               <w:t>รองคณบดีฝ่ายบริหาร</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="03AF2562" w14:textId="77777777" w:rsidR="00D1393B" w:rsidRPr="001D7D8F" w:rsidRDefault="00D1393B" w:rsidP="00994227">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:cs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D7D8F">
               <w:rPr>
                 <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:cs/>
@@ -1940,82 +1931,82 @@
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="65D44611" w14:textId="2C7F0A3A" w:rsidR="00FA09B6" w:rsidRPr="00D1393B" w:rsidRDefault="00FA09B6" w:rsidP="00D1393B">
       <w:pPr>
         <w:ind w:left="4320" w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="28"/>
           <w:cs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00FA09B6" w:rsidRPr="00D1393B" w:rsidSect="00181145">
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="709" w:left="1440" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="79A248DF" w14:textId="77777777" w:rsidR="00164EF7" w:rsidRDefault="00164EF7" w:rsidP="00A9367F">
+    <w:p w14:paraId="179D59AF" w14:textId="77777777" w:rsidR="006F2C76" w:rsidRDefault="006F2C76" w:rsidP="00A9367F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="679A08F6" w14:textId="77777777" w:rsidR="00164EF7" w:rsidRDefault="00164EF7" w:rsidP="00A9367F">
+    <w:p w14:paraId="5EABBB58" w14:textId="77777777" w:rsidR="006F2C76" w:rsidRDefault="006F2C76" w:rsidP="00A9367F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cordia New">
     <w:panose1 w:val="020B0304020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="81000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Angsana New">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
@@ -2026,105 +2017,105 @@
   <w:font w:name="TH SarabunPSK">
     <w:panose1 w:val="020B0500040200020003"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A100006F" w:usb1="5000205A" w:usb2="00000000" w:usb3="00000000" w:csb0="00010183" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings 2">
     <w:panose1 w:val="05020102010507070707"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="10145D99" w14:textId="7550E013" w:rsidR="001C647D" w:rsidRPr="005472EA" w:rsidRDefault="001C647D">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
         <w:sz w:val="28"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="7857621D" w14:textId="77777777" w:rsidR="001C647D" w:rsidRPr="005472EA" w:rsidRDefault="001C647D">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
         <w:sz w:val="28"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="223003EB" w14:textId="77777777" w:rsidR="00164EF7" w:rsidRDefault="00164EF7" w:rsidP="00A9367F">
+    <w:p w14:paraId="56703795" w14:textId="77777777" w:rsidR="006F2C76" w:rsidRDefault="006F2C76" w:rsidP="00A9367F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2370A302" w14:textId="77777777" w:rsidR="00164EF7" w:rsidRDefault="00164EF7" w:rsidP="00A9367F">
+    <w:p w14:paraId="72F83A40" w14:textId="77777777" w:rsidR="006F2C76" w:rsidRDefault="006F2C76" w:rsidP="00A9367F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:applyBreakingRules/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0014326E"/>
     <w:rsid w:val="00001C49"/>
     <w:rsid w:val="00002BFD"/>
     <w:rsid w:val="00007F30"/>
     <w:rsid w:val="00013B90"/>
@@ -2331,50 +2322,51 @@
     <w:rsid w:val="00650129"/>
     <w:rsid w:val="0067069F"/>
     <w:rsid w:val="006710EF"/>
     <w:rsid w:val="00672D11"/>
     <w:rsid w:val="00673E46"/>
     <w:rsid w:val="00677EB5"/>
     <w:rsid w:val="0068102F"/>
     <w:rsid w:val="00683BCB"/>
     <w:rsid w:val="00684CED"/>
     <w:rsid w:val="00692561"/>
     <w:rsid w:val="00695006"/>
     <w:rsid w:val="006974AD"/>
     <w:rsid w:val="00697894"/>
     <w:rsid w:val="006A315E"/>
     <w:rsid w:val="006A5994"/>
     <w:rsid w:val="006B09F8"/>
     <w:rsid w:val="006C0D1C"/>
     <w:rsid w:val="006C4C3C"/>
     <w:rsid w:val="006C4F78"/>
     <w:rsid w:val="006C5028"/>
     <w:rsid w:val="006D0A5D"/>
     <w:rsid w:val="006D1E39"/>
     <w:rsid w:val="006D5A7D"/>
     <w:rsid w:val="006D72B6"/>
     <w:rsid w:val="006D7CBB"/>
+    <w:rsid w:val="006F2C76"/>
     <w:rsid w:val="00701209"/>
     <w:rsid w:val="00701A96"/>
     <w:rsid w:val="007028EC"/>
     <w:rsid w:val="00704A9C"/>
     <w:rsid w:val="007065D9"/>
     <w:rsid w:val="0071051A"/>
     <w:rsid w:val="00710583"/>
     <w:rsid w:val="00721951"/>
     <w:rsid w:val="007249E9"/>
     <w:rsid w:val="0073016F"/>
     <w:rsid w:val="007340DE"/>
     <w:rsid w:val="00736338"/>
     <w:rsid w:val="00741E67"/>
     <w:rsid w:val="00744361"/>
     <w:rsid w:val="00744C4A"/>
     <w:rsid w:val="007511A7"/>
     <w:rsid w:val="007566B5"/>
     <w:rsid w:val="00764157"/>
     <w:rsid w:val="00764CAB"/>
     <w:rsid w:val="0077265F"/>
     <w:rsid w:val="00772B4B"/>
     <w:rsid w:val="0077506A"/>
     <w:rsid w:val="00781CDD"/>
     <w:rsid w:val="00783C9C"/>
     <w:rsid w:val="007857F3"/>
@@ -2452,50 +2444,51 @@
     <w:rsid w:val="00A134E6"/>
     <w:rsid w:val="00A22933"/>
     <w:rsid w:val="00A30060"/>
     <w:rsid w:val="00A31A7B"/>
     <w:rsid w:val="00A3612C"/>
     <w:rsid w:val="00A52595"/>
     <w:rsid w:val="00A565C2"/>
     <w:rsid w:val="00A67914"/>
     <w:rsid w:val="00A7368F"/>
     <w:rsid w:val="00A7697E"/>
     <w:rsid w:val="00A80687"/>
     <w:rsid w:val="00A81867"/>
     <w:rsid w:val="00A83092"/>
     <w:rsid w:val="00A909A9"/>
     <w:rsid w:val="00A91ACB"/>
     <w:rsid w:val="00A9367F"/>
     <w:rsid w:val="00AA56BD"/>
     <w:rsid w:val="00AC367A"/>
     <w:rsid w:val="00AC74BA"/>
     <w:rsid w:val="00AD012C"/>
     <w:rsid w:val="00AD06BA"/>
     <w:rsid w:val="00AE130B"/>
     <w:rsid w:val="00AE3A6E"/>
     <w:rsid w:val="00AE6096"/>
     <w:rsid w:val="00AF1A2D"/>
+    <w:rsid w:val="00AF2FDA"/>
     <w:rsid w:val="00AF3910"/>
     <w:rsid w:val="00AF7D04"/>
     <w:rsid w:val="00B01AA2"/>
     <w:rsid w:val="00B077DA"/>
     <w:rsid w:val="00B16CD2"/>
     <w:rsid w:val="00B20C47"/>
     <w:rsid w:val="00B22550"/>
     <w:rsid w:val="00B32618"/>
     <w:rsid w:val="00B32BB5"/>
     <w:rsid w:val="00B346AF"/>
     <w:rsid w:val="00B41841"/>
     <w:rsid w:val="00B41C2A"/>
     <w:rsid w:val="00B436BF"/>
     <w:rsid w:val="00B44A47"/>
     <w:rsid w:val="00B45BD5"/>
     <w:rsid w:val="00B45E01"/>
     <w:rsid w:val="00B532E7"/>
     <w:rsid w:val="00B605BC"/>
     <w:rsid w:val="00B62CE3"/>
     <w:rsid w:val="00B67F13"/>
     <w:rsid w:val="00B736D5"/>
     <w:rsid w:val="00B73F8E"/>
     <w:rsid w:val="00B76149"/>
     <w:rsid w:val="00B76A60"/>
     <w:rsid w:val="00B83A17"/>
@@ -2518,71 +2511,73 @@
     <w:rsid w:val="00BF2AE9"/>
     <w:rsid w:val="00BF512D"/>
     <w:rsid w:val="00BF54E5"/>
     <w:rsid w:val="00BF6FEB"/>
     <w:rsid w:val="00C0313F"/>
     <w:rsid w:val="00C06D8C"/>
     <w:rsid w:val="00C11C8C"/>
     <w:rsid w:val="00C17CD5"/>
     <w:rsid w:val="00C25160"/>
     <w:rsid w:val="00C263CF"/>
     <w:rsid w:val="00C265DD"/>
     <w:rsid w:val="00C52517"/>
     <w:rsid w:val="00C56CC1"/>
     <w:rsid w:val="00C60094"/>
     <w:rsid w:val="00C66EBB"/>
     <w:rsid w:val="00C812A3"/>
     <w:rsid w:val="00C84AD6"/>
     <w:rsid w:val="00C866EA"/>
     <w:rsid w:val="00C9400F"/>
     <w:rsid w:val="00CA4F77"/>
     <w:rsid w:val="00CA7C4E"/>
     <w:rsid w:val="00CB3CD9"/>
     <w:rsid w:val="00CB53FC"/>
     <w:rsid w:val="00CB685D"/>
     <w:rsid w:val="00CC6FFF"/>
+    <w:rsid w:val="00CD1957"/>
     <w:rsid w:val="00CD673D"/>
     <w:rsid w:val="00CD7987"/>
     <w:rsid w:val="00CE62C8"/>
     <w:rsid w:val="00CE72F4"/>
     <w:rsid w:val="00D016C6"/>
     <w:rsid w:val="00D0199F"/>
     <w:rsid w:val="00D10EDA"/>
     <w:rsid w:val="00D1393B"/>
     <w:rsid w:val="00D13F9D"/>
     <w:rsid w:val="00D173E3"/>
     <w:rsid w:val="00D23AEE"/>
     <w:rsid w:val="00D34119"/>
     <w:rsid w:val="00D357C1"/>
     <w:rsid w:val="00D42F5B"/>
     <w:rsid w:val="00D456C9"/>
     <w:rsid w:val="00D52F49"/>
     <w:rsid w:val="00D544A8"/>
     <w:rsid w:val="00D544E5"/>
     <w:rsid w:val="00D57DA8"/>
     <w:rsid w:val="00D710FA"/>
     <w:rsid w:val="00D71146"/>
+    <w:rsid w:val="00D72801"/>
     <w:rsid w:val="00D80F4A"/>
     <w:rsid w:val="00D825E7"/>
     <w:rsid w:val="00D862C5"/>
     <w:rsid w:val="00D924DF"/>
     <w:rsid w:val="00D94CD0"/>
     <w:rsid w:val="00D966EC"/>
     <w:rsid w:val="00D97605"/>
     <w:rsid w:val="00DA359A"/>
     <w:rsid w:val="00DA5F54"/>
     <w:rsid w:val="00DB659D"/>
     <w:rsid w:val="00DB7F87"/>
     <w:rsid w:val="00DC5629"/>
     <w:rsid w:val="00DD02EA"/>
     <w:rsid w:val="00DD1CC8"/>
     <w:rsid w:val="00DD7B0E"/>
     <w:rsid w:val="00DE136A"/>
     <w:rsid w:val="00DE379A"/>
     <w:rsid w:val="00DF5D40"/>
     <w:rsid w:val="00E06E99"/>
     <w:rsid w:val="00E0700F"/>
     <w:rsid w:val="00E07CC9"/>
     <w:rsid w:val="00E1232C"/>
     <w:rsid w:val="00E14455"/>
     <w:rsid w:val="00E17599"/>
     <w:rsid w:val="00E17A44"/>
@@ -2636,53 +2631,53 @@
     <w:rsid w:val="00FC4BAB"/>
     <w:rsid w:val="00FC5928"/>
     <w:rsid w:val="00FC6206"/>
     <w:rsid w:val="00FD16EB"/>
     <w:rsid w:val="00FD1945"/>
     <w:rsid w:val="00FD60D0"/>
     <w:rsid w:val="00FF4A5F"/>
     <w:rsid w:val="00FF792E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:bidi="th-TH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="7E24C0D4"/>
   <w15:docId w15:val="{8FDAECFA-DF46-4C90-A5B8-A6371C918B74}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="28"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="th-TH"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -2771,98 +2766,101 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
@@ -3508,73 +3506,73 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>456</Words>
-  <Characters>2605</Characters>
+  <Words>455</Words>
+  <Characters>2594</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>21</Lines>
   <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>ชื่อเรื่อง</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Sky123.Org</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3055</CharactersWithSpaces>
+  <CharactersWithSpaces>3043</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Windows User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>