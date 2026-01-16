--- v0 (2025-12-01)
+++ v1 (2026-01-16)
@@ -271,70 +271,80 @@
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Cordia New" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B37CED">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Cordia New" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t xml:space="preserve">วันที่   </w:t>
       </w:r>
       <w:r w:rsidRPr="00B37CED">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Cordia New" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">         </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B788F03" w14:textId="77777777" w:rsidR="00B37CED" w:rsidRPr="00B37CED" w:rsidRDefault="00B37CED" w:rsidP="00B37CED">
+    <w:p w14:paraId="2B788F03" w14:textId="234A1AF7" w:rsidR="00B37CED" w:rsidRPr="00B37CED" w:rsidRDefault="00B37CED" w:rsidP="00B37CED">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Cordia New" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
-[...1 lines deleted...]
-          <w:szCs w:val="32"/>
+          <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Cordia New" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B37CED">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Cordia New" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>เรื่อง  ขออนุมัติเบิกจ่ายเงินทุนสนับสนุนการตีพิมพ์บทนิพนธ์ต้นฉบับ</w:t>
+      </w:r>
+      <w:r w:rsidR="00A02546">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Cordia New" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>/ค่าตรวจภาษา</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B132687" w14:textId="77777777" w:rsidR="00B37CED" w:rsidRPr="00B37CED" w:rsidRDefault="00B37CED" w:rsidP="00B37CED">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Cordia New" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="38B9EAFA" w14:textId="44CEDC87" w:rsidR="00B37CED" w:rsidRPr="00B37CED" w:rsidRDefault="00B37CED" w:rsidP="00B37CED">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:eastAsia="Cordia New" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B37CED">
         <w:rPr>
@@ -3621,54 +3631,56 @@
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:applyBreakingRules/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009F283E"/>
     <w:rsid w:val="000759BD"/>
     <w:rsid w:val="000D7933"/>
     <w:rsid w:val="000F27E0"/>
     <w:rsid w:val="001051E3"/>
     <w:rsid w:val="0011600C"/>
     <w:rsid w:val="00195255"/>
     <w:rsid w:val="00227D17"/>
     <w:rsid w:val="00235698"/>
     <w:rsid w:val="00424E7A"/>
     <w:rsid w:val="00503EDC"/>
     <w:rsid w:val="005443FD"/>
     <w:rsid w:val="006A27A0"/>
     <w:rsid w:val="006B2334"/>
+    <w:rsid w:val="007A368F"/>
     <w:rsid w:val="00842D70"/>
     <w:rsid w:val="009026E7"/>
     <w:rsid w:val="009D5841"/>
     <w:rsid w:val="009F283E"/>
+    <w:rsid w:val="00A02546"/>
     <w:rsid w:val="00B37CED"/>
     <w:rsid w:val="00B527DF"/>
     <w:rsid w:val="00D75188"/>
     <w:rsid w:val="00E87231"/>
     <w:rsid w:val="00EC35A1"/>
     <w:rsid w:val="00FA1D6B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:bidi="th-TH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
@@ -4578,69 +4590,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>283</Words>
-  <Characters>1614</Characters>
+  <Words>284</Words>
+  <Characters>1625</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>13</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1894</CharactersWithSpaces>
+  <CharactersWithSpaces>1906</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Nutthamon Thadajirunkula</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>