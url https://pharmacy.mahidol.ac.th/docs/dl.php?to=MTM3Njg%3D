--- v0 (2025-11-26)
+++ v1 (2026-01-17)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="470515E6" w14:textId="77777777" w:rsidR="00A72C3E" w:rsidRPr="00350F11" w:rsidRDefault="00A72C3E" w:rsidP="00A72C3E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008766C4">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:noProof/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4355A6B8" wp14:editId="47E9C94B">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>2360930</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="page">
               <wp:posOffset>332858</wp:posOffset>
@@ -1741,69 +1741,60 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:cs/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="00440CF1">
               <w:rPr>
                 <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:cs/>
               </w:rPr>
               <w:t>รศ. ดร.ภญ.จิระพรรณ จิตติคุณ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:cs/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="30771BE5" w14:textId="4A14E102" w:rsidR="0003161A" w:rsidRDefault="00CD1395" w:rsidP="0003161A">
+          <w:p w14:paraId="30771BE5" w14:textId="544C3095" w:rsidR="0003161A" w:rsidRDefault="0003161A" w:rsidP="0003161A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-            <w:r w:rsidR="0003161A" w:rsidRPr="00E2715E">
+            <w:r w:rsidRPr="00E2715E">
               <w:rPr>
                 <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:cs/>
               </w:rPr>
               <w:t>รองคณบดีฝ่ายบริหาร</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2C31DBF5" w14:textId="638C1191" w:rsidR="0003161A" w:rsidRPr="00BA5F89" w:rsidRDefault="0003161A" w:rsidP="0003161A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:cs/>
@@ -6194,159 +6185,157 @@
         <w:t xml:space="preserve">         </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:cs/>
         </w:rPr>
         <w:t>วันที่......................................................</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00915AD6" w:rsidRPr="004F66AA" w:rsidSect="00543818">
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="first" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1418" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="065E6FE5" w14:textId="77777777" w:rsidR="00036B02" w:rsidRDefault="00036B02" w:rsidP="00692ECF">
+    <w:p w14:paraId="23B5FCB8" w14:textId="77777777" w:rsidR="00580157" w:rsidRDefault="00580157" w:rsidP="00692ECF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="006C3B78" w14:textId="77777777" w:rsidR="00036B02" w:rsidRDefault="00036B02" w:rsidP="00692ECF">
+    <w:p w14:paraId="61882659" w14:textId="77777777" w:rsidR="00580157" w:rsidRDefault="00580157" w:rsidP="00692ECF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cordia New">
     <w:panose1 w:val="020B0304020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="81000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="TH SarabunPSK">
     <w:panose1 w:val="020B0500040200020003"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A100006F" w:usb1="5000205A" w:usb2="00000000" w:usb3="00000000" w:csb0="00010183" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings 2">
     <w:panose1 w:val="05020102010507070707"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Angsana New">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="81000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:id w:val="1586113291"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
-    <w:sdtEndPr/>
     <w:sdtContent>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="-1769616900"/>
           <w:docPartObj>
             <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
             <w:docPartUnique/>
           </w:docPartObj>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:p w14:paraId="1418000B" w14:textId="55FE8C71" w:rsidR="00692ECF" w:rsidRPr="00B620DC" w:rsidRDefault="00B620DC" w:rsidP="00B620DC">
             <w:pPr>
               <w:pStyle w:val="Footer"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B620DC">
               <w:rPr>
                 <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:cs/>
               </w:rPr>
               <w:t>แบบรายงานความก้าวหน้าการลาศึกษาต่อและขอขยายเวลาศึกษา คณะเภสัชศาสตร์ มหาวิทยาลัยมหิดล</w:t>
             </w:r>
             <w:r w:rsidRPr="00B620DC">
               <w:rPr>
                 <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -6477,97 +6466,97 @@
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="00B620DC">
               <w:rPr>
                 <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:sdtContent>
       </w:sdt>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="10C9CCA5" w14:textId="1A400CFB" w:rsidR="00727DDE" w:rsidRPr="00727DDE" w:rsidRDefault="00727DDE" w:rsidP="00727DDE">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="10C9CCA5" w14:textId="327459F4" w:rsidR="00727DDE" w:rsidRPr="00727DDE" w:rsidRDefault="00727DDE" w:rsidP="00727DDE">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00727DDE">
       <w:rPr>
         <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:cs/>
       </w:rPr>
       <w:t xml:space="preserve">ฉบับปรับปรุง ณ วันที่ </w:t>
     </w:r>
-    <w:r w:rsidR="00CD1395">
+    <w:r w:rsidR="00253C41">
       <w:rPr>
         <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:cs/>
       </w:rPr>
-      <w:t>15 ตุลาคม 2567</w:t>
+      <w:t>12 ธันวาคม 2568</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="05256C78" w14:textId="77777777" w:rsidR="00036B02" w:rsidRDefault="00036B02" w:rsidP="00692ECF">
+    <w:p w14:paraId="23ADBCC5" w14:textId="77777777" w:rsidR="00580157" w:rsidRDefault="00580157" w:rsidP="00692ECF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="413EAF5E" w14:textId="77777777" w:rsidR="00036B02" w:rsidRDefault="00036B02" w:rsidP="00692ECF">
+    <w:p w14:paraId="4926D322" w14:textId="77777777" w:rsidR="00580157" w:rsidRDefault="00580157" w:rsidP="00692ECF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="95"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
@@ -6604,99 +6593,103 @@
     <w:rsid w:val="000A37CE"/>
     <w:rsid w:val="000A388F"/>
     <w:rsid w:val="000B2CEF"/>
     <w:rsid w:val="000E2654"/>
     <w:rsid w:val="000F6621"/>
     <w:rsid w:val="001148B1"/>
     <w:rsid w:val="001165D4"/>
     <w:rsid w:val="001234AD"/>
     <w:rsid w:val="00141F28"/>
     <w:rsid w:val="0014350F"/>
     <w:rsid w:val="0015742D"/>
     <w:rsid w:val="00180444"/>
     <w:rsid w:val="00184B72"/>
     <w:rsid w:val="00191AAF"/>
     <w:rsid w:val="00194FFE"/>
     <w:rsid w:val="001B4BE9"/>
     <w:rsid w:val="001D5010"/>
     <w:rsid w:val="001F6D28"/>
     <w:rsid w:val="00203511"/>
     <w:rsid w:val="00212902"/>
     <w:rsid w:val="00224B30"/>
     <w:rsid w:val="002271BE"/>
     <w:rsid w:val="00230013"/>
     <w:rsid w:val="00230C71"/>
     <w:rsid w:val="002535B8"/>
+    <w:rsid w:val="00253C41"/>
     <w:rsid w:val="002617C7"/>
     <w:rsid w:val="00282391"/>
     <w:rsid w:val="00294595"/>
     <w:rsid w:val="002A6AE6"/>
     <w:rsid w:val="002C7536"/>
     <w:rsid w:val="002E410C"/>
     <w:rsid w:val="002E7472"/>
     <w:rsid w:val="002F0261"/>
+    <w:rsid w:val="002F2B18"/>
     <w:rsid w:val="002F5451"/>
     <w:rsid w:val="003370F2"/>
     <w:rsid w:val="00340C95"/>
     <w:rsid w:val="0034244E"/>
     <w:rsid w:val="00343DEA"/>
     <w:rsid w:val="0034429B"/>
     <w:rsid w:val="00344349"/>
     <w:rsid w:val="003555EA"/>
     <w:rsid w:val="00372431"/>
     <w:rsid w:val="00381E0B"/>
     <w:rsid w:val="00397D63"/>
     <w:rsid w:val="003C1789"/>
     <w:rsid w:val="003C3C60"/>
     <w:rsid w:val="003C5BDF"/>
+    <w:rsid w:val="003D2BC7"/>
     <w:rsid w:val="003D71AC"/>
     <w:rsid w:val="003D76E0"/>
     <w:rsid w:val="003E1F88"/>
     <w:rsid w:val="00411F21"/>
     <w:rsid w:val="004257EA"/>
     <w:rsid w:val="00440CF1"/>
     <w:rsid w:val="00453DD0"/>
     <w:rsid w:val="00457FC2"/>
     <w:rsid w:val="00471121"/>
     <w:rsid w:val="00473D34"/>
     <w:rsid w:val="0047447F"/>
     <w:rsid w:val="00483DED"/>
     <w:rsid w:val="004909B3"/>
     <w:rsid w:val="00490ACD"/>
     <w:rsid w:val="00496596"/>
     <w:rsid w:val="004D4DED"/>
     <w:rsid w:val="004E5FEF"/>
     <w:rsid w:val="004F6041"/>
     <w:rsid w:val="004F66AA"/>
     <w:rsid w:val="00507F31"/>
     <w:rsid w:val="00510F43"/>
     <w:rsid w:val="00512A3C"/>
     <w:rsid w:val="00513818"/>
     <w:rsid w:val="00532110"/>
     <w:rsid w:val="0053332A"/>
     <w:rsid w:val="00543818"/>
     <w:rsid w:val="00557AB4"/>
+    <w:rsid w:val="00580157"/>
     <w:rsid w:val="005810A7"/>
     <w:rsid w:val="005A0549"/>
     <w:rsid w:val="005A498D"/>
     <w:rsid w:val="005A70C6"/>
     <w:rsid w:val="005A7243"/>
     <w:rsid w:val="005B525F"/>
     <w:rsid w:val="005C1F50"/>
     <w:rsid w:val="005D3FD4"/>
     <w:rsid w:val="005E6069"/>
     <w:rsid w:val="00611ECD"/>
     <w:rsid w:val="00611FE9"/>
     <w:rsid w:val="00631A5A"/>
     <w:rsid w:val="0063578A"/>
     <w:rsid w:val="0068143B"/>
     <w:rsid w:val="00692ECF"/>
     <w:rsid w:val="00695849"/>
     <w:rsid w:val="00695D60"/>
     <w:rsid w:val="006B48B0"/>
     <w:rsid w:val="006B74D4"/>
     <w:rsid w:val="006F2036"/>
     <w:rsid w:val="006F6162"/>
     <w:rsid w:val="00702E38"/>
     <w:rsid w:val="00715BDD"/>
     <w:rsid w:val="007169F7"/>
     <w:rsid w:val="00723846"/>
@@ -6761,50 +6754,51 @@
     <w:rsid w:val="00A72C3E"/>
     <w:rsid w:val="00A746AB"/>
     <w:rsid w:val="00AC46C9"/>
     <w:rsid w:val="00AD2195"/>
     <w:rsid w:val="00AD6560"/>
     <w:rsid w:val="00AF0DB8"/>
     <w:rsid w:val="00AF339B"/>
     <w:rsid w:val="00AF6EE8"/>
     <w:rsid w:val="00B10A60"/>
     <w:rsid w:val="00B2203A"/>
     <w:rsid w:val="00B242E9"/>
     <w:rsid w:val="00B620DC"/>
     <w:rsid w:val="00B923BF"/>
     <w:rsid w:val="00B9738A"/>
     <w:rsid w:val="00BA2435"/>
     <w:rsid w:val="00BA4313"/>
     <w:rsid w:val="00BB6613"/>
     <w:rsid w:val="00BF592D"/>
     <w:rsid w:val="00C0717F"/>
     <w:rsid w:val="00C1080B"/>
     <w:rsid w:val="00C2081B"/>
     <w:rsid w:val="00C311DD"/>
     <w:rsid w:val="00C360EE"/>
     <w:rsid w:val="00C53128"/>
     <w:rsid w:val="00C54448"/>
+    <w:rsid w:val="00C65614"/>
     <w:rsid w:val="00C66DFF"/>
     <w:rsid w:val="00C763C5"/>
     <w:rsid w:val="00C86016"/>
     <w:rsid w:val="00CA74EE"/>
     <w:rsid w:val="00CB2B67"/>
     <w:rsid w:val="00CD1395"/>
     <w:rsid w:val="00CD6D3C"/>
     <w:rsid w:val="00CD6FB6"/>
     <w:rsid w:val="00CD71AF"/>
     <w:rsid w:val="00CE105F"/>
     <w:rsid w:val="00CE1120"/>
     <w:rsid w:val="00CF2EB4"/>
     <w:rsid w:val="00CF3B54"/>
     <w:rsid w:val="00CF6750"/>
     <w:rsid w:val="00D02389"/>
     <w:rsid w:val="00D07A0A"/>
     <w:rsid w:val="00D160C8"/>
     <w:rsid w:val="00D24562"/>
     <w:rsid w:val="00D2625F"/>
     <w:rsid w:val="00D271C6"/>
     <w:rsid w:val="00D357EF"/>
     <w:rsid w:val="00D37AFC"/>
     <w:rsid w:val="00D43A1F"/>
     <w:rsid w:val="00D43EC7"/>
     <w:rsid w:val="00D631C0"/>
@@ -7707,70 +7701,70 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1442</Words>
-  <Characters>8223</Characters>
+  <Words>1440</Words>
+  <Characters>8213</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>68</Lines>
   <Paragraphs>19</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9646</CharactersWithSpaces>
+  <CharactersWithSpaces>9634</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Chayanut Niramorn</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>