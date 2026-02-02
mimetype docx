--- v0 (2025-11-15)
+++ v1 (2026-02-02)
@@ -1,45 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="10416946" w14:textId="53FD3FAD" w:rsidR="00C36E7B" w:rsidRPr="00F23E09" w:rsidRDefault="004C746D" w:rsidP="000B6F0D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="4770"/>
         </w:tabs>
         <w:ind w:right="-514"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
@@ -1148,94 +1144,98 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0086379F">
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:sz w:val="28"/>
           <w:cs/>
         </w:rPr>
         <w:t xml:space="preserve">*แนบไฟล์ส่งที่ </w:t>
       </w:r>
       <w:r w:rsidRPr="0086379F">
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Email</w:t>
       </w:r>
       <w:r w:rsidRPr="0086379F">
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:sz w:val="28"/>
           <w:cs/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="007140FE">
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>aomjai.kon</w:t>
       </w:r>
       <w:r w:rsidR="004F40D0" w:rsidRPr="004F40D0">
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>@mahidol</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="004F40D0" w:rsidRPr="004F40D0">
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:sz w:val="28"/>
           <w:cs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="004F40D0" w:rsidRPr="004F40D0">
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ac</w:t>
       </w:r>
       <w:r w:rsidR="004F40D0" w:rsidRPr="004F40D0">
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:sz w:val="28"/>
           <w:cs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="004F40D0" w:rsidRPr="004F40D0">
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>th</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="center" w:tblpY="34"/>
         <w:tblW w:w="9889" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="709"/>
         <w:gridCol w:w="6912"/>
         <w:gridCol w:w="709"/>
         <w:gridCol w:w="709"/>
         <w:gridCol w:w="850"/>
       </w:tblGrid>
       <w:tr w:rsidR="00A33CF5" w:rsidRPr="0086379F" w14:paraId="52E3521A" w14:textId="77777777" w:rsidTr="0064495C">
         <w:trPr>
@@ -6336,51 +6336,69 @@
             <w:r w:rsidRPr="0086379F">
               <w:rPr>
                 <w:rFonts w:ascii="TH Sarabun New" w:eastAsia="Cordia New" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
                 <w:sz w:val="28"/>
                 <w:cs/>
               </w:rPr>
               <w:t>- เอกสารอื่น ๆ ที่เกี่ยวข้อง (ถ้ามี)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2428B023" w14:textId="77777777" w:rsidR="0067198C" w:rsidRPr="0086379F" w:rsidRDefault="0067198C" w:rsidP="0067198C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="454"/>
               <w:rPr>
                 <w:rFonts w:ascii="TH Sarabun New" w:eastAsia="Cordia New" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
                 <w:sz w:val="28"/>
                 <w:cs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="TH Sarabun New" w:eastAsia="Cordia New" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
                 <w:sz w:val="28"/>
                 <w:cs/>
               </w:rPr>
-              <w:t>- แบบ ย.พ.1</w:t>
+              <w:t xml:space="preserve">- แบบ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="TH Sarabun New" w:eastAsia="Cordia New" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
+                <w:sz w:val="28"/>
+                <w:cs/>
+              </w:rPr>
+              <w:t>ย.พ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="TH Sarabun New" w:eastAsia="Cordia New" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
+                <w:sz w:val="28"/>
+                <w:cs/>
+              </w:rPr>
+              <w:t>.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="47F9F67F" w14:textId="7B649DB9" w:rsidR="0067198C" w:rsidRPr="0086379F" w:rsidRDefault="0067198C" w:rsidP="0067198C">
             <w:pPr>
               <w:spacing w:line="340" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="TH Sarabun New" w:eastAsia="Cordia New" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
                 <w:sz w:val="28"/>
                 <w:cs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0086379F">
               <w:rPr>
                 <w:rFonts w:ascii="TH Sarabun New" w:eastAsia="Cordia New" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
@@ -6677,76 +6695,72 @@
     <w:p w14:paraId="3E5DBF11" w14:textId="77777777" w:rsidR="00E35832" w:rsidRDefault="00E35832">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2D77BDDA" w14:textId="77777777" w:rsidR="00941802" w:rsidRPr="00F23E09" w:rsidRDefault="00941802">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="65BB2364" w14:textId="77777777" w:rsidR="00052A1A" w:rsidRPr="00F23E09" w:rsidRDefault="00052A1A" w:rsidP="00BA5EE8">
       <w:pPr>
         <w:ind w:left="-284" w:right="-46"/>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00052A1A" w:rsidRPr="00F23E09" w:rsidSect="00306685">
-      <w:headerReference w:type="even" r:id="rId9"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId14"/>
+      <w:headerReference w:type="default" r:id="rId9"/>
+      <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="567" w:right="1418" w:bottom="284" w:left="1418" w:header="284" w:footer="0" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0C73B66F" w14:textId="77777777" w:rsidR="003032AF" w:rsidRDefault="003032AF" w:rsidP="00A15148">
+    <w:p w14:paraId="56108D62" w14:textId="77777777" w:rsidR="00AD399E" w:rsidRDefault="00AD399E" w:rsidP="00A15148">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4FEB1726" w14:textId="77777777" w:rsidR="003032AF" w:rsidRDefault="003032AF" w:rsidP="00A15148">
+    <w:p w14:paraId="0C5AAEE2" w14:textId="77777777" w:rsidR="00AD399E" w:rsidRDefault="00AD399E" w:rsidP="00A15148">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cordia New">
@@ -6774,165 +6788,135 @@
     <w:panose1 w:val="020B0500040200020003"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A100006F" w:usb1="5000205A" w:usb2="00000000" w:usb3="00000000" w:csb0="00010183" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings 2">
     <w:panose1 w:val="05020102010507070707"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="15ED2D67" w14:textId="77777777" w:rsidR="00CD3738" w:rsidRDefault="00CD3738">
-[...8 lines deleted...]
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="251E1B36" w14:textId="77777777" w:rsidR="006A1B81" w:rsidRPr="00F3352F" w:rsidRDefault="006A1B81" w:rsidP="00D820D9">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2FDB651F" w14:textId="77777777" w:rsidR="003032AF" w:rsidRDefault="003032AF" w:rsidP="00A15148">
+    <w:p w14:paraId="2C3E87C8" w14:textId="77777777" w:rsidR="00AD399E" w:rsidRDefault="00AD399E" w:rsidP="00A15148">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6D3C539A" w14:textId="77777777" w:rsidR="003032AF" w:rsidRDefault="003032AF" w:rsidP="00A15148">
+    <w:p w14:paraId="74F91EAB" w14:textId="77777777" w:rsidR="00AD399E" w:rsidRDefault="00AD399E" w:rsidP="00A15148">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="553A70FA" w14:textId="77777777" w:rsidR="00CD3738" w:rsidRDefault="00CD3738">
-[...9 lines deleted...]
-  <w:p w14:paraId="4FB72128" w14:textId="137A6A0A" w:rsidR="006050F9" w:rsidRPr="00D820D9" w:rsidRDefault="00000000" w:rsidP="00D820D9">
+  <w:p w14:paraId="4FB72128" w14:textId="34CADC1B" w:rsidR="006050F9" w:rsidRPr="00D820D9" w:rsidRDefault="00000000" w:rsidP="00D820D9">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="-1962101583"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
         <w:r w:rsidR="00D820D9" w:rsidRPr="00306685">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           </w:rPr>
           <w:t>Form 1</w:t>
         </w:r>
         <w:r w:rsidR="00D820D9" w:rsidRPr="00306685">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cs="Cordia New"/>
             <w:szCs w:val="24"/>
             <w:cs/>
           </w:rPr>
           <w:t xml:space="preserve">: </w:t>
         </w:r>
         <w:r w:rsidR="00306685" w:rsidRPr="00306685">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           </w:rPr>
           <w:t xml:space="preserve">May </w:t>
         </w:r>
         <w:r w:rsidR="00D820D9" w:rsidRPr="00306685">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           </w:rPr>
-          <w:t>2022</w:t>
+          <w:t>202</w:t>
         </w:r>
         <w:r w:rsidR="00CD3738">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
         <w:r w:rsidR="00D820D9">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00D820D9">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:tab/>
         </w:r>
       </w:sdtContent>
     </w:sdt>
@@ -6990,60 +6974,50 @@
       <w:rPr>
         <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
         <w:noProof/>
         <w:sz w:val="22"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidR="00D820D9" w:rsidRPr="00D820D9">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cs="Cordia New"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:cs/>
       </w:rPr>
       <w:t>/</w:t>
     </w:r>
     <w:r w:rsidR="00D820D9" w:rsidRPr="00D820D9">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>3</w:t>
     </w:r>
-  </w:p>
-[...8 lines deleted...]
-    </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="45FC0E89"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="5D4481F0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="16"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
@@ -7439,50 +7413,51 @@
         <w:ind w:left="10080" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1650279648">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1507867418">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="2107117299">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="705570201">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:applyBreakingRules/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C36E7B"/>
     <w:rsid w:val="00004640"/>
@@ -7534,64 +7509,66 @@
     <w:rsid w:val="0045727D"/>
     <w:rsid w:val="00464015"/>
     <w:rsid w:val="004A4C83"/>
     <w:rsid w:val="004A6CA7"/>
     <w:rsid w:val="004C2B33"/>
     <w:rsid w:val="004C645F"/>
     <w:rsid w:val="004C746D"/>
     <w:rsid w:val="004D00D9"/>
     <w:rsid w:val="004D25A2"/>
     <w:rsid w:val="004F40D0"/>
     <w:rsid w:val="004F4CED"/>
     <w:rsid w:val="00504FFD"/>
     <w:rsid w:val="00541361"/>
     <w:rsid w:val="00542AA0"/>
     <w:rsid w:val="005707F3"/>
     <w:rsid w:val="005725D3"/>
     <w:rsid w:val="005848B5"/>
     <w:rsid w:val="005874E1"/>
     <w:rsid w:val="005A0EEF"/>
     <w:rsid w:val="005D08E9"/>
     <w:rsid w:val="005D536D"/>
     <w:rsid w:val="005D5946"/>
     <w:rsid w:val="005D7830"/>
     <w:rsid w:val="005F7743"/>
     <w:rsid w:val="006050F9"/>
+    <w:rsid w:val="00643F51"/>
     <w:rsid w:val="0064495C"/>
     <w:rsid w:val="0064537A"/>
     <w:rsid w:val="0064554F"/>
     <w:rsid w:val="0066046D"/>
     <w:rsid w:val="006675FC"/>
     <w:rsid w:val="0067198C"/>
     <w:rsid w:val="0068432C"/>
     <w:rsid w:val="006A1310"/>
     <w:rsid w:val="006A1544"/>
     <w:rsid w:val="006A1B81"/>
     <w:rsid w:val="006B729F"/>
     <w:rsid w:val="006C3B4D"/>
     <w:rsid w:val="006C687F"/>
     <w:rsid w:val="006D499A"/>
+    <w:rsid w:val="006E5324"/>
     <w:rsid w:val="007066F0"/>
     <w:rsid w:val="007140FE"/>
     <w:rsid w:val="007458CA"/>
     <w:rsid w:val="00761930"/>
     <w:rsid w:val="007652E9"/>
     <w:rsid w:val="007A2688"/>
     <w:rsid w:val="007A4DEB"/>
     <w:rsid w:val="007A6C28"/>
     <w:rsid w:val="007B06CA"/>
     <w:rsid w:val="007C7DB0"/>
     <w:rsid w:val="007D00B8"/>
     <w:rsid w:val="007D6171"/>
     <w:rsid w:val="007F18CF"/>
     <w:rsid w:val="007F6831"/>
     <w:rsid w:val="00806331"/>
     <w:rsid w:val="00817C84"/>
     <w:rsid w:val="00832192"/>
     <w:rsid w:val="008364EF"/>
     <w:rsid w:val="0086379F"/>
     <w:rsid w:val="00871465"/>
     <w:rsid w:val="008A098D"/>
     <w:rsid w:val="008C166A"/>
     <w:rsid w:val="008C39E1"/>
     <w:rsid w:val="008D16E7"/>
     <w:rsid w:val="008D2242"/>
@@ -7605,94 +7582,96 @@
     <w:rsid w:val="00941802"/>
     <w:rsid w:val="00954BAE"/>
     <w:rsid w:val="00964EB8"/>
     <w:rsid w:val="00984888"/>
     <w:rsid w:val="00984BFC"/>
     <w:rsid w:val="00987E58"/>
     <w:rsid w:val="009974B6"/>
     <w:rsid w:val="009A05F6"/>
     <w:rsid w:val="009C5A75"/>
     <w:rsid w:val="009C7C23"/>
     <w:rsid w:val="00A04E23"/>
     <w:rsid w:val="00A11CB0"/>
     <w:rsid w:val="00A15148"/>
     <w:rsid w:val="00A20961"/>
     <w:rsid w:val="00A24E20"/>
     <w:rsid w:val="00A33CF5"/>
     <w:rsid w:val="00A407DC"/>
     <w:rsid w:val="00A52478"/>
     <w:rsid w:val="00A5538E"/>
     <w:rsid w:val="00A66B58"/>
     <w:rsid w:val="00A81C91"/>
     <w:rsid w:val="00A83627"/>
     <w:rsid w:val="00AA32A9"/>
     <w:rsid w:val="00AB6C46"/>
     <w:rsid w:val="00AD1EC2"/>
+    <w:rsid w:val="00AD399E"/>
     <w:rsid w:val="00AD68FD"/>
     <w:rsid w:val="00AE2FD6"/>
     <w:rsid w:val="00AE4AB3"/>
     <w:rsid w:val="00AF0138"/>
     <w:rsid w:val="00AF5B4C"/>
     <w:rsid w:val="00AF686F"/>
     <w:rsid w:val="00AF7583"/>
     <w:rsid w:val="00B04150"/>
     <w:rsid w:val="00B2601E"/>
     <w:rsid w:val="00B30352"/>
     <w:rsid w:val="00B35BA2"/>
     <w:rsid w:val="00B51EB7"/>
     <w:rsid w:val="00B52DB2"/>
     <w:rsid w:val="00B5434F"/>
     <w:rsid w:val="00B70960"/>
     <w:rsid w:val="00B76925"/>
     <w:rsid w:val="00B9090B"/>
     <w:rsid w:val="00B9100A"/>
     <w:rsid w:val="00B96A8E"/>
     <w:rsid w:val="00B978E6"/>
     <w:rsid w:val="00BA1EEB"/>
     <w:rsid w:val="00BA4BEE"/>
     <w:rsid w:val="00BA5EE8"/>
     <w:rsid w:val="00BC6078"/>
     <w:rsid w:val="00BC656D"/>
     <w:rsid w:val="00BD080D"/>
     <w:rsid w:val="00BD500E"/>
     <w:rsid w:val="00BF3236"/>
     <w:rsid w:val="00C36E7B"/>
     <w:rsid w:val="00C505CF"/>
     <w:rsid w:val="00C619DD"/>
     <w:rsid w:val="00C9762E"/>
     <w:rsid w:val="00CA75FB"/>
     <w:rsid w:val="00CC7EA1"/>
     <w:rsid w:val="00CD3738"/>
     <w:rsid w:val="00D132C0"/>
     <w:rsid w:val="00D27910"/>
     <w:rsid w:val="00D37680"/>
     <w:rsid w:val="00D4357B"/>
     <w:rsid w:val="00D5352A"/>
     <w:rsid w:val="00D7537C"/>
     <w:rsid w:val="00D820D9"/>
     <w:rsid w:val="00D9770F"/>
     <w:rsid w:val="00D97EDA"/>
+    <w:rsid w:val="00DA1038"/>
     <w:rsid w:val="00DA4A3D"/>
     <w:rsid w:val="00DB7790"/>
     <w:rsid w:val="00DD6952"/>
     <w:rsid w:val="00DE1DFE"/>
     <w:rsid w:val="00DF5CFC"/>
     <w:rsid w:val="00E02994"/>
     <w:rsid w:val="00E14D2C"/>
     <w:rsid w:val="00E1512E"/>
     <w:rsid w:val="00E279F4"/>
     <w:rsid w:val="00E3458D"/>
     <w:rsid w:val="00E35832"/>
     <w:rsid w:val="00E35B80"/>
     <w:rsid w:val="00E371C9"/>
     <w:rsid w:val="00E54137"/>
     <w:rsid w:val="00E834CE"/>
     <w:rsid w:val="00E860B4"/>
     <w:rsid w:val="00E90CCC"/>
     <w:rsid w:val="00EA1C01"/>
     <w:rsid w:val="00EA43C3"/>
     <w:rsid w:val="00EA77C2"/>
     <w:rsid w:val="00ED20CC"/>
     <w:rsid w:val="00ED3016"/>
     <w:rsid w:val="00ED53B5"/>
     <w:rsid w:val="00EE452B"/>
     <w:rsid w:val="00F15ED2"/>
@@ -8275,51 +8254,51 @@
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="1809853953">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -8583,51 +8562,51 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{56044198-9830-46CF-A770-3F29BD9F3D17}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
+  <Pages>1</Pages>
   <Words>680</Words>
   <Characters>3882</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>32</Lines>
   <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>4553</CharactersWithSpaces>