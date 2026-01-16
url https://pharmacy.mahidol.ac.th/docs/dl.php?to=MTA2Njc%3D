--- v0 (2025-10-14)
+++ v1 (2026-01-16)
@@ -1,222 +1,383 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w14:paraId="260C0C76" w14:textId="74A0922E" w:rsidR="00987FDA" w:rsidRPr="009F63B0" w:rsidRDefault="00C602DA" w:rsidP="00370FF4">
+    <w:p w14:paraId="260C0C76" w14:textId="5844F21E" w:rsidR="00987FDA" w:rsidRPr="009F63B0" w:rsidRDefault="00597FA5" w:rsidP="00370FF4">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4153"/>
           <w:tab w:val="clear" w:pos="8306"/>
         </w:tabs>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH NiramitIT๙" w:hAnsi="TH NiramitIT๙" w:cs="TH NiramitIT๙"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="TH NiramitIT๙" w:hAnsi="TH NiramitIT๙" w:cs="TH NiramitIT๙"/>
           <w:noProof/>
           <w:sz w:val="32"/>
         </w:rPr>
-        <w:pict w14:anchorId="7B9314FA">
-[...77 lines deleted...]
-        </w:pict>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7B9314FA" wp14:editId="73BDED49">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>5038090</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>-44450</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="965835" cy="344170"/>
+                <wp:effectExtent l="10160" t="12700" r="5080" b="5080"/>
+                <wp:wrapNone/>
+                <wp:docPr id="2" name="Text Box 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="965835" cy="344170"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="9525">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="5498AB49" w14:textId="77777777" w:rsidR="00277968" w:rsidRPr="00067565" w:rsidRDefault="00277968" w:rsidP="00277968">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="TH Niramit AS" w:hAnsi="TH Niramit AS" w:cs="TH Niramit AS"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="00067565">
+                              <w:rPr>
+                                <w:rFonts w:ascii="TH Niramit AS" w:hAnsi="TH Niramit AS" w:cs="TH Niramit AS"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                                <w:cs/>
+                              </w:rPr>
+                              <w:t>ลค</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidR="00067565" w:rsidRPr="00067565">
+                              <w:rPr>
+                                <w:rFonts w:ascii="TH Niramit AS" w:hAnsi="TH Niramit AS" w:cs="TH Niramit AS"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                                <w:cs/>
+                              </w:rPr>
+                              <w:t>จ</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00067565">
+                              <w:rPr>
+                                <w:rFonts w:ascii="TH Niramit AS" w:hAnsi="TH Niramit AS" w:cs="TH Niramit AS"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                                <w:cs/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">. </w:t>
+                            </w:r>
+                            <w:r w:rsidR="00067565" w:rsidRPr="00067565">
+                              <w:rPr>
+                                <w:rFonts w:ascii="TH Niramit AS" w:hAnsi="TH Niramit AS" w:cs="TH Niramit AS"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                                <w:cs/>
+                              </w:rPr>
+                              <w:t>0</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00067565">
+                              <w:rPr>
+                                <w:rFonts w:ascii="TH Niramit AS" w:hAnsi="TH Niramit AS" w:cs="TH Niramit AS"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                                <w:cs/>
+                              </w:rPr>
+                              <w:t>1</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shapetype w14:anchorId="7B9314FA" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                <v:stroke joinstyle="miter"/>
+                <v:path gradientshapeok="t" o:connecttype="rect"/>
+              </v:shapetype>
+              <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:396.7pt;margin-top:-3.5pt;width:76.05pt;height:27.1pt;z-index:251657728;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAFlVTwKgIAAE8EAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD0vjhxkzY14hRdugwD&#10;ugvQ7gNkWY6FyaJGKbG7rx8lp1nQbS/D/CCIInV0eEh6dTN0hh0Ueg225LPJlDNlJdTa7kr+9XH7&#10;ZsmZD8LWwoBVJX9Snt+sX79a9a5QObRgaoWMQKwvelfyNgRXZJmXreqEn4BTlpwNYCcCmbjLahQ9&#10;oXcmy6fTy6wHrB2CVN7T6d3o5OuE3zRKhs9N41VgpuTELaQV01rFNVuvRLFD4VotjzTEP7DohLb0&#10;6AnqTgTB9qh/g+q0RPDQhImELoOm0VKlHCib2fRFNg+tcCrlQuJ4d5LJ/z9Y+enwBZmuS55zZkVH&#10;JXpUQ2BvYWB5VKd3vqCgB0dhYaBjqnLK1Lt7kN88s7Bphd2pW0ToWyVqYjeLN7OzqyOOjyBV/xFq&#10;ekbsAySgocEuSkdiMEKnKj2dKhOpSDq8vlwsLxacSXJdzOezq1S5TBTPlx368F5Bx+Km5EiFT+Di&#10;cO9DJCOK55D4lgej6602Jhm4qzYG2UFQk2zTl/i/CDOW9cRkkS/G/P8KMU3fnyA6Hajbje5KvjwF&#10;iSKq9s7WqReD0GbcE2VjjzJG5UYNw1ANx7JUUD+RoAhjV9MU0qYF/MFZTx1dcv99L1BxZj5YKsr1&#10;bD6PI5CM+eIqJwPPPdW5R1hJUCUPnI3bTRjHZu9Q71p6aWwDC7dUyEYnkWPFR1ZH3tS1SfvjhMWx&#10;OLdT1K//wPonAAAA//8DAFBLAwQUAAYACAAAACEAgpWQG+AAAAAJAQAADwAAAGRycy9kb3ducmV2&#10;LnhtbEyPwU7DMBBE70j8g7VIXFDr0KZNE7KpEBIIblAQXN3YTSLidbDdNPw9ywmOq32aeVNuJ9uL&#10;0fjQOUK4nicgDNVOd9QgvL3ezzYgQlSkVe/IIHybANvq/KxUhXYnejHjLjaCQygUCqGNcSikDHVr&#10;rApzNxji38F5qyKfvpHaqxOH214ukmQtreqIG1o1mLvW1J+7o0XYpI/jR3haPr/X60Ofx6tsfPjy&#10;iJcX0+0NiGim+AfDrz6rQ8VOe3ckHUSPkOXLlFGEWcabGMjT1QrEHiHNFiCrUv5fUP0AAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEABZVU8CoCAABPBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAgpWQG+AAAAAJAQAADwAAAAAAAAAAAAAAAACEBAAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJEFAAAAAA==&#10;">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="5498AB49" w14:textId="77777777" w:rsidR="00277968" w:rsidRPr="00067565" w:rsidRDefault="00277968" w:rsidP="00277968">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="TH Niramit AS" w:hAnsi="TH Niramit AS" w:cs="TH Niramit AS"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidRPr="00067565">
+                        <w:rPr>
+                          <w:rFonts w:ascii="TH Niramit AS" w:hAnsi="TH Niramit AS" w:cs="TH Niramit AS"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                          <w:cs/>
+                        </w:rPr>
+                        <w:t>ลค</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidR="00067565" w:rsidRPr="00067565">
+                        <w:rPr>
+                          <w:rFonts w:ascii="TH Niramit AS" w:hAnsi="TH Niramit AS" w:cs="TH Niramit AS"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                          <w:cs/>
+                        </w:rPr>
+                        <w:t>จ</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00067565">
+                        <w:rPr>
+                          <w:rFonts w:ascii="TH Niramit AS" w:hAnsi="TH Niramit AS" w:cs="TH Niramit AS"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                          <w:cs/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">. </w:t>
+                      </w:r>
+                      <w:r w:rsidR="00067565" w:rsidRPr="00067565">
+                        <w:rPr>
+                          <w:rFonts w:ascii="TH Niramit AS" w:hAnsi="TH Niramit AS" w:cs="TH Niramit AS"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                          <w:cs/>
+                        </w:rPr>
+                        <w:t>0</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00067565">
+                        <w:rPr>
+                          <w:rFonts w:ascii="TH Niramit AS" w:hAnsi="TH Niramit AS" w:cs="TH Niramit AS"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                          <w:cs/>
+                        </w:rPr>
+                        <w:t>1</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="0017483D" w:rsidRPr="001F30BA">
         <w:rPr>
           <w:rFonts w:ascii="TH NiramitIT๙" w:hAnsi="TH NiramitIT๙" w:cs="TH NiramitIT๙"/>
           <w:sz w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">                            </w:t>
       </w:r>
       <w:r w:rsidR="001F30BA">
         <w:rPr>
           <w:rFonts w:ascii="TH NiramitIT๙" w:hAnsi="TH NiramitIT๙" w:cs="TH NiramitIT๙"/>
           <w:sz w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">            </w:t>
       </w:r>
       <w:r w:rsidR="009F63B0">
         <w:rPr>
           <w:rFonts w:ascii="TH NiramitIT๙" w:hAnsi="TH NiramitIT๙" w:cs="TH NiramitIT๙" w:hint="cs"/>
           <w:sz w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001F30BA">
         <w:rPr>
           <w:rFonts w:ascii="TH NiramitIT๙" w:hAnsi="TH NiramitIT๙" w:cs="TH NiramitIT๙"/>
           <w:sz w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009F63B0">
         <w:rPr>
           <w:rFonts w:ascii="TH NiramitIT๙" w:hAnsi="TH NiramitIT๙" w:cs="TH NiramitIT๙"/>
           <w:sz w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="0017483D" w:rsidRPr="001F30BA">
         <w:rPr>
           <w:rFonts w:ascii="TH NiramitIT๙" w:hAnsi="TH NiramitIT๙" w:cs="TH NiramitIT๙"/>
           <w:sz w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">         </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Browallia New" w:hAnsi="Browallia New" w:cs="Browallia New"/>
           <w:noProof/>
           <w:sz w:val="32"/>
         </w:rPr>
-        <w:pict w14:anchorId="1EEB76BA">
-[...22 lines deleted...]
-        </w:pict>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1EEB76BA" wp14:editId="6A86333E">
+            <wp:extent cx="899160" cy="899160"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="1" name="Picture 1" descr="2019logo-MU_BW"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 1" descr="2019logo-MU_BW"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId5" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="899160" cy="899160"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
       </w:r>
       <w:r w:rsidR="00ED28CC" w:rsidRPr="001F30BA">
         <w:rPr>
           <w:rFonts w:ascii="TH NiramitIT๙" w:hAnsi="TH NiramitIT๙" w:cs="TH NiramitIT๙"/>
           <w:sz w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009F63B0">
         <w:rPr>
           <w:rFonts w:ascii="TH NiramitIT๙" w:hAnsi="TH NiramitIT๙" w:cs="TH NiramitIT๙" w:hint="cs"/>
           <w:sz w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t xml:space="preserve">            </w:t>
       </w:r>
       <w:r w:rsidR="00ED28CC" w:rsidRPr="001F30BA">
         <w:rPr>
           <w:rFonts w:ascii="TH NiramitIT๙" w:hAnsi="TH NiramitIT๙" w:cs="TH NiramitIT๙"/>
           <w:sz w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00FA0785" w:rsidRPr="009F63B0">
         <w:rPr>
@@ -240,51 +401,51 @@
         </w:rPr>
         <w:t>…………</w:t>
       </w:r>
       <w:r w:rsidR="009F63B0" w:rsidRPr="009F63B0">
         <w:rPr>
           <w:rFonts w:ascii="TH NiramitIT๙" w:hAnsi="TH NiramitIT๙" w:cs="TH NiramitIT๙" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:cs/>
         </w:rPr>
         <w:t>.....</w:t>
       </w:r>
       <w:r w:rsidR="0017483D" w:rsidRPr="009F63B0">
         <w:rPr>
           <w:rFonts w:ascii="TH NiramitIT๙" w:hAnsi="TH NiramitIT๙" w:cs="TH NiramitIT๙"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>……………</w:t>
       </w:r>
       <w:r w:rsidR="00ED28CC" w:rsidRPr="009F63B0">
         <w:rPr>
           <w:rFonts w:ascii="TH NiramitIT๙" w:hAnsi="TH NiramitIT๙" w:cs="TH NiramitIT๙"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>……</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00C602DA">
         <w:rPr>
           <w:rFonts w:ascii="TH NiramitIT๙" w:hAnsi="TH NiramitIT๙" w:cs="TH NiramitIT๙" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:cs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00ED28CC" w:rsidRPr="009F63B0">
         <w:rPr>
           <w:rFonts w:ascii="TH NiramitIT๙" w:hAnsi="TH NiramitIT๙" w:cs="TH NiramitIT๙"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>……</w:t>
       </w:r>
       <w:r w:rsidR="009F63B0" w:rsidRPr="009F63B0">
         <w:rPr>
           <w:rFonts w:ascii="TH NiramitIT๙" w:hAnsi="TH NiramitIT๙" w:cs="TH NiramitIT๙"/>
           <w:sz w:val="28"/>
           <w:cs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3746C53D" w14:textId="77777777" w:rsidR="00987FDA" w:rsidRPr="009F63B0" w:rsidRDefault="00987FDA" w:rsidP="00370FF4">
       <w:pPr>
@@ -727,51 +888,51 @@
           <w:cs/>
         </w:rPr>
         <w:t>..................................</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B902D0D" w14:textId="77777777" w:rsidR="006011EE" w:rsidRPr="009F63B0" w:rsidRDefault="003464B8" w:rsidP="003464B8">
       <w:pPr>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH NiramitIT๙" w:hAnsi="TH NiramitIT๙" w:cs="TH NiramitIT๙"/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="TH NiramitIT๙" w:hAnsi="TH NiramitIT๙" w:cs="TH NiramitIT๙"/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>………………………………………………………………………………………………………………………………………………………………………………………………………………</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="751D178C" w14:textId="77777777" w:rsidR="00D9176C" w:rsidRPr="009F63B0" w:rsidRDefault="00370FF4" w:rsidP="00370FF4">
+    <w:p w14:paraId="751D178C" w14:textId="40DD0C59" w:rsidR="00D9176C" w:rsidRPr="009F63B0" w:rsidRDefault="00370FF4" w:rsidP="00370FF4">
       <w:pPr>
         <w:spacing w:before="240" w:after="240"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH NiramitIT๙" w:hAnsi="TH NiramitIT๙" w:cs="TH NiramitIT๙"/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009F63B0">
         <w:rPr>
           <w:rFonts w:ascii="TH NiramitIT๙" w:hAnsi="TH NiramitIT๙" w:cs="TH NiramitIT๙" w:hint="cs"/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:cs/>
         </w:rPr>
         <w:t xml:space="preserve">ในการนี้ เพื่อให้การบริหารจัดการโครงการดังกล่าวเป็นไปด้วยความเรียบร้อยและถูกต้องตามระเบียบข้อบังคับของมหาวิทยาลัยมหิดล จึงขออนุมัติจ้างลูกจ้างชั่วคราว </w:t>
       </w:r>
       <w:r w:rsidRPr="009F63B0">
         <w:rPr>
           <w:rFonts w:ascii="TH NiramitIT๙" w:hAnsi="TH NiramitIT๙" w:cs="TH NiramitIT๙"/>
           <w:spacing w:val="-8"/>
@@ -1033,70 +1194,118 @@
           <w:spacing w:val="-8"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:cs/>
         </w:rPr>
         <w:t>............</w:t>
       </w:r>
       <w:r w:rsidR="003464B8">
         <w:rPr>
           <w:rFonts w:ascii="TH NiramitIT๙" w:hAnsi="TH NiramitIT๙" w:cs="TH NiramitIT๙"/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:cs/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="003464B8" w:rsidRPr="009F63B0">
         <w:rPr>
           <w:rFonts w:ascii="TH NiramitIT๙" w:hAnsi="TH NiramitIT๙" w:cs="TH NiramitIT๙" w:hint="cs"/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:cs/>
         </w:rPr>
-        <w:t>ถึงวันที่..............................................</w:t>
+        <w:t>ถึงวันที่....................................</w:t>
       </w:r>
       <w:r w:rsidR="003464B8">
         <w:rPr>
           <w:rFonts w:ascii="TH NiramitIT๙" w:hAnsi="TH NiramitIT๙" w:cs="TH NiramitIT๙"/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005A49DF" w:rsidRPr="009F63B0">
         <w:rPr>
           <w:rFonts w:ascii="TH NiramitIT๙" w:hAnsi="TH NiramitIT๙" w:cs="TH NiramitIT๙" w:hint="cs"/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:cs/>
         </w:rPr>
         <w:t xml:space="preserve">มีระยะเวลา..............ปี.............เดือน............วัน  </w:t>
+      </w:r>
+      <w:r w:rsidR="005D5CE1" w:rsidRPr="005D5CE1">
+        <w:rPr>
+          <w:rFonts w:ascii="TH NiramitIT๙" w:hAnsi="TH NiramitIT๙" w:cs="TH NiramitIT๙"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t xml:space="preserve">ทั้งนี้เป็นการจ้าง  </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD21D4">
+        <w:rPr>
+          <w:rFonts w:ascii="TH NiramitIT๙" w:hAnsi="TH NiramitIT๙" w:cs="TH NiramitIT๙"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:sym w:font="Wingdings 2" w:char="F0A3"/>
+      </w:r>
+      <w:r w:rsidR="005D5CE1" w:rsidRPr="005D5CE1">
+        <w:rPr>
+          <w:rFonts w:ascii="TH NiramitIT๙" w:hAnsi="TH NiramitIT๙" w:cs="TH NiramitIT๙"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t xml:space="preserve">ครั้งแรก </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD21D4">
+        <w:rPr>
+          <w:rFonts w:ascii="TH NiramitIT๙" w:hAnsi="TH NiramitIT๙" w:cs="TH NiramitIT๙"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:sym w:font="Wingdings 2" w:char="F0A3"/>
+      </w:r>
+      <w:r w:rsidR="005D5CE1" w:rsidRPr="005D5CE1">
+        <w:rPr>
+          <w:rFonts w:ascii="TH NiramitIT๙" w:hAnsi="TH NiramitIT๙" w:cs="TH NiramitIT๙"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>จ้างต่อ ครั้งที่..........</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="781D4F2A" w14:textId="77777777" w:rsidR="0089411B" w:rsidRDefault="00D9176C" w:rsidP="006A7924">
       <w:pPr>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH NiramitIT๙" w:hAnsi="TH NiramitIT๙" w:cs="TH NiramitIT๙"/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009F63B0">
         <w:rPr>
           <w:rFonts w:ascii="TH NiramitIT๙" w:hAnsi="TH NiramitIT๙" w:cs="TH NiramitIT๙"/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009F63B0">
         <w:rPr>
           <w:rFonts w:ascii="TH NiramitIT๙" w:hAnsi="TH NiramitIT๙" w:cs="TH NiramitIT๙" w:hint="cs"/>
           <w:spacing w:val="-8"/>
@@ -1187,71 +1396,109 @@
           <w:cs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009F63B0">
         <w:rPr>
           <w:rFonts w:ascii="TH NiramitIT๙" w:hAnsi="TH NiramitIT๙" w:cs="TH NiramitIT๙"/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
         <w:t>(ลงชื่อ).........................................................</w:t>
       </w:r>
       <w:r w:rsidRPr="009F63B0">
         <w:rPr>
           <w:rFonts w:ascii="TH NiramitIT๙" w:hAnsi="TH NiramitIT๙" w:cs="TH NiramitIT๙"/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>...........</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0808E106" w14:textId="77777777" w:rsidR="00DE3718" w:rsidRPr="009F63B0" w:rsidRDefault="00DE3718" w:rsidP="00370FF4">
+    <w:p w14:paraId="0808E106" w14:textId="29C2727D" w:rsidR="00DE3718" w:rsidRDefault="00DE3718" w:rsidP="00370FF4">
       <w:pPr>
         <w:ind w:left="4320" w:firstLine="720"/>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:ascii="TH NiramitIT๙" w:hAnsi="TH NiramitIT๙" w:cs="TH NiramitIT๙"/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009F63B0">
         <w:rPr>
           <w:rFonts w:ascii="TH NiramitIT๙" w:hAnsi="TH NiramitIT๙" w:cs="TH NiramitIT๙"/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:cs/>
         </w:rPr>
         <w:t>ตำแหน่ง.................................................................</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="23AEEB18" w14:textId="3FFA4D67" w:rsidR="005D5CE1" w:rsidRPr="00BD21D4" w:rsidRDefault="005D5CE1" w:rsidP="00370FF4">
+      <w:pPr>
+        <w:ind w:left="4320" w:firstLine="720"/>
+        <w:jc w:val="thaiDistribute"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TH NiramitIT๙" w:hAnsi="TH NiramitIT๙" w:cs="TH NiramitIT๙"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TH NiramitIT๙" w:hAnsi="TH NiramitIT๙" w:cs="TH NiramitIT๙" w:hint="cs"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t xml:space="preserve">                    </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:r w:rsidRPr="00BD21D4">
+        <w:rPr>
+          <w:rFonts w:ascii="TH NiramitIT๙" w:hAnsi="TH NiramitIT๙" w:cs="TH NiramitIT๙" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t xml:space="preserve">หัวหน้าโครงการฯ </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="57AD55E8" w14:textId="77777777" w:rsidR="00C82C03" w:rsidRPr="00A545BE" w:rsidRDefault="00C82C03" w:rsidP="009F63B0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="TH NiramitIT๙" w:hAnsi="TH NiramitIT๙" w:cs="TH NiramitIT๙"/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2FC57DFF" w14:textId="77777777" w:rsidR="00200462" w:rsidRPr="00C82C03" w:rsidRDefault="00C82C03" w:rsidP="00C82C03">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="TH NiramitIT๙" w:hAnsi="TH NiramitIT๙" w:cs="TH NiramitIT๙"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1914,51 +2161,73 @@
                 <w:rFonts w:ascii="TH NiramitIT๙" w:hAnsi="TH NiramitIT๙" w:cs="TH NiramitIT๙" w:hint="cs"/>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:cs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="006D0BF6">
               <w:rPr>
                 <w:rFonts w:ascii="TH NiramitIT๙" w:hAnsi="TH NiramitIT๙" w:cs="TH NiramitIT๙" w:hint="cs"/>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:sym w:font="Wingdings 2" w:char="F0A3"/>
             </w:r>
             <w:r w:rsidRPr="006D0BF6">
               <w:rPr>
                 <w:rFonts w:ascii="TH NiramitIT๙" w:hAnsi="TH NiramitIT๙" w:cs="TH NiramitIT๙" w:hint="cs"/>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:cs/>
               </w:rPr>
-              <w:t xml:space="preserve">  อื่นๆ .................................</w:t>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D0BF6">
+              <w:rPr>
+                <w:rFonts w:ascii="TH NiramitIT๙" w:hAnsi="TH NiramitIT๙" w:cs="TH NiramitIT๙" w:hint="cs"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:cs/>
+              </w:rPr>
+              <w:t>อื่นๆ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D0BF6">
+              <w:rPr>
+                <w:rFonts w:ascii="TH NiramitIT๙" w:hAnsi="TH NiramitIT๙" w:cs="TH NiramitIT๙" w:hint="cs"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:cs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> .................................</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="TH NiramitIT๙" w:hAnsi="TH NiramitIT๙" w:cs="TH NiramitIT๙" w:hint="cs"/>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:cs/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidRPr="006D0BF6">
               <w:rPr>
                 <w:rFonts w:ascii="TH NiramitIT๙" w:hAnsi="TH NiramitIT๙" w:cs="TH NiramitIT๙" w:hint="cs"/>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:cs/>
               </w:rPr>
               <w:t>.........................</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -1982,51 +2251,73 @@
                 <w:rFonts w:ascii="TH NiramitIT๙" w:hAnsi="TH NiramitIT๙" w:cs="TH NiramitIT๙" w:hint="cs"/>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:cs/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidRPr="006D0BF6">
               <w:rPr>
                 <w:rFonts w:ascii="TH NiramitIT๙" w:hAnsi="TH NiramitIT๙" w:cs="TH NiramitIT๙" w:hint="cs"/>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:sym w:font="Wingdings 2" w:char="F0A3"/>
             </w:r>
             <w:r w:rsidRPr="006D0BF6">
               <w:rPr>
                 <w:rFonts w:ascii="TH NiramitIT๙" w:hAnsi="TH NiramitIT๙" w:cs="TH NiramitIT๙" w:hint="cs"/>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:cs/>
               </w:rPr>
-              <w:t xml:space="preserve">  อื่นๆ .............................</w:t>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D0BF6">
+              <w:rPr>
+                <w:rFonts w:ascii="TH NiramitIT๙" w:hAnsi="TH NiramitIT๙" w:cs="TH NiramitIT๙" w:hint="cs"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:cs/>
+              </w:rPr>
+              <w:t>อื่นๆ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D0BF6">
+              <w:rPr>
+                <w:rFonts w:ascii="TH NiramitIT๙" w:hAnsi="TH NiramitIT๙" w:cs="TH NiramitIT๙" w:hint="cs"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:cs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> .............................</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="TH NiramitIT๙" w:hAnsi="TH NiramitIT๙" w:cs="TH NiramitIT๙" w:hint="cs"/>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:cs/>
               </w:rPr>
               <w:t>...</w:t>
             </w:r>
             <w:r w:rsidRPr="006D0BF6">
               <w:rPr>
                 <w:rFonts w:ascii="TH NiramitIT๙" w:hAnsi="TH NiramitIT๙" w:cs="TH NiramitIT๙" w:hint="cs"/>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:cs/>
               </w:rPr>
               <w:t>.............................</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00ED60E8" w:rsidRPr="006D0BF6" w14:paraId="59816CA3" w14:textId="77777777" w:rsidTr="00ED6009">
@@ -2437,89 +2728,133 @@
                 <w:rFonts w:ascii="TH NiramitIT๙" w:hAnsi="TH NiramitIT๙" w:cs="TH NiramitIT๙" w:hint="cs"/>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:cs/>
               </w:rPr>
               <w:t xml:space="preserve">        </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="TH NiramitIT๙" w:hAnsi="TH NiramitIT๙" w:cs="TH NiramitIT๙" w:hint="cs"/>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:sym w:font="Wingdings 2" w:char="F099"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="TH NiramitIT๙" w:hAnsi="TH NiramitIT๙" w:cs="TH NiramitIT๙" w:hint="cs"/>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:cs/>
               </w:rPr>
-              <w:t xml:space="preserve"> สวรส. </w:t>
-            </w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="TH NiramitIT๙" w:hAnsi="TH NiramitIT๙" w:cs="TH NiramitIT๙" w:hint="cs"/>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:cs/>
+              </w:rPr>
+              <w:t>สวร</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="TH NiramitIT๙" w:hAnsi="TH NiramitIT๙" w:cs="TH NiramitIT๙" w:hint="cs"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:cs/>
+              </w:rPr>
+              <w:t xml:space="preserve">ส. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="TH NiramitIT๙" w:hAnsi="TH NiramitIT๙" w:cs="TH NiramitIT๙" w:hint="cs"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:sym w:font="Wingdings 2" w:char="F099"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="TH NiramitIT๙" w:hAnsi="TH NiramitIT๙" w:cs="TH NiramitIT๙" w:hint="cs"/>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:cs/>
               </w:rPr>
               <w:t xml:space="preserve"> สกอ.  </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="TH NiramitIT๙" w:hAnsi="TH NiramitIT๙" w:cs="TH NiramitIT๙" w:hint="cs"/>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:sym w:font="Wingdings 2" w:char="F099"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="TH NiramitIT๙" w:hAnsi="TH NiramitIT๙" w:cs="TH NiramitIT๙" w:hint="cs"/>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:cs/>
               </w:rPr>
-              <w:t xml:space="preserve"> อื่นๆ .....................</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="TH NiramitIT๙" w:hAnsi="TH NiramitIT๙" w:cs="TH NiramitIT๙" w:hint="cs"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:cs/>
+              </w:rPr>
+              <w:t>อื่นๆ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="TH NiramitIT๙" w:hAnsi="TH NiramitIT๙" w:cs="TH NiramitIT๙" w:hint="cs"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:cs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> .....................</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="641E508F" w14:textId="77777777" w:rsidR="00ED60E8" w:rsidRDefault="00ED60E8" w:rsidP="00ED60E8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="TH NiramitIT๙" w:hAnsi="TH NiramitIT๙" w:cs="TH NiramitIT๙"/>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:cs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -2566,51 +2901,73 @@
                 <w:rFonts w:ascii="TH NiramitIT๙" w:hAnsi="TH NiramitIT๙" w:cs="TH NiramitIT๙" w:hint="cs"/>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:cs/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidRPr="006D0BF6">
               <w:rPr>
                 <w:rFonts w:ascii="TH NiramitIT๙" w:hAnsi="TH NiramitIT๙" w:cs="TH NiramitIT๙" w:hint="cs"/>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:sym w:font="Wingdings 2" w:char="F0A3"/>
             </w:r>
             <w:r w:rsidRPr="006D0BF6">
               <w:rPr>
                 <w:rFonts w:ascii="TH NiramitIT๙" w:hAnsi="TH NiramitIT๙" w:cs="TH NiramitIT๙" w:hint="cs"/>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:cs/>
               </w:rPr>
-              <w:t xml:space="preserve">  อื่นๆ ...............................................</w:t>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D0BF6">
+              <w:rPr>
+                <w:rFonts w:ascii="TH NiramitIT๙" w:hAnsi="TH NiramitIT๙" w:cs="TH NiramitIT๙" w:hint="cs"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:cs/>
+              </w:rPr>
+              <w:t>อื่นๆ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D0BF6">
+              <w:rPr>
+                <w:rFonts w:ascii="TH NiramitIT๙" w:hAnsi="TH NiramitIT๙" w:cs="TH NiramitIT๙" w:hint="cs"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:cs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ...............................................</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="TH NiramitIT๙" w:hAnsi="TH NiramitIT๙" w:cs="TH NiramitIT๙" w:hint="cs"/>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:cs/>
               </w:rPr>
               <w:t>.........</w:t>
             </w:r>
             <w:r w:rsidRPr="006D0BF6">
               <w:rPr>
                 <w:rFonts w:ascii="TH NiramitIT๙" w:hAnsi="TH NiramitIT๙" w:cs="TH NiramitIT๙" w:hint="cs"/>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:cs/>
               </w:rPr>
               <w:t>........</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -2842,61 +3199,75 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:cs/>
         </w:rPr>
         <w:t>สวทช.</w:t>
       </w:r>
       <w:r w:rsidR="00E6747C" w:rsidRPr="00A545BE">
         <w:rPr>
           <w:rFonts w:ascii="TH NiramitIT๙" w:hAnsi="TH NiramitIT๙" w:cs="TH NiramitIT๙" w:hint="cs"/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:cs/>
         </w:rPr>
         <w:t xml:space="preserve"> สำนักงานพัฒนาวิทยาศาสตร์และเทคโนโลยีแห่งชาติ</w:t>
       </w:r>
       <w:r w:rsidR="00E6747C">
         <w:rPr>
           <w:rFonts w:ascii="TH NiramitIT๙" w:hAnsi="TH NiramitIT๙" w:cs="TH NiramitIT๙"/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">     </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00E6747C" w:rsidRPr="00E6747C">
         <w:rPr>
           <w:rFonts w:ascii="TH NiramitIT๙" w:hAnsi="TH NiramitIT๙" w:cs="TH NiramitIT๙" w:hint="cs"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:cs/>
         </w:rPr>
-        <w:t>สวรส.</w:t>
+        <w:t>สวร</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E6747C" w:rsidRPr="00E6747C">
+        <w:rPr>
+          <w:rFonts w:ascii="TH NiramitIT๙" w:hAnsi="TH NiramitIT๙" w:cs="TH NiramitIT๙" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>ส.</w:t>
       </w:r>
       <w:r w:rsidR="00E6747C" w:rsidRPr="00A545BE">
         <w:rPr>
           <w:rFonts w:ascii="TH NiramitIT๙" w:hAnsi="TH NiramitIT๙" w:cs="TH NiramitIT๙" w:hint="cs"/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:cs/>
         </w:rPr>
         <w:t xml:space="preserve"> สถาบันวิจัยระบบสาธารณสุข</w:t>
       </w:r>
       <w:r w:rsidR="00E6747C">
         <w:rPr>
           <w:rFonts w:ascii="TH NiramitIT๙" w:hAnsi="TH NiramitIT๙" w:cs="TH NiramitIT๙"/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">     </w:t>
       </w:r>
       <w:r w:rsidR="00E6747C" w:rsidRPr="00E6747C">
         <w:rPr>
           <w:rFonts w:ascii="TH NiramitIT๙" w:hAnsi="TH NiramitIT๙" w:cs="TH NiramitIT๙" w:hint="cs"/>
           <w:b/>
           <w:bCs/>
@@ -3184,112 +3555,112 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:cs/>
         </w:rPr>
         <w:t>วันที่...................................</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="347E34ED" w14:textId="77777777" w:rsidR="00E6747C" w:rsidRDefault="00E6747C" w:rsidP="00E6747C">
       <w:pPr>
         <w:ind w:left="5760"/>
         <w:rPr>
           <w:rFonts w:ascii="TH NiramitIT๙" w:hAnsi="TH NiramitIT๙" w:cs="TH NiramitIT๙"/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="TH NiramitIT๙" w:hAnsi="TH NiramitIT๙" w:cs="TH NiramitIT๙" w:hint="cs"/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:cs/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">             </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="68C12A2F" w14:textId="77777777" w:rsidR="003464B8" w:rsidRDefault="003464B8" w:rsidP="003464B8">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="TH NiramitIT๙" w:hAnsi="TH NiramitIT๙" w:cs="TH NiramitIT๙"/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="TH NiramitIT๙" w:hAnsi="TH NiramitIT๙" w:cs="TH NiramitIT๙" w:hint="cs"/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:cs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">- 2 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="TH NiramitIT๙" w:hAnsi="TH NiramitIT๙" w:cs="TH NiramitIT๙"/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:cs/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="557C2EDB" w14:textId="77777777" w:rsidR="003464B8" w:rsidRDefault="003464B8" w:rsidP="003464B8">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="TH NiramitIT๙" w:hAnsi="TH NiramitIT๙" w:cs="TH NiramitIT๙"/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4785"/>
-        <w:gridCol w:w="4786"/>
+        <w:gridCol w:w="4674"/>
+        <w:gridCol w:w="4671"/>
       </w:tblGrid>
       <w:tr w:rsidR="00ED6009" w:rsidRPr="00ED6009" w14:paraId="687803A9" w14:textId="77777777" w:rsidTr="00ED6009">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4785" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="181E62F9" w14:textId="77777777" w:rsidR="00ED6009" w:rsidRPr="00ED6009" w:rsidRDefault="00ED6009" w:rsidP="00ED6009">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="TH NiramitIT๙" w:hAnsi="TH NiramitIT๙" w:cs="TH NiramitIT๙"/>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED6009">
               <w:rPr>
                 <w:rFonts w:ascii="TH NiramitIT๙" w:hAnsi="TH NiramitIT๙" w:cs="TH NiramitIT๙" w:hint="cs"/>
                 <w:b/>
                 <w:bCs/>
@@ -3441,98 +3812,59 @@
               <w:sym w:font="Wingdings 2" w:char="F0A3"/>
             </w:r>
             <w:r w:rsidRPr="001C472E">
               <w:rPr>
                 <w:rFonts w:ascii="TH NiramitIT๙" w:hAnsi="TH NiramitIT๙" w:cs="TH NiramitIT๙" w:hint="cs"/>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:cs/>
               </w:rPr>
               <w:t xml:space="preserve">  หัวหน้าโครงการวิจัย</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00ED6009" w:rsidRPr="001C472E" w14:paraId="0D535CE1" w14:textId="77777777" w:rsidTr="00ED6009">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4785" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7168EF53" w14:textId="77777777" w:rsidR="00ED6009" w:rsidRPr="001C472E" w:rsidRDefault="00ED6009" w:rsidP="00ED6009">
+          <w:p w14:paraId="7168EF53" w14:textId="3634704D" w:rsidR="00ED6009" w:rsidRPr="001C472E" w:rsidRDefault="00ED6009" w:rsidP="00ED6009">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="TH NiramitIT๙" w:hAnsi="TH NiramitIT๙" w:cs="TH NiramitIT๙"/>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001C472E">
-[...37 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4786" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="61B23976" w14:textId="77777777" w:rsidR="00ED6009" w:rsidRPr="001C472E" w:rsidRDefault="00ED6009" w:rsidP="00ED6009">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="TH NiramitIT๙" w:hAnsi="TH NiramitIT๙" w:cs="TH NiramitIT๙"/>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C472E">
               <w:rPr>
                 <w:rFonts w:ascii="TH NiramitIT๙" w:hAnsi="TH NiramitIT๙" w:cs="TH NiramitIT๙" w:hint="cs"/>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="28"/>
@@ -3955,51 +4287,75 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:cs/>
         </w:rPr>
         <w:t>ใบสมัครงาน  จำนวน 1 ฉบับ</w:t>
       </w:r>
       <w:r w:rsidRPr="001C472E">
         <w:rPr>
           <w:rFonts w:ascii="TH Niramit AS" w:hAnsi="TH Niramit AS" w:cs="TH Niramit AS"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001C472E">
         <w:rPr>
           <w:rFonts w:ascii="TH Niramit AS" w:hAnsi="TH Niramit AS" w:cs="TH Niramit AS" w:hint="cs"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:cs/>
         </w:rPr>
-        <w:t>(ลคจ.2)</w:t>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001C472E">
+        <w:rPr>
+          <w:rFonts w:ascii="TH Niramit AS" w:hAnsi="TH Niramit AS" w:cs="TH Niramit AS" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>ลค</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001C472E">
+        <w:rPr>
+          <w:rFonts w:ascii="TH Niramit AS" w:hAnsi="TH Niramit AS" w:cs="TH Niramit AS" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>จ.2)</w:t>
       </w:r>
       <w:r w:rsidRPr="001C472E">
         <w:rPr>
           <w:rFonts w:ascii="TH Niramit AS" w:hAnsi="TH Niramit AS" w:cs="TH Niramit AS"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:cs/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40E60D1D" w14:textId="77777777" w:rsidR="001C472E" w:rsidRPr="001C472E" w:rsidRDefault="001C472E" w:rsidP="001C472E">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="TH Niramit AS" w:hAnsi="TH Niramit AS" w:cs="TH Niramit AS"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C472E">
         <w:rPr>
           <w:rFonts w:ascii="TH Niramit AS" w:hAnsi="TH Niramit AS" w:cs="TH Niramit AS"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
@@ -4429,51 +4785,75 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:cs/>
         </w:rPr>
         <w:t xml:space="preserve">แบบฟอร์มทะเบียนประวัติ สำหรับลงข้อมูล </w:t>
       </w:r>
       <w:r w:rsidRPr="001C472E">
         <w:rPr>
           <w:rFonts w:ascii="TH Niramit AS" w:hAnsi="TH Niramit AS" w:cs="TH Niramit AS"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ERP</w:t>
       </w:r>
       <w:r w:rsidRPr="001C472E">
         <w:rPr>
           <w:rFonts w:ascii="TH Niramit AS" w:hAnsi="TH Niramit AS" w:cs="TH Niramit AS" w:hint="cs"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:cs/>
         </w:rPr>
-        <w:t xml:space="preserve"> (ลคจ.3)</w:t>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001C472E">
+        <w:rPr>
+          <w:rFonts w:ascii="TH Niramit AS" w:hAnsi="TH Niramit AS" w:cs="TH Niramit AS" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>ลค</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001C472E">
+        <w:rPr>
+          <w:rFonts w:ascii="TH Niramit AS" w:hAnsi="TH Niramit AS" w:cs="TH Niramit AS" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>จ.3)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="093F221B" w14:textId="77777777" w:rsidR="001C472E" w:rsidRDefault="001C472E" w:rsidP="001C472E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="TH Niramit AS" w:hAnsi="TH Niramit AS" w:cs="TH Niramit AS"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C472E">
         <w:rPr>
           <w:rFonts w:ascii="TH Niramit AS" w:hAnsi="TH Niramit AS" w:cs="TH Niramit AS"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:cs/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="TH Niramit AS" w:hAnsi="TH Niramit AS" w:cs="TH Niramit AS"/>
           <w:sz w:val="28"/>
@@ -4488,62 +4868,99 @@
           <w:szCs w:val="28"/>
           <w:cs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001C472E">
         <w:rPr>
           <w:rFonts w:ascii="TH Niramit AS" w:hAnsi="TH Niramit AS" w:cs="TH Niramit AS" w:hint="cs"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:cs/>
         </w:rPr>
         <w:t>แบบขึ้นทะเ</w:t>
       </w:r>
       <w:r w:rsidR="001F55A2">
         <w:rPr>
           <w:rFonts w:ascii="TH Niramit AS" w:hAnsi="TH Niramit AS" w:cs="TH Niramit AS" w:hint="cs"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:cs/>
         </w:rPr>
-        <w:t>บียนผู้ประกันตน (สปส.1-03) (</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="001C472E">
+        <w:t>บียนผู้ประกันตน (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001F55A2">
         <w:rPr>
           <w:rFonts w:ascii="TH Niramit AS" w:hAnsi="TH Niramit AS" w:cs="TH Niramit AS" w:hint="cs"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:cs/>
         </w:rPr>
-        <w:t>ลคจ.4)</w:t>
+        <w:t>สป</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001F55A2">
+        <w:rPr>
+          <w:rFonts w:ascii="TH Niramit AS" w:hAnsi="TH Niramit AS" w:cs="TH Niramit AS" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>ส.1-03) (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001C472E">
+        <w:rPr>
+          <w:rFonts w:ascii="TH Niramit AS" w:hAnsi="TH Niramit AS" w:cs="TH Niramit AS" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>ลค</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001C472E">
+        <w:rPr>
+          <w:rFonts w:ascii="TH Niramit AS" w:hAnsi="TH Niramit AS" w:cs="TH Niramit AS" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>จ.4)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="560C1251" w14:textId="77777777" w:rsidR="007A7FF7" w:rsidRPr="001C472E" w:rsidRDefault="007A7FF7" w:rsidP="007A7FF7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="TH Niramit AS" w:hAnsi="TH Niramit AS" w:cs="TH Niramit AS"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="TH Niramit AS" w:hAnsi="TH Niramit AS" w:cs="TH Niramit AS" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:cs/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="TH Niramit AS" w:hAnsi="TH Niramit AS" w:cs="TH Niramit AS"/>
           <w:sz w:val="28"/>
@@ -4560,60 +4977,73 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007A7FF7">
         <w:rPr>
           <w:rFonts w:ascii="TH Niramit AS" w:hAnsi="TH Niramit AS" w:cs="TH Niramit AS"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:cs/>
         </w:rPr>
         <w:t>แบบคำขอมีบัตรแสดงตนลูกจ้างโครงการวิจัยคณะเภสัชศาสตร์</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="TH Niramit AS" w:hAnsi="TH Niramit AS" w:cs="TH Niramit AS" w:hint="cs"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:cs/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001C472E">
         <w:rPr>
           <w:rFonts w:ascii="TH Niramit AS" w:hAnsi="TH Niramit AS" w:cs="TH Niramit AS" w:hint="cs"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:cs/>
         </w:rPr>
-        <w:t>ลคจ.</w:t>
+        <w:t>ลค</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001C472E">
+        <w:rPr>
+          <w:rFonts w:ascii="TH Niramit AS" w:hAnsi="TH Niramit AS" w:cs="TH Niramit AS" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>จ.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="TH Niramit AS" w:hAnsi="TH Niramit AS" w:cs="TH Niramit AS" w:hint="cs"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:cs/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="001C472E">
         <w:rPr>
           <w:rFonts w:ascii="TH Niramit AS" w:hAnsi="TH Niramit AS" w:cs="TH Niramit AS" w:hint="cs"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:cs/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="28278338" w14:textId="77777777" w:rsidR="001C472E" w:rsidRPr="001C472E" w:rsidRDefault="001C472E" w:rsidP="001C472E">
@@ -4820,51 +5250,51 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="TH NiramitIT๙" w:hAnsi="TH NiramitIT๙" w:cs="TH NiramitIT๙" w:hint="cs"/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:cs/>
         </w:rPr>
         <w:t xml:space="preserve">                     วันที่...................................</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="005F5B0B" w:rsidSect="00DD0289">
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="450" w:right="1304" w:bottom="737" w:left="1247" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Angsana New">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="81000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cordia New">
     <w:panose1 w:val="020B0304020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="81000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="CordiaUPC">
     <w:panose1 w:val="020B0304020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
@@ -4902,76 +5332,64 @@
   <w:font w:name="Wingdings 2">
     <w:panose1 w:val="05020102010507070707"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="120"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:doNotTrackMoves/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:applyBreakingRules/>
-    <w:useNormalStyleForList/>
-[...15 lines deleted...]
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00701FCE"/>
     <w:rsid w:val="0000068F"/>
     <w:rsid w:val="0000261C"/>
     <w:rsid w:val="00005281"/>
     <w:rsid w:val="00015BD7"/>
     <w:rsid w:val="00016E9B"/>
     <w:rsid w:val="00020C92"/>
     <w:rsid w:val="00034628"/>
     <w:rsid w:val="00042DDD"/>
     <w:rsid w:val="00062B8D"/>
     <w:rsid w:val="00067425"/>
     <w:rsid w:val="00067565"/>
     <w:rsid w:val="00070091"/>
     <w:rsid w:val="000704D6"/>
     <w:rsid w:val="00070F03"/>
     <w:rsid w:val="00076559"/>
     <w:rsid w:val="00077765"/>
     <w:rsid w:val="00080EB0"/>
     <w:rsid w:val="00087ABC"/>
     <w:rsid w:val="000A25D3"/>
     <w:rsid w:val="000A281C"/>
     <w:rsid w:val="000A5348"/>
     <w:rsid w:val="000A61CB"/>
@@ -5086,73 +5504,77 @@
     <w:rsid w:val="00433C76"/>
     <w:rsid w:val="00434099"/>
     <w:rsid w:val="004441FA"/>
     <w:rsid w:val="004552A5"/>
     <w:rsid w:val="0046022B"/>
     <w:rsid w:val="0046441F"/>
     <w:rsid w:val="00466062"/>
     <w:rsid w:val="00467259"/>
     <w:rsid w:val="00481CD3"/>
     <w:rsid w:val="004941F2"/>
     <w:rsid w:val="004E2B00"/>
     <w:rsid w:val="004E2D1A"/>
     <w:rsid w:val="004E6A15"/>
     <w:rsid w:val="005048BD"/>
     <w:rsid w:val="00510559"/>
     <w:rsid w:val="00510A7C"/>
     <w:rsid w:val="0051178E"/>
     <w:rsid w:val="0051495C"/>
     <w:rsid w:val="00515F01"/>
     <w:rsid w:val="00525E1C"/>
     <w:rsid w:val="00534033"/>
     <w:rsid w:val="005359F7"/>
     <w:rsid w:val="00536895"/>
     <w:rsid w:val="00536B6A"/>
     <w:rsid w:val="00537FDB"/>
+    <w:rsid w:val="00541D7F"/>
     <w:rsid w:val="00550F83"/>
     <w:rsid w:val="0055224F"/>
     <w:rsid w:val="00552BE0"/>
     <w:rsid w:val="00556B7A"/>
     <w:rsid w:val="005612BF"/>
     <w:rsid w:val="00564D28"/>
     <w:rsid w:val="00567EFB"/>
     <w:rsid w:val="0057021F"/>
     <w:rsid w:val="00574856"/>
     <w:rsid w:val="0058299B"/>
     <w:rsid w:val="00584E94"/>
     <w:rsid w:val="00585B44"/>
+    <w:rsid w:val="00597FA5"/>
     <w:rsid w:val="005A1869"/>
     <w:rsid w:val="005A49DF"/>
     <w:rsid w:val="005B3C2C"/>
     <w:rsid w:val="005C3F61"/>
     <w:rsid w:val="005C6798"/>
+    <w:rsid w:val="005C6A38"/>
     <w:rsid w:val="005C76A6"/>
     <w:rsid w:val="005D2906"/>
     <w:rsid w:val="005D2A73"/>
     <w:rsid w:val="005D301A"/>
     <w:rsid w:val="005D3EC9"/>
     <w:rsid w:val="005D49D8"/>
+    <w:rsid w:val="005D5CE1"/>
     <w:rsid w:val="005D7D1D"/>
     <w:rsid w:val="005F5B0B"/>
     <w:rsid w:val="005F685C"/>
     <w:rsid w:val="006011EE"/>
     <w:rsid w:val="00602408"/>
     <w:rsid w:val="00602BC8"/>
     <w:rsid w:val="0060424D"/>
     <w:rsid w:val="00605AF7"/>
     <w:rsid w:val="00611B83"/>
     <w:rsid w:val="006142BB"/>
     <w:rsid w:val="0061581A"/>
     <w:rsid w:val="00615B6B"/>
     <w:rsid w:val="00617E7E"/>
     <w:rsid w:val="00626E8E"/>
     <w:rsid w:val="00627DBC"/>
     <w:rsid w:val="00627DD7"/>
     <w:rsid w:val="00640811"/>
     <w:rsid w:val="006655B5"/>
     <w:rsid w:val="00684F03"/>
     <w:rsid w:val="00693327"/>
     <w:rsid w:val="00696803"/>
     <w:rsid w:val="006A155D"/>
     <w:rsid w:val="006A487E"/>
     <w:rsid w:val="006A6FDB"/>
     <w:rsid w:val="006A78CB"/>
@@ -5168,50 +5590,51 @@
     <w:rsid w:val="007114EF"/>
     <w:rsid w:val="0072631F"/>
     <w:rsid w:val="00730AA4"/>
     <w:rsid w:val="00736C4C"/>
     <w:rsid w:val="007447F4"/>
     <w:rsid w:val="00744E47"/>
     <w:rsid w:val="00770D64"/>
     <w:rsid w:val="0077347E"/>
     <w:rsid w:val="00775BBB"/>
     <w:rsid w:val="00777945"/>
     <w:rsid w:val="00777A05"/>
     <w:rsid w:val="00791CAE"/>
     <w:rsid w:val="0079417A"/>
     <w:rsid w:val="007955D4"/>
     <w:rsid w:val="007A6D35"/>
     <w:rsid w:val="007A767E"/>
     <w:rsid w:val="007A7C02"/>
     <w:rsid w:val="007A7FF7"/>
     <w:rsid w:val="007B19D0"/>
     <w:rsid w:val="007C514E"/>
     <w:rsid w:val="007C5C11"/>
     <w:rsid w:val="007D2AC5"/>
     <w:rsid w:val="007D5FDB"/>
     <w:rsid w:val="007D63F7"/>
     <w:rsid w:val="007E2B00"/>
+    <w:rsid w:val="007E7445"/>
     <w:rsid w:val="007F4AF3"/>
     <w:rsid w:val="008204F6"/>
     <w:rsid w:val="00822E1A"/>
     <w:rsid w:val="00841D7B"/>
     <w:rsid w:val="008420EE"/>
     <w:rsid w:val="008462BB"/>
     <w:rsid w:val="00860C4A"/>
     <w:rsid w:val="0086184B"/>
     <w:rsid w:val="0086410C"/>
     <w:rsid w:val="00865AC5"/>
     <w:rsid w:val="008676CD"/>
     <w:rsid w:val="00867EFA"/>
     <w:rsid w:val="00871426"/>
     <w:rsid w:val="008726CD"/>
     <w:rsid w:val="00874562"/>
     <w:rsid w:val="00877B6E"/>
     <w:rsid w:val="00882198"/>
     <w:rsid w:val="008852BC"/>
     <w:rsid w:val="00890890"/>
     <w:rsid w:val="00890BCC"/>
     <w:rsid w:val="0089411B"/>
     <w:rsid w:val="0089707E"/>
     <w:rsid w:val="008A1772"/>
     <w:rsid w:val="008A7A1D"/>
     <w:rsid w:val="008B1AC8"/>
@@ -5269,53 +5692,55 @@
     <w:rsid w:val="00AE55FC"/>
     <w:rsid w:val="00B1004E"/>
     <w:rsid w:val="00B1545D"/>
     <w:rsid w:val="00B15A98"/>
     <w:rsid w:val="00B268DF"/>
     <w:rsid w:val="00B27283"/>
     <w:rsid w:val="00B277E2"/>
     <w:rsid w:val="00B31E50"/>
     <w:rsid w:val="00B3564E"/>
     <w:rsid w:val="00B3646A"/>
     <w:rsid w:val="00B41CF3"/>
     <w:rsid w:val="00B41D9D"/>
     <w:rsid w:val="00B47F62"/>
     <w:rsid w:val="00B534CE"/>
     <w:rsid w:val="00B57500"/>
     <w:rsid w:val="00B61C1D"/>
     <w:rsid w:val="00B65483"/>
     <w:rsid w:val="00B70C55"/>
     <w:rsid w:val="00B71F3B"/>
     <w:rsid w:val="00B80E80"/>
     <w:rsid w:val="00B83A58"/>
     <w:rsid w:val="00B90E37"/>
     <w:rsid w:val="00B925D8"/>
     <w:rsid w:val="00B94887"/>
     <w:rsid w:val="00BA3324"/>
+    <w:rsid w:val="00BB0A5B"/>
     <w:rsid w:val="00BB6116"/>
     <w:rsid w:val="00BB78CF"/>
     <w:rsid w:val="00BB79C8"/>
+    <w:rsid w:val="00BD21D4"/>
     <w:rsid w:val="00BD67FF"/>
     <w:rsid w:val="00BE4540"/>
     <w:rsid w:val="00BE5DA0"/>
     <w:rsid w:val="00BF77E1"/>
     <w:rsid w:val="00C233FC"/>
     <w:rsid w:val="00C25299"/>
     <w:rsid w:val="00C2770F"/>
     <w:rsid w:val="00C3679A"/>
     <w:rsid w:val="00C41142"/>
     <w:rsid w:val="00C4342D"/>
     <w:rsid w:val="00C53473"/>
     <w:rsid w:val="00C602DA"/>
     <w:rsid w:val="00C6270E"/>
     <w:rsid w:val="00C67012"/>
     <w:rsid w:val="00C82C03"/>
     <w:rsid w:val="00C8763F"/>
     <w:rsid w:val="00C910D4"/>
     <w:rsid w:val="00C91E45"/>
     <w:rsid w:val="00C97BF8"/>
     <w:rsid w:val="00CA0B75"/>
     <w:rsid w:val="00CA415F"/>
     <w:rsid w:val="00CA498A"/>
     <w:rsid w:val="00CA7B97"/>
     <w:rsid w:val="00CA7F39"/>
     <w:rsid w:val="00CB2962"/>
@@ -5355,112 +5780,113 @@
     <w:rsid w:val="00E55DBB"/>
     <w:rsid w:val="00E6747C"/>
     <w:rsid w:val="00E70F4B"/>
     <w:rsid w:val="00E7321A"/>
     <w:rsid w:val="00E844B7"/>
     <w:rsid w:val="00E87C01"/>
     <w:rsid w:val="00E91E50"/>
     <w:rsid w:val="00E94036"/>
     <w:rsid w:val="00E9506B"/>
     <w:rsid w:val="00E95FA5"/>
     <w:rsid w:val="00EA327D"/>
     <w:rsid w:val="00EA3B04"/>
     <w:rsid w:val="00EA4E08"/>
     <w:rsid w:val="00EA5549"/>
     <w:rsid w:val="00EA589D"/>
     <w:rsid w:val="00EA63B4"/>
     <w:rsid w:val="00EB332C"/>
     <w:rsid w:val="00EB3CA9"/>
     <w:rsid w:val="00EC2230"/>
     <w:rsid w:val="00EC31DB"/>
     <w:rsid w:val="00EC4A24"/>
     <w:rsid w:val="00ED1A8A"/>
     <w:rsid w:val="00ED28CC"/>
     <w:rsid w:val="00ED6009"/>
     <w:rsid w:val="00ED60E8"/>
+    <w:rsid w:val="00EE2276"/>
     <w:rsid w:val="00EE259D"/>
     <w:rsid w:val="00EE47F7"/>
     <w:rsid w:val="00EF2160"/>
     <w:rsid w:val="00EF4EED"/>
     <w:rsid w:val="00F02987"/>
     <w:rsid w:val="00F1329C"/>
     <w:rsid w:val="00F20C44"/>
     <w:rsid w:val="00F23ED7"/>
     <w:rsid w:val="00F24EEE"/>
     <w:rsid w:val="00F302C2"/>
     <w:rsid w:val="00F5045D"/>
     <w:rsid w:val="00F61D50"/>
     <w:rsid w:val="00F6794B"/>
     <w:rsid w:val="00FA0785"/>
     <w:rsid w:val="00FA7916"/>
     <w:rsid w:val="00FB5009"/>
     <w:rsid w:val="00FC4727"/>
     <w:rsid w:val="00FD07CF"/>
     <w:rsid w:val="00FF3C96"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:bidi="th-TH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1029"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="2B600D50"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{E003D6B1-82D7-4CE8-A3FD-07539EDBF513}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Angsana New"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="th-TH"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -5695,51 +6121,50 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rPr>
       <w:rFonts w:ascii="Cordia New" w:hAnsi="Cordia New" w:cs="CordiaUPC"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="003F593D"/>
     <w:pPr>
       <w:keepNext/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Cordia New" w:cs="Angsana New"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading9">
@@ -5825,51 +6250,51 @@
     <w:rsid w:val="00C6270E"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:rsid w:val="00C82C03"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
@@ -6138,81 +6563,81 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EA5F4D1C-0186-4916-914A-E3658A203C7A}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{93DAA2CE-52C4-4E45-8849-686FF7E434AC}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>709</Words>
-  <Characters>4044</Characters>
+  <Words>716</Words>
+  <Characters>4086</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>33</Lines>
+  <Lines>34</Lines>
   <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>คณะเภสัชศาสตร์  มหาวิทยาลัยมหิดล</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Home</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4744</CharactersWithSpaces>
+  <CharactersWithSpaces>4793</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>คณะเภสัชศาสตร์  มหาวิทยาลัยมหิดล</dc:title>
   <dc:subject/>
   <dc:creator>Office2003</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>